--- v0 (2025-12-06)
+++ v1 (2025-12-13)
@@ -50,2211 +50,2211 @@
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Communes d'intervention</t>
   </si>
   <si>
     <t>AGAPES</t>
   </si>
   <si>
     <t>AGAPES - Villenave-d'Ornon</t>
   </si>
   <si>
     <t>Avant 7h, Entre 7h et 20h, Après 20h</t>
   </si>
   <si>
     <t>0556491938</t>
   </si>
   <si>
     <t>https://www.agapes-sad.fr</t>
   </si>
   <si>
     <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Cenon, Floirac, Lormont, Talence, Villenave-d'Ornon</t>
   </si>
   <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS de Blanquefort</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS de Blanquefort - Blanquefort</t>
+  </si>
+  <si>
+    <t>Entre 7h et 20h</t>
+  </si>
+  <si>
+    <t>0556574855</t>
+  </si>
+  <si>
+    <t>https://www.ville-blanquefort.fr/portfolio_page/ai</t>
+  </si>
+  <si>
+    <t>Blanquefort</t>
+  </si>
+  <si>
+    <t>AAD  FRANCE  PRESENCE</t>
+  </si>
+  <si>
+    <t>AAD  FRANCE  PRESENCE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556008145</t>
+  </si>
+  <si>
+    <t>https://www.france-presence.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Bassens, Bayas, Bègles, Beychac-et-Caillau, Blanquefort, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cadarsac, Camps-sur-l'Isle, Carbon-Blanc, Carignan-de-Bordeaux, Cenon, Cestas, Chamadelle, Coutras, Daignac, Dardenac, Espiet, Eysines, Floirac, Génissac, Gours, Gradignan, Guîtres, Izon, Lagorce, Lalande-de-Pomerol, Lapouyade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Maransin, Martignas-sur-Jalle, Mérignac, Montussan, Moulon, Nérigean, Parempuyre, Pessac, Pomerol, Pompignac, Porchères, Puynormand, Sablons, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Savignac-de-l'Isle, Talence, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>SPASAD du Vivier du CCAS</t>
+  </si>
+  <si>
+    <t>SPASAD du Vivier du CCAS  - Mérignac</t>
+  </si>
+  <si>
+    <t>0556556656</t>
+  </si>
+  <si>
+    <t>Mérignac</t>
+  </si>
+  <si>
+    <t>AIDE SERVICE</t>
+  </si>
+  <si>
+    <t>AIDE SERVICE - LORMONT</t>
+  </si>
+  <si>
+    <t>0556383840</t>
+  </si>
+  <si>
+    <t>https://www.agedorservices.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Carbon-Blanc, Cenon, Floirac, Gradignan, Le Bouscat, Lormont, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>ADASTRA</t>
+  </si>
+  <si>
+    <t>ADASTRA - BORDEAUX</t>
+  </si>
+  <si>
+    <t>Entre 7h et 20h, Après 20h</t>
+  </si>
+  <si>
+    <t>0557359595</t>
+  </si>
+  <si>
+    <t>http://www.adastra.care</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Bruges, Cadaujac, Eysines, Gradignan, La Brède, Le Bouscat, Le Haillan, Léognan, Mérignac, Pessac, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Selve, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>APEF MERIGNAC PESSAC</t>
+  </si>
+  <si>
+    <t>APEF MERIGNAC PESSAC - Mérignac</t>
+  </si>
+  <si>
+    <t>0556964395</t>
+  </si>
+  <si>
+    <t>https://www.apef.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive droite, Cenon, Floirac, Mérignac, Pessac</t>
+  </si>
+  <si>
+    <t>SIBIENCHEMOI</t>
+  </si>
+  <si>
+    <t>SIBIENCHEMOI - Mérignac</t>
+  </si>
+  <si>
+    <t>0624270376</t>
+  </si>
+  <si>
+    <t>https://www.sibienchemoi.com</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac</t>
+  </si>
+  <si>
+    <t>AMAD</t>
+  </si>
+  <si>
+    <t>AMAD - Martres</t>
+  </si>
+  <si>
+    <t>0556713202</t>
+  </si>
+  <si>
+    <t>https://www.amad33.fr</t>
+  </si>
+  <si>
+    <t>Arbis, Baigneaux, Bellebat, Bellefond, Blasimon, Cantois, Castelviel, Cessac, Cleyrac, Coirac, Courpiac, Daubèze, Escoussans, Faleyras, Frontenac, Gornac, Grézillac, Jugazan, Ladaux, Lugasson, Martres, Mauriac, Mérignas, Montignac, Mourens, Naujan-et-Postiac, Rauzan, Romagne, Ruch, Saint-Brice, Saint-Félix-de-Foncaude, Saint-Genis-du-Bois, Saint-Pierre-de-Bat, Saint-Sulpice-de-Pommiers, Saint-Vincent-de-Pertignas, Sauveterre-de-Guyenne, Soulignac, Targon</t>
+  </si>
+  <si>
+    <t>ADHAP</t>
+  </si>
+  <si>
+    <t>ADHAP - Antenne Bordeaux</t>
+  </si>
+  <si>
+    <t>0556501221</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr/aide-a-domicile-bruges</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Parempuyre</t>
+  </si>
+  <si>
+    <t>CCAS de LORMONT</t>
+  </si>
+  <si>
+    <t>CCAS de LORMONT - LORMONT</t>
+  </si>
+  <si>
+    <t>0557776360</t>
+  </si>
+  <si>
+    <t>https://www.lormont.fr</t>
+  </si>
+  <si>
+    <t>Lormont</t>
+  </si>
+  <si>
+    <t>ADHAP Services</t>
+  </si>
+  <si>
+    <t>ADHAP Services - Libourne</t>
+  </si>
+  <si>
+    <t>0557848282</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr/aide-a-domicile-bordeaux-rive</t>
+  </si>
+  <si>
+    <t>Abzac, Anglade, Arbis, Arveyres, Asques, Auriolles, Baigneaux, Baron, Baurech, Bayas, Bayon-sur-Gironde, Bellebat, Bellefond, Belvès-de-Castillon, Berson, Beychac-et-Caillau, Blasimon, Blaye, Blésignac, Bonnetan, Bonzac, Bossugan, Bourg, Branne, Braud-et-Saint-Louis, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Campugnan, Cantois, Capian, Caplong, Carignan-de-Bordeaux, Cars, Cartelègue, Castelmoron-d'Albret, Castelviel, Castillon-la-Bataille, Caumont, Cavignac, Cazaugitat, Cénac, Cessac, Cézac, Chamadelle, Civrac-de-Blaye, Civrac-sur-Dordogne, Cleyrac, Coirac, Comps, Coubeyrac, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubnezais, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donnezac, Doulezon, Espiet, Étauliers, Eynesse, Eyrans, Faleyras, Fargues-Saint-Hilaire, Flaujagues, Fours, Francs, Fronsac, Frontenac, Galgon, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gensac, Gornac, Gours, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Roquille, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouat, Landerrouet-sur-Ségur, Langoiran, Lansac, Lapouyade, Laruscade, Latresne, Le Fieu, Le Pout, Le Puy, Le Tourne, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Libourne, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Loupes, Lugaignac, Lugasson, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Marcenais, Marcillac, Margueron, Marsas, Martres, Massugas, Mauriac, Mazion, Mérignas, Mesterrieux, Mombrier, Montagne, Montignac, Montussan, Mouillac, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Néac, Nérigean, Neuffons, Pellegrue, Périssac, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols, Puynormand, Quinsac, Rauzan, Reignac, Rimons, Riocaud, Romagne, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Branne, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Magne-de-Castillon, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Palais, Saint-Paul, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Eulalie, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Gemme, Sainte-Radegonde, Sainte-Terre, Sallebœuf, Samonac, Saugon, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Villeneuve, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>AMELIS</t>
+  </si>
+  <si>
+    <t>AMELIS - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556080383</t>
+  </si>
+  <si>
+    <t>https://www.amelis-services.com/</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Le Bouscat, Mérignac, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AIDE ET SERVICE</t>
+  </si>
+  <si>
+    <t>AIDE ET SERVICE - Eysines</t>
+  </si>
+  <si>
+    <t>0556387154</t>
+  </si>
+  <si>
+    <t>http://www.aideetservice.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>Association Les Coteaux de Bordeaux</t>
+  </si>
+  <si>
+    <t>Association Les Coteaux de Bordeaux - Sallebœuf</t>
+  </si>
+  <si>
+    <t>0556728994</t>
+  </si>
+  <si>
+    <t>https://lescoteauxdebordeaux.fr</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Beychac-et-Caillau, Bonnetan, Bouliac, Camarsac, Carignan-de-Bordeaux, Cenon, Croignon, Fargues-Saint-Hilaire, Floirac, Le Pout, Lignan-de-Bordeaux, Lormont, Loupes, Montussan, Pompignac, Sadirac, Saint-Sulpice-et-Cameyrac, Sallebœuf, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>HANDI'HOME</t>
+  </si>
+  <si>
+    <t>HANDI'HOME - Talence</t>
+  </si>
+  <si>
+    <t>0556843910</t>
+  </si>
+  <si>
+    <t>http://handi-home.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Ayguemorte-les-Graves, Bassens, Baurech, Bayas, Beautiran, Bègles, Beychac-et-Caillau, Blanquefort, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Camarsac, Cambes, Camblanes-et-Meynac, Camps-sur-l'Isle, Canéjan, Carbon-Blanc, Carignan-de-Bordeaux, Castres-Gironde, Cénac, Cenon, Cestas, Chamadelle, Coutras, Daignac, Dardenac, Espiet, Eysines, Fargues-Saint-Hilaire, Floirac, Génissac, Gours, Gradignan, Guîtres, Isle-Saint-Georges, Izon, La Brède, La Teste-de-Buch, Lagorce, Lalande-de-Pomerol, Langoiran, Lapouyade, Latresne, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Le Tourne, Léognan, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lignan-de-Bordeaux, Lormont, Maransin, Martignas-sur-Jalle, Martillac, Mérignac, Montussan, Moulon, Nérigean, Parempuyre, Pessac, Pomerol, Pompignac, Porchères, Puynormand, Quinsac, Sablons, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Jean-d'Illac, Saint-Loubès, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Selve, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Saucats, Savignac-de-l'Isle, Tabanac, Talence, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Arès</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Arès - Arès</t>
+  </si>
+  <si>
+    <t>0557170101</t>
+  </si>
+  <si>
+    <t>https://ville-ares.fr/social-solidarite/</t>
+  </si>
+  <si>
+    <t>Arès</t>
+  </si>
+  <si>
+    <t>LA CLE DES AGES</t>
+  </si>
+  <si>
+    <t>LA CLE DES AGES - Pessac</t>
+  </si>
+  <si>
+    <t>0556365555</t>
+  </si>
+  <si>
+    <t>https://www.apajh33.fr</t>
+  </si>
+  <si>
+    <t>Gradignan, La Brède, Léognan, Martillac, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cestas</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cestas - Cestas</t>
+  </si>
+  <si>
+    <t>0556788482</t>
+  </si>
+  <si>
+    <t>https://www.mairie-cestas.fr/les-seniors/</t>
+  </si>
+  <si>
+    <t>Cestas</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Floirac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Floirac - Floirac</t>
+  </si>
+  <si>
+    <t>0557808710</t>
+  </si>
+  <si>
+    <t>http://www.ville-floirac33.fr/la-solidarite/aides-</t>
+  </si>
+  <si>
+    <t>Floirac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Landiras</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Landiras - Landiras</t>
+  </si>
+  <si>
+    <t>0556625028</t>
+  </si>
+  <si>
+    <t>https://landiras.fr/c-c-a-s/</t>
+  </si>
+  <si>
+    <t>Landiras</t>
+  </si>
+  <si>
+    <t>PROSENIORS</t>
+  </si>
+  <si>
+    <t>PROSENIORS - Lesparre-Médoc</t>
+  </si>
+  <si>
+    <t>0556736075</t>
+  </si>
+  <si>
+    <t>https://pro-seniors.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcins, Arsac, Artigues-près-Bordeaux, Avensan, Ayguemorte-les-Graves, Bassens, Beautiran, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Brach, Bruges, Cabanac-et-Villagrains, Cadaujac, Canéjan, Carbon-Blanc, Carcans, Castelnau-de-Médoc, Castres-Gironde, Cenon, Cestas, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Eysines, Floirac, Gaillan-en-Médoc, Gradignan, Grayan-et-l'Hôpital, Hourtin, Isle-Saint-Georges, Jau-Dignac-et-Loirac, La Brède, Labarde, Lacanau, Lamarque, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Porge, Le Temple, Le Verdon-sur-Mer, Léognan, Lesparre-Médoc, Listrac-Médoc, Lormont, Ludon-Médoc, Macau, Margaux-Cantenac, Martignas-sur-Jalle, Martillac, Mérignac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Queyrac, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Sauveur, Saint-Selve, Saint-Seurin-de-Cadourne, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saucats, Saumos, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>CCAS AMBARES ET LAGRAVE</t>
+  </si>
+  <si>
+    <t>CCAS AMBARES ET LAGRAVE - AMBARES ET LAGRAVE</t>
+  </si>
+  <si>
+    <t>0556773456</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave</t>
+  </si>
+  <si>
+    <t>ADHM</t>
+  </si>
+  <si>
+    <t>ADHM - Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>0556054584</t>
+  </si>
+  <si>
+    <t>http://www.adhm33.fr</t>
+  </si>
+  <si>
+    <t>Blanquefort, Eysines, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Ludon-Médoc, Macau, Martignas-sur-Jalle, Parempuyre, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>AMDPA</t>
+  </si>
+  <si>
+    <t>AMDPA - Pellegrue</t>
+  </si>
+  <si>
+    <t>0556613085</t>
+  </si>
+  <si>
+    <t>Auriolles, Caplong, Caumont, Cazaugitat, Eynesse, Landerrouat, Les Lèves-et-Thoumeyragues, Listrac-de-Durèze, Massugas, Pellegrue, Saint-André-et-Appelles, Saint-Antoine-du-Queyret, Saint-Ferme, Saint-Quentin-de-Caplong, Soussac, Taillecavat</t>
+  </si>
+  <si>
+    <t>AILE EMPLOIS FAMILIAUX</t>
+  </si>
+  <si>
+    <t>AILE EMPLOIS FAMILIAUX - Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>0557961011</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Beautiran, Bègles, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Isle-Saint-Georges, La Brède, Léognan, Martillac, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AVEC ANFASIAD MES SERVICES A DOMICILE</t>
+  </si>
+  <si>
+    <t>AVEC ANFASIAD MES SERVICES A DOMICILE - Antenne Galgon</t>
+  </si>
+  <si>
+    <t>0533094545</t>
+  </si>
+  <si>
+    <t>https://www.avec.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arès, Artigues-près-Bordeaux, Arveyres, Asques, Audenge, Bassens, Bayas, Bègles, Biganos, Blanquefort, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Bruges, Cadarsac, Cadillac-en-Fronsadais, Camps-sur-l'Isle, Carbon-Blanc, Carcans, Cenon, Chamadelle, Coutras, Cubzac-les-Ponts, Daignac, Dardenac, Espiet, Eysines, Floirac, Fronsac, Galgon, Gauriaguet, Génissac, Gours, Gradignan, Grayan-et-l'Hôpital, Guîtres, Gujan-Mestras, Hourtin, Izon, Jau-Dignac-et-Loirac, La Lande-de-Fronsac, La Rivière, La Teste-de-Buch, Lacanau, Lagorce, Lalande-de-Pomerol, Lansac, Lanton, Lapouyade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Le Teich, Le Verdon-sur-Mer, Lège-Cap-Ferret, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Lugon-et-l'Île-du-Carnay, Maransin, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Mombrier, Mouillac, Moulon, Naujac-sur-Mer, Nérigean, Parempuyre, Périssac, Pessac, Peujard, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puynormand, Queyrac, Sablons, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Genès-de-Fronsac, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Laurent-d'Arce, Saint-Louis-de-Montferrand, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Fronsac, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Savignac-de-l'Isle, Soulac-sur-Mer, Talais, Talence, Tarnès, Tauriac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Villegouge, Villenave-d'Ornon, Virsac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Saint Macaire</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Saint Macaire - Saint-Macaire</t>
+  </si>
+  <si>
+    <t>0556638620</t>
+  </si>
+  <si>
+    <t>https://saintmacaire.fr/</t>
+  </si>
+  <si>
+    <t>Saint-Macaire</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Barp</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Barp - Le Barp</t>
+  </si>
+  <si>
+    <t>0557719859</t>
+  </si>
+  <si>
+    <t>http://www.ville-le-barp.fr/66-aide-au-maintien-a-</t>
+  </si>
+  <si>
+    <t>Le Barp</t>
+  </si>
+  <si>
+    <t>DESTIA Bordeaux</t>
+  </si>
+  <si>
+    <t>DESTIA Bordeaux - Mérignac</t>
+  </si>
+  <si>
+    <t>0556238918</t>
+  </si>
+  <si>
+    <t>https://www.destia.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Saint-Médard-en-Jalles, Talence</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Guîtres</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Guîtres - Guîtres</t>
+  </si>
+  <si>
+    <t>0557561948</t>
+  </si>
+  <si>
+    <t>Bonzac, Guîtres, Lagorce, Lapouyade, Maransin, Sablons, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Savignac-de-l'Isle, Tizac-de-Lapouyade</t>
+  </si>
+  <si>
+    <t>ESAD - CIAS de l'Estuaire</t>
+  </si>
+  <si>
+    <t>ESAD - CIAS de l'Estuaire - Saint-Ciers-sur-Gironde</t>
+  </si>
+  <si>
+    <t>0557326699</t>
+  </si>
+  <si>
+    <t>Anglade, Braud-et-Saint-Louis, Cartelègue, Étauliers, Eyrans, Marcillac, Mazion, Pleine-Selve, Reignac, Saint-Androny, Saint-Aubin-de-Blaye, Saint-Caprais-de-Blaye, Saint-Ciers-sur-Gironde, Saint-Palais, Saint-Seurin-de-Cursac</t>
+  </si>
+  <si>
+    <t>AMALLYA</t>
+  </si>
+  <si>
+    <t>AMALLYA - Arcachon</t>
+  </si>
+  <si>
+    <t>0556225206</t>
+  </si>
+  <si>
+    <t>https://www.amallya.fr</t>
+  </si>
+  <si>
+    <t>Arcachon, Gujan-Mestras, La Teste-de-Buch, Le Teich</t>
+  </si>
+  <si>
+    <t>VITAME BORDEAUX</t>
+  </si>
+  <si>
+    <t>VITAME BORDEAUX - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557107003</t>
+  </si>
+  <si>
+    <t>https://www.vitamebordeaux.fr/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lormont, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>DOMALIANCE</t>
+  </si>
+  <si>
+    <t>DOMALIANCE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557883677</t>
+  </si>
+  <si>
+    <t>https://www.domaliance.fr/index-des-agences-par-ville/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Haux, Izon, La Sauve, Langoiran, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Martignas-sur-Jalle, Mérignac, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>RESO EMPLOIS A DOMICILE</t>
+  </si>
+  <si>
+    <t>RESO EMPLOIS A DOMICILE - Eysines</t>
+  </si>
+  <si>
+    <t>0556159188</t>
+  </si>
+  <si>
+    <t>https://resoadom33.org/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcins, Arsac, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Cussac-Fort-Médoc, Eysines, Floirac, Gradignan, Labarde, Lamarque, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Lormont, Ludon-Médoc, Macau, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>SENIOR PLUS 33</t>
+  </si>
+  <si>
+    <t>SENIOR PLUS 33 - Gujan-Mestras</t>
+  </si>
+  <si>
+    <t>0557522076</t>
+  </si>
+  <si>
+    <t>https://www.ass-seniorplus.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcachon, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Gujan-Mestras, La Teste-de-Buch, Le Bouscat, Le Haillan, Le Taillan-Médoc, Le Teich, Lormont, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
     <t>ADOMICILE33</t>
   </si>
   <si>
     <t>ADOMICILE33 - Eysines</t>
   </si>
   <si>
-    <t>Entre 7h et 20h</t>
-[...1 lines deleted...]
-  <si>
     <t>0564371337</t>
   </si>
   <si>
     <t>https://www.aide-a-domicile-33.com/</t>
   </si>
   <si>
     <t>Blanquefort, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles</t>
   </si>
   <si>
+    <t>Franchise O2 Lège-Cap-Ferret</t>
+  </si>
+  <si>
+    <t>Franchise O2 Lège-Cap-Ferret - Arès</t>
+  </si>
+  <si>
+    <t>Avant 7h, Entre 7h et 20h</t>
+  </si>
+  <si>
+    <t>0557183995</t>
+  </si>
+  <si>
+    <t>https://www.o2.fr/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arès, Audenge, Carcans, Lacanau, Lanton, Lège-Cap-Ferret, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>AAD33</t>
+  </si>
+  <si>
+    <t>AAD33 - Bordeaux</t>
+  </si>
+  <si>
+    <t>0535311863</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Le Bouscat, Le Haillan, Lormont, Mérignac, Pessac, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>ÜBI</t>
+  </si>
+  <si>
+    <t>ÜBI - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556002525</t>
+  </si>
+  <si>
+    <t>https://www.ubi-apr.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arbanats, Arès, Artigues-près-Bordeaux, Audenge, Ayguemorte-les-Graves, Balizac, Barsac, Bassens, Baurech, Bayon-sur-Gironde, Beautiran, Bègles, Béguey, Berson, Beychac-et-Caillau, Bieujac, Biganos, Blanquefort, Blaye, Bommes, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bouliac, Bourg, Bourideys, Branne, Braud-et-Saint-Louis, Bruges, Budos, Cabanac-et-Villagrains, Cabara, Cadaujac, Cadillac, Camarsac, Cambes, Camblanes-et-Meynac, Campugnan, Canéjan, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Cavignac, Cazalis, Cénac, Cenon, Cérons, Cestas, Cézac, Civrac-de-Blaye, Civrac-sur-Dordogne, Coimères, Comps, Coubeyrac, Cubnezais, Cubzac-les-Ponts, Donnezac, Donzac, Doulezon, Escoussans, Étauliers, Eysines, Fargues, Fargues-Saint-Hilaire, Flaujagues, Floirac, Fours, Gabarnac, Gauriac, Gauriaguet, Générac, Gensac, Gradignan, Grézillac, Guillac, Guillos, Hostens, Hourtin, Illats, Isle-Saint-Georges, Izon, Jugazan, Juillac, La Brède, Lacanau, Landiras, Langoiran, Langon, Lansac, Lanton, Laroque, Laruscade, Latresne, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Taillan-Médoc, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Les Salles-de-Castillon, Lestiac-sur-Garonne, Libourne, Lignan-de-Bordeaux, Lormont, Louchats, Loupiac, Lucmau, Lugaignac, Macau, Marcenais, Marcheprime, Marsas, Martignas-sur-Jalle, Martillac, Mazères, Mazion, Mérignac, Mérignas, Mios, Mombrier, Monprimblanc, Montussan, Mouliets-et-Villemartin, Naujan-et-Postiac, Noaillan, Omet, Origne, Paillet, Parempuyre, Pessac, Pessac-sur-Dordogne, Peujard, Plassac, Podensac, Pompéjac, Pompignac, Portets, Préchac, Preignac, Prignac-et-Marcamps, Pugnac, Pujols, Pujols-sur-Ciron, Quinsac, Rauzan, Rions, Roaillan, Ruch, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-Aubin-de-Branne, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Genès-de-Blaye, Saint-Germain-de-Grave, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Jean-d'Illac, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Léger-de-Balson, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Mariens, Saint-Martial, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-de-Castets, Saint-Pierre-de-Mons, Saint-Savin, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Florence, Sainte-Radegonde, Sallebœuf, Samonac, Saucats, Saugon, Sauternes, Semens, Tabanac, Talence, Tauriac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Vayres, Verdelais, Villandraut, Villenave-d'Ornon, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Andernos</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Andernos - Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>0556828998</t>
+  </si>
+  <si>
+    <t>https://www.andernoslesbains.fr/listes/solidarite/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Bazadais</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Bazadais - Bazas</t>
+  </si>
+  <si>
+    <t>0556654951</t>
+  </si>
+  <si>
+    <t>https://www.cdcdubazadais.fr/solidarite/saad/</t>
+  </si>
+  <si>
+    <t>Aubiac, Bazas, Bernos-Beaulac, Birac, Captieux, Cauvignac, Cazats, Cours-les-Bains, Cudos, Escaudes, Gajac, Gans, Giscos, Goualade, Grignols, Labescau, Lados, Lartigue, Lavazan, Le Nizan, Lerm-et-Musset, Lignan-de-Bazas, Marimbault, Marions, Masseilles, Saint-Côme, Saint-Michel-de-Castelnau, Sauviac, Sendets, Sigalens, Sillas</t>
+  </si>
+  <si>
+    <t>DANAE</t>
+  </si>
+  <si>
+    <t>DANAE - Mérignac</t>
+  </si>
+  <si>
+    <t>0556281511</t>
+  </si>
+  <si>
+    <t>https://www.residences-danae.fr</t>
+  </si>
+  <si>
+    <t>CCAS DE BASSENS</t>
+  </si>
+  <si>
+    <t>CCAS DE BASSENS - Bassens</t>
+  </si>
+  <si>
+    <t>0557808150</t>
+  </si>
+  <si>
+    <t>Bassens</t>
+  </si>
+  <si>
+    <t>Les Mésanges Bleues</t>
+  </si>
+  <si>
+    <t>Les Mésanges Bleues - Créon</t>
+  </si>
+  <si>
+    <t>0556690794</t>
+  </si>
+  <si>
+    <t>Baron, Blésignac, Camiac-et-Saint-Denis, Capian, Créon, Croignon, Cursan, Haux, La Sauve, Le Pout, Loupes, Madirac, Sadirac, Saint-Genès-de-Lombaud, Saint-Léon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>Association P'tit Plus</t>
+  </si>
+  <si>
+    <t>Association P'tit Plus - Tresses</t>
+  </si>
+  <si>
+    <t>0556749010</t>
+  </si>
+  <si>
+    <t>http://www.assoptitplus.fr</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Baurech, Bonnetan, Bordeaux rive droite, Bouliac, Camarsac, Cambes, Camblanes-et-Meynac, Carignan-de-Bordeaux, Cénac, Cenon, Fargues-Saint-Hilaire, Floirac, Langoiran, Latresne, Le Tourne, Lignan-de-Bordeaux, Lormont, Pompignac, Quinsac, Saint-Caprais-de-Bordeaux, Sallebœuf, Tabanac, Tresses</t>
+  </si>
+  <si>
+    <t>o2 Libourne</t>
+  </si>
+  <si>
+    <t>o2 Libourne - Libourne</t>
+  </si>
+  <si>
+    <t>0557501788</t>
+  </si>
+  <si>
+    <t>https://www.o2.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Arveyres, Asques, Baron, Bayas, Belvès-de-Castillon, Blésignac, Bonzac, Bossugan, Bourg, Branne, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Capian, Castillon-la-Bataille, Cavignac, Chamadelle, Civrac-sur-Dordogne, Coubeyrac, Coutras, Créon, Croignon, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Doulezon, Espiet, Flaujagues, Francs, Fronsac, Galgon, Gardegan-et-Tourtirac, Gauriaguet, Génissac, Gensac, Gours, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Sauve, Lagorce, Lalande-de-Pomerol, Lansac, Lapouyade, Laruscade, Le Fieu, Le Pout, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Les Salles-de-Castillon, Libourne, Loupes, Lugaignac, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Marcenais, Marsas, Mérignas, Mombrier, Montagne, Mouillac, Mouliets-et-Villemartin, Moulon, Naujan-et-Postiac, Néac, Nérigean, Périssac, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Peujard, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols, Puynormand, Rauzan, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Léon, Saint-Magne-de-Castillon, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Trojan, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Radegonde, Sainte-Terre, Savignac-de-l'Isle, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Virsac</t>
+  </si>
+  <si>
+    <t>AUXI LIFE</t>
+  </si>
+  <si>
+    <t>AUXI LIFE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556926277</t>
+  </si>
+  <si>
+    <t>https://www.auxilife.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Arbis, Artigues-près-Bordeaux, Arveyres, Asques, Baigneaux, Baron, Bassens, Baurech, Bayas, Bègles, Bellebat, Bellefond, Beychac-et-Caillau, Blanquefort, Blasimon, Blésignac, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bouliac, Branne, Bruges, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Cantois, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Castelmoron-d'Albret, Castelviel, Castillon-la-Bataille, Caumont, Cavignac, Cazaugitat, Cénac, Cenon, Cessac, Cézac, Chamadelle, Civrac-de-Blaye, Civrac-sur-Dordogne, Cleyrac, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubnezais, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donnezac, Doulezon, Espiet, Eysines, Faleyras, Fargues-Saint-Hilaire, Flaujagues, Floirac, Fronsac, Frontenac, Galgon, Génissac, Gensac, Gornac, Gours, Gradignan, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouet-sur-Ségur, Langoiran, Lapouyade, Laruscade, Latresne, Le Bouscat, Le Fieu, Le Haillan, Le Pout, Le Puy, Le Taillan-Médoc, Le Tourne, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Les Salles-de-Castillon, Libourne, Lignan-de-Bordeaux, Lormont, Loupes, Lugaignac, Lugasson, Lugon-et-l'Île-du-Carnay, Madirac, Maransin, Marcenais, Marsas, Martignas-sur-Jalle, Martres, Mauriac, Mérignac, Mérignas, Mesterrieux, Montignac, Montussan, Mouillac, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Nérigean, Neuffons, Parempuyre, Périssac, Pessac, Pessac-sur-Dordogne, Pomerol, Pompignac, Porchères, Pujols, Puynormand, Quinsac, Rauzan, Rimons, Romagne, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Aubin-de-Médoc, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Hilaire-du-Bois, Saint-Jean-de-Blaignac, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Magne-de-Castillon, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Fronsac, Saint-Pey-de-Castets, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Saint-Vincent-de-Pertignas, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Eulalie, Sainte-Florence, Sainte-Gemme, Sainte-Radegonde, Sallebœuf, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Talence, Targon, Tarnès, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Vérac, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>Ademain</t>
+  </si>
+  <si>
+    <t>Ademain   - Mérignac</t>
+  </si>
+  <si>
+    <t>0564100188</t>
+  </si>
+  <si>
+    <t>https://www.ademain.fr</t>
+  </si>
+  <si>
+    <t>Canéjan, Cestas, Gradignan, Le Haillan, Martignas-sur-Jalle, Mérignac, Pessac, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Médard-en-Jalles, Talence</t>
+  </si>
+  <si>
+    <t>AMALLYA - Castillon-la-Bataille</t>
+  </si>
+  <si>
+    <t>0557483119</t>
+  </si>
+  <si>
+    <t>Belvès-de-Castillon, Caplong, Castillon-la-Bataille, Civrac-sur-Dordogne, Doulezon, Eynesse, Flaujagues, Gardegan-et-Tourtirac, Gensac, Juillac, La Roquille, Les Lèves-et-Thoumeyragues, Les Salles-de-Castillon, Ligueux, Massugas, Mérignas, Montagne, Mouliets-et-Villemartin, Pessac-sur-Dordogne, Pineuilh, Puisseguin, Pujols, Ruch, Saint-André-et-Appelles, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Christophe-des-Bardes, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Magne-de-Castillon, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Radegonde, Sainte-Terre, Vignonet</t>
+  </si>
+  <si>
+    <t>PIVOINE</t>
+  </si>
+  <si>
+    <t>PIVOINE - Saint-Selve</t>
+  </si>
+  <si>
+    <t>0626798648</t>
+  </si>
+  <si>
+    <t>https://www.association-pivoine.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Balizac, Bassens, Bègles, Bieujac, Blanquefort, Bommes, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourideys, Bruges, Carbon-Blanc, Castets et Castillon, Cazalis, Cenon, Coimères, Eysines, Fargues, Floirac, Gradignan, Hostens, Langon, Le Bouscat, Le Haillan, Le Pian-sur-Garonne, Le Taillan-Médoc, Le Tuzan, Léogeats, Lormont, Louchats, Lucmau, Martignas-sur-Jalle, Mazères, Mérignac, Noaillan, Origne, Parempuyre, Pessac, Pompéjac, Préchac, Roaillan, Saint-André-du-Bois, Saint-Aubin-de-Médoc, Saint-Germain-de-Grave, Saint-Léger-de-Balson, Saint-Loubert, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Médard-en-Jalles, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Saint-Symphorien, Saint-Vincent-de-Paul, Sauternes, Semens, Talence, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>SERVICE AIDE A DOMICILE</t>
+  </si>
+  <si>
+    <t>SERVICE AIDE A DOMICILE - Carbon-Blanc</t>
+  </si>
+  <si>
+    <t>0557774404</t>
+  </si>
+  <si>
+    <t>Carbon-Blanc</t>
+  </si>
+  <si>
+    <t>DESTIA</t>
+  </si>
+  <si>
+    <t>DESTIA - Gujan-Mestras</t>
+  </si>
+  <si>
+    <t>0557164159</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Belin-Béliet, Biganos, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Barp, Le Teich, Lège-Cap-Ferret, Lugos, Marcheprime, Mios, Saint-Magne, Salles</t>
+  </si>
+  <si>
+    <t>Le Patio Vaillant</t>
+  </si>
+  <si>
+    <t>Le Patio Vaillant - Bordeaux</t>
+  </si>
+  <si>
+    <t>0974197575</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche</t>
+  </si>
+  <si>
+    <t>TCA</t>
+  </si>
+  <si>
+    <t>TCA - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556900297</t>
+  </si>
+  <si>
+    <t>http://tcasso.org/</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Salles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Salles - Salles</t>
+  </si>
+  <si>
+    <t>0556883010</t>
+  </si>
+  <si>
+    <t>https://www.ville-de-salles.com/solidarite/ccas/</t>
+  </si>
+  <si>
+    <t>Lugos, Salles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de La Teste de Buch</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de La Teste de Buch - La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>0557736980</t>
+  </si>
+  <si>
+    <t>https://www.latestedebuch.fr/</t>
+  </si>
+  <si>
+    <t>La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>O2 BORDEAUX CENON</t>
+  </si>
+  <si>
+    <t>O2 BORDEAUX CENON - Cenon</t>
+  </si>
+  <si>
+    <t>0775204798</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Baurech, Bègles, Beychac-et-Caillau, Bonnetan, Bordeaux rive droite, Bouliac, Cadaujac, Cambes, Camblanes-et-Meynac, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Fargues-Saint-Hilaire, Floirac, Latresne, Léognan, Lignan-de-Bordeaux, Lormont, Martillac, Montussan, Pompignac, Quinsac, Sadirac, Saint-Caprais-de-Bordeaux, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Tabanac, Tresses, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>adomi begles</t>
+  </si>
+  <si>
+    <t>adomi begles - Bègles</t>
+  </si>
+  <si>
+    <t>0556859900</t>
+  </si>
+  <si>
+    <t>https://www.adomi-begles.com</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Martignas-sur-Jalle, Saint-Jean-d'Illac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>ALSP Association Libournaise de Services aux Personnes</t>
+  </si>
+  <si>
+    <t>ALSP Association Libournaise de Services aux Personnes - Libourne</t>
+  </si>
+  <si>
+    <t>0557741301</t>
+  </si>
+  <si>
+    <t>https://alsp.fr</t>
+  </si>
+  <si>
+    <t>Arveyres, Lalande-de-Pomerol, Les Billaux, Les Peintures, Libourne, Montagne, Moulon, Nérigean, Pomerol, Saint-Denis-de-Pile, Saint-Émilion</t>
+  </si>
+  <si>
+    <t>Vitalliance</t>
+  </si>
+  <si>
+    <t>Vitalliance - Eysines</t>
+  </si>
+  <si>
+    <t>0556505134</t>
+  </si>
+  <si>
+    <t>https://www.vitalliance.fr/agences/bordeaux-rive-gauche-KbPPN</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arbanats, Arbis, Arcachon, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Asques, Aubiac, Audenge, Auriolles, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Baurech, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Béguey, Belin-Béliet, Bellebat, Bellefond, Belvès-de-Castillon, Bernos-Beaulac, Berson, Berthez, Beychac-et-Caillau, Bieujac, Biganos, Birac, Blaignac, Blaignan, Blanquefort, Blasimon, Blaye, Blésignac, Bommes, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Braud-et-Saint-Louis, Brouqueyran, Bruges, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Campugnan, Canéjan, Cantois, Capian, Caplong, Captieux, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Cartelègue, Casseuil, Castelmoron-d'Albret, Castelnau-de-Médoc, Castelviel, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cavignac, Cazalis, Cazats, Cazaugitat, Cénac, Cenon, Cérons, Cessac, Cestas, Cézac, Cissac-Médoc, Civrac-de-Blaye, Civrac-en-Médoc, Cleyrac, Coimères, Coirac, Comps, Couquèques, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutras, Coutures, Créon, Croignon, Cubnezais, Cubzac-les-Ponts, Cudos, Cursan, Cussac-Fort-Médoc, Daignac, Daubèze, Dieulivol, Donnezac, Donzac, Escaudes, Escoussans, Étauliers, Eynesse, Eyrans, Eysines, Faleyras, Fargues, Fargues-Saint-Hilaire, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Francs, Fronsac, Frontenac, Gabarnac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gradignan, Grayan-et-l'Hôpital, Grézillac, Grignols, Guillos, Gujan-Mestras, Haux, Hostens, Hourtin, Hure, Illats, Isle-Saint-Georges, Izon, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Roquille, La Sauve, La Teste-de-Buch, Labarde, Labescau, Lacanau, Ladaux, Lados, Lamarque, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langoiran, Langon, Lansac, Lanton, Laroque, Lartigue, Laruscade, Latresne, Lavazan, Le Barp, Le Bouscat, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Puy, Le Taillan-Médoc, Le Teich, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Les Artigues-de-Lussac, Les Esseintes, Les Lèves-et-Thoumeyragues, Lesparre-Médoc, Lestiac-sur-Garonne, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugasson, Lugon-et-l'Île-du-Carnay, Lugos, Lussac, Macau, Madirac, Maransin, Marcenais, Marcheprime, Marcillac, Margaux-Cantenac, Margueron, Marimbault, Marions, Marsas, Martignas-sur-Jalle, Martillac, Martres, Masseilles, Massugas, Mauriac, Mazères, Mazion, Mérignac, Mesterrieux, Mios, Mombrier, Mongauzy, Monprimblanc, Monségur, Montagne, Montagoudin, Montignac, Montussan, Morizès, Mouillac, Moulis-en-Médoc, Mourens, Naujac-sur-Mer, Néac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Ordonnac, Origne, Paillet, Parempuyre, Pauillac, Pellegrue, Périssac, Pessac, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Podensac, Pompéjac, Pompignac, Pondaurat, Portets, Préchac, Preignac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols-sur-Ciron, Puybarban, Queyrac, Quinsac, Reignac, Rimons, Riocaud, Rions, Roaillan, Romagne, Roquebrune, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-du-Queyret, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Estèphe, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Mariens, Saint-Martial, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Palais, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Savin, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Seurin-de-Cursac, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzan-de-Soudiac, Saint-Yzans-de-Médoc, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Hélène, Sainte-Terre, Salaunes, Sallebœuf, Salles, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soulignac, Soussac, Soussans, Tabanac, Taillecavat, Talais, Talence, Targon, Tarnès, Tauriac, Tayac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Vignonet, Villandraut, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>AMALLYA - Tresses</t>
+  </si>
+  <si>
+    <t>0547336494</t>
+  </si>
+  <si>
+    <t>http://www.amallya.fr</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Arveyres, Baigneaux, Baron, Bassens, Baurech, Bellebat, Blésignac, Bonnetan, Bordeaux rive droite, Bouliac, Branne, Cadarsac, Cambes, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Cardan, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Daignac, Dardenac, Faleyras, Fargues-Saint-Hilaire, Floirac, Génissac, Grézillac, Guillac, Haux, La Sauve, Langoiran, Le Pout, Le Tourne, Lestiac-sur-Garonne, Lignan-de-Bordeaux, Lormont, Loupes, Lugaignac, Madirac, Montussan, Moulon, Naujan-et-Postiac, Nérigean, Paillet, Pompignac, Quinsac, Romagne, Sadirac, Saint-Aubin-de-Branne, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Germain-du-Puch, Saint-Léon, Saint-Quentin-de-Baron, Sainte-Eulalie, Sallebœuf, Soulignac, Tabanac, Targon, Tizac-de-Curton, Tresses, Vayres, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>ORMALI</t>
+  </si>
+  <si>
+    <t>ORMALI - Parempuyre</t>
+  </si>
+  <si>
+    <t>0556451156</t>
+  </si>
+  <si>
+    <t>https://ormali-service-33.fr/</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Blanquefort, Bordeaux rive gauche, Bruges, Castelnau-de-Médoc, Cussac-Fort-Médoc, Eysines, Labarde, Lamarque, Le Bouscat, Le Pian-Médoc, Le Taillan-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Parempuyre, Pauillac, Saint-Aubin-de-Médoc, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Soussans</t>
+  </si>
+  <si>
+    <t>FREE DOM' SENIOR COMPAGNIE BASSIN D'ARCACHON</t>
+  </si>
+  <si>
+    <t>FREE DOM' SENIOR COMPAGNIE BASSIN D'ARCACHON - La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>0557524749</t>
+  </si>
+  <si>
+    <t>https://bassindarcachon.senior-compagnie.fr/</t>
+  </si>
+  <si>
+    <t>o2 Bordeaux Mérignac</t>
+  </si>
+  <si>
+    <t>o2 Bordeaux Mérignac - Mérignac</t>
+  </si>
+  <si>
+    <t>0787498234</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bruges, Eysines, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Médard-en-Jalles, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Belin-Beliet</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Belin-Beliet - Belin-Béliet</t>
+  </si>
+  <si>
+    <t>0556888153</t>
+  </si>
+  <si>
+    <t>https://www.belin-beliet.fr/service-daides-a-domic</t>
+  </si>
+  <si>
+    <t>Belin-Béliet</t>
+  </si>
+  <si>
+    <t>ONELA</t>
+  </si>
+  <si>
+    <t>ONELA - BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>0140080811</t>
+  </si>
+  <si>
+    <t>https://www.onela.com</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arès, Artigues-près-Bordeaux, Arveyres, Audenge, Bassens, Bayas, Bayon-sur-Gironde, Bègles, Belvès-de-Castillon, Berson, Biganos, Blanquefort, Blaye, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Braud-et-Saint-Louis, Bruges, Cadarsac, Camps-sur-l'Isle, Campugnan, Carbon-Blanc, Cars, Cartelègue, Cavignac, Cenon, Cézac, Chamadelle, Civrac-de-Blaye, Comps, Coutras, Cubnezais, Cubzac-les-Ponts, Daignac, Dardenac, Donnezac, Espiet, Étauliers, Eyrans, Eysines, Floirac, Fours, Francs, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gours, Gradignan, Guîtres, Izon, Lagorce, Lalande-de-Pomerol, Lansac, Lanton, Lapouyade, Laruscade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Lège-Cap-Ferret, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Lussac, Maransin, Marcenais, Marcillac, Marsas, Martignas-sur-Jalle, Mazion, Mérignac, Mombrier, Montagne, Moulon, Néac, Nérigean, Parempuyre, Pessac, Petit-Palais-et-Cornemps, Peujard, Plassac, Pleine-Selve, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Puynormand, Reignac, Sablons, Saint-André-de-Cubzac, Saint-Androny, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Caprais-de-Blaye, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hippolyte, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Louis-de-Montferrand, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Palais, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Terre, Samonac, Saugon, Savignac-de-l'Isle, Talence, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Vayres, Vignonet, Villenave-d'Ornon, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>AMALLYA - Langon</t>
+  </si>
+  <si>
+    <t>0556322010</t>
+  </si>
+  <si>
+    <t>Aubiac, Bazas, Bieujac, Bommes, Castets et Castillon, Cazats, Coimères, Fargues, Gans, Lados, Langon, Le Nizan, Le Pian-sur-Garonne, Léogeats, Lignan-de-Bazas, Marimbault, Mazères, Noaillan, Roaillan, Saint-André-du-Bois, Saint-Germain-de-Grave, Saint-Macaire, Saint-Maixant, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Sauternes, Sauviac, Semens, Toulenne, Uzeste, Verdelais, Villandraut</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Sud Gironde</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Sud Gironde - Villandraut</t>
+  </si>
+  <si>
+    <t>0556258555</t>
+  </si>
+  <si>
+    <t>https://www.cdcsudgironde.fr</t>
+  </si>
+  <si>
+    <t>Balizac, Bourideys, Cazalis, Hostens, Le Tuzan, Louchats, Lucmau, Noaillan, Origne, Pompéjac, Préchac, Saint-Léger-de-Balson, Saint-Symphorien, Uzeste, Villandraut</t>
+  </si>
+  <si>
+    <t>UNICARE SERVICES</t>
+  </si>
+  <si>
+    <t>UNICARE SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0535544975</t>
+  </si>
+  <si>
+    <t>https://www.unicareservices.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>MOSAIQUE SERVICES</t>
+  </si>
+  <si>
+    <t>MOSAIQUE SERVICES - Léognan</t>
+  </si>
+  <si>
+    <t>Avant 7h, Après 20h</t>
+  </si>
+  <si>
+    <t>0667353146</t>
+  </si>
+  <si>
+    <t>Arbis, Ayguemorte-les-Graves, Baigneaux, Beautiran, Bellebat, Bellefond, Blasimon, Cabanac-et-Villagrains, Cadaujac, Cantois, Castelmoron-d'Albret, Castelviel, Castres-Gironde, Caumont, Cazaugitat, Cessac, Cleyrac, Coirac, Courpiac, Cours-de-Monségur, Coutures, Daubèze, Dieulivol, Faleyras, Frontenac, Gornac, Isle-Saint-Georges, La Brède, Ladaux, Landerrouet-sur-Ségur, Le Puy, Léognan, Lugasson, Martillac, Martres, Mauriac, Mesterrieux, Montignac, Mourens, Neuffons, Rimons, Romagne, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Laurent-du-Bois, Saint-Martin-de-Lerm, Saint-Martin-du-Puy, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Pierre-de-Bat, Saint-Selve, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Sainte-Gemme, Saucats, Sauveterre-de-Guyenne, Soulignac, Soussac, Taillecavat, Targon</t>
+  </si>
+  <si>
+    <t>Groupement ESAD - AEM Association d'Entraide Multiple</t>
+  </si>
+  <si>
+    <t>Groupement ESAD - AEM Association d'Entraide Multiple - Saint-Ciers-sur-Gironde</t>
+  </si>
+  <si>
+    <t>0557327320</t>
+  </si>
+  <si>
+    <t>DOMIFASERVICES</t>
+  </si>
+  <si>
+    <t>DOMIFASERVICES - Cenon</t>
+  </si>
+  <si>
+    <t>0556409905</t>
+  </si>
+  <si>
+    <t>http://www.domifaservices.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bègles, Beychac-et-Caillau, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Camarsac, Carbon-Blanc, Carignan-de-Bordeaux, Cenon, Fargues-Saint-Hilaire, Floirac, Lormont, Montussan, Pompignac, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>AUXILEO SERVICES</t>
+  </si>
+  <si>
+    <t>AUXILEO SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556177808</t>
+  </si>
+  <si>
+    <t>https://www.auxileoservices.fr</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Castillon-Pujols</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Castillon-Pujols - Castillon-la-Bataille</t>
+  </si>
+  <si>
+    <t>0564101292</t>
+  </si>
+  <si>
+    <t>https://www.castillonpujols.fr/</t>
+  </si>
+  <si>
+    <t>Branne, Cabara, Castillon-la-Bataille, Grézillac, Guillac, Jugazan, Lugaignac, Naujan-et-Postiac, Saint-Aubin-de-Branne, Sainte-Colombe</t>
+  </si>
+  <si>
+    <t>ASAP DOMICILE</t>
+  </si>
+  <si>
+    <t>ASAP DOMICILE - BORDEAUX</t>
+  </si>
+  <si>
+    <t>0556023560</t>
+  </si>
+  <si>
+    <t>https://www.asapdomicile-bordeauxmetropole.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Bassens, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Eysines, Floirac, Gaillan-en-Médoc, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lesparre-Médoc, Lormont, Martignas-sur-Jalle, Mérignac, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vincent-de-Paul, Saint-Yzans-de-Médoc, Talence, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Fronsadais</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Fronsadais - Saint-Germain-de-la-Rivière</t>
+  </si>
+  <si>
+    <t>0557840709</t>
+  </si>
+  <si>
+    <t>https://www.cdc-fronsadais.com</t>
+  </si>
+  <si>
+    <t>Asques, Cadillac-en-Fronsadais, Fronsac, Galgon, La Lande-de-Fronsac, La Rivière, Lugon-et-l'Île-du-Carnay, Mouillac, Périssac, Saillans, Saint-Aignan, Saint-Ciers-d'Abzac, Saint-Genès-de-Fronsac, Saint-Germain-de-la-Rivière, Saint-Michel-de-Fronsac, Saint-Romain-la-Virvée, Tarnès, Vérac, Villegouge</t>
+  </si>
+  <si>
+    <t>SAAD DU CCAS DE CENON</t>
+  </si>
+  <si>
+    <t>SAAD DU CCAS DE CENON - Cenon</t>
+  </si>
+  <si>
+    <t>0547305060</t>
+  </si>
+  <si>
+    <t>https://www.cenon.fr</t>
+  </si>
+  <si>
+    <t>Cenon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Bruges</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Bruges - Bruges</t>
+  </si>
+  <si>
+    <t>0556168081</t>
+  </si>
+  <si>
+    <t>https://www.mairie-bruges.fr</t>
+  </si>
+  <si>
+    <t>Bruges</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DOMICILE SANTE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DOMICILE SANTE - Gradignan</t>
+  </si>
+  <si>
+    <t>0556895867</t>
+  </si>
+  <si>
+    <t>https://www.association-domicile-sante.com/</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Beautiran, Belin-Béliet, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Isle-Saint-Georges, La Brède, Le Barp, Léognan, Lugos, Martillac, Pessac, Saint-Magne, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Salles, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Résidence Services Seniors Espace &amp; Vie</t>
+  </si>
+  <si>
+    <t>Résidence Services Seniors Espace &amp; Vie  - Saint-Aubin-de-Médoc</t>
+  </si>
+  <si>
+    <t>0557209200</t>
+  </si>
+  <si>
+    <t>https://www.espaceetvie.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Audenge, Bassens, Bègles, Biganos, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Carcans, Cenon, Cussac-Fort-Médoc, Eysines, Floirac, Gradignan, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Lanton, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Le Verdon-sur-Mer, Lège-Cap-Ferret, Lormont, Ludon-Médoc, Macau, Marcheprime, Margaux-Cantenac, Martignas-sur-Jalle, Mérignac, Mios, Naujac-sur-Mer, Parempuyre, Pessac, Queyrac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>VIVRADOM</t>
+  </si>
+  <si>
+    <t>VIVRADOM - Latresne</t>
+  </si>
+  <si>
+    <t>0556200648</t>
+  </si>
+  <si>
+    <t>https://www.vivradom.fr/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arbis, Artigues-près-Bordeaux, Baigneaux, Baron, Bassens, Baurech, Bègles, Bellebat, Bellefond, Beychac-et-Caillau, Blasimon, Blésignac, Bonnetan, Bordeaux rive droite, Bouliac, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Cantois, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Castelmoron-d'Albret, Castelviel, Caumont, Cazaugitat, Cénac, Cenon, Cessac, Cleyrac, Coirac, Courpiac, Cours-de-Monségur, Coutures, Créon, Croignon, Cursan, Daubèze, Dieulivol, Eysines, Faleyras, Fargues-Saint-Hilaire, Floirac, Frontenac, Gornac, Haux, La Sauve, Ladaux, Landerrouet-sur-Ségur, Langoiran, Latresne, Le Pout, Le Puy, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Lugasson, Madirac, Martres, Mauriac, Mesterrieux, Montignac, Montussan, Mourens, Neuffons, Pompignac, Quinsac, Rimons, Romagne, Sadirac, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Martin-de-Lerm, Saint-Martin-du-Puy, Saint-Pierre-de-Bat, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sainte-Gemme, Sallebœuf, Sauveterre-de-Guyenne, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>SAAD du Centre de Soins du Réolais</t>
+  </si>
+  <si>
+    <t>SAAD du Centre de Soins du Réolais - La Réole</t>
+  </si>
+  <si>
+    <t>0556610425</t>
+  </si>
+  <si>
+    <t>https://www.cds-reolais.org</t>
+  </si>
+  <si>
+    <t>Bagas, Barie, Bassanne, Blaignac, Bourdelles, Camiran, Casseuil, Floudès, Fontet, Fossès-et-Baleyssac, Gironde-sur-Dropt, Hure, La Réole, Lamothe-Landerron, Les Esseintes, Loubens, Loupiac-de-la-Réole, Mongauzy, Montagoudin, Morizès, Noaillac, Pondaurat, Puybarban, Saint-Exupéry, Saint-Hilaire-de-la-Noaille, Saint-Laurent-du-Plan, Saint-Martin-de-Lerm, Saint-Michel-de-Lapujade, Saint-Sève</t>
+  </si>
+  <si>
     <t>Et Après Services 33</t>
   </si>
   <si>
     <t>Et Après Services 33 - Eysines</t>
   </si>
   <si>
     <t>0648094378</t>
   </si>
   <si>
     <t>https://www.etapres-services.fr</t>
   </si>
   <si>
     <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Arveyres, Asques, Aubiac, Audenge, Auriolles, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Balizac, Barie, Bassanne, Bassens, Baurech, Bayas, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Belin-Béliet, Belvès-de-Castillon, Bernos-Beaulac, Berson, Berthez, Bieujac, Biganos, Birac, Blaignac, Blaignan, Blanquefort, Blaye, Bommes, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Braud-et-Saint-Louis, Brouqueyran, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Cadillac-en-Fronsadais, Cambes, Camblanes-et-Meynac, Camiran, Camps-sur-l'Isle, Campugnan, Canéjan, Caplong, Captieux, Carbon-Blanc, Carcans, Cars, Cartelègue, Casseuil, Castelnau-de-Médoc, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cénac, Cenon, Cestas, Chamadelle, Cissac-Médoc, Civrac-en-Médoc, Coimères, Comps, Couquèques, Cours-les-Bains, Coutras, Cubzac-les-Ponts, Cudos, Cussac-Fort-Médoc, Daignac, Dardenac, Escaudes, Espiet, Étauliers, Eynesse, Eyrans, Eysines, Fargues, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Francs, Fronsac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gironde-sur-Dropt, Giscos, Goualade, Gours, Gradignan, Grayan-et-l'Hôpital, Grignols, Guîtres, Hostens, Hourtin, Hure, Isle-Saint-Georges, Izon, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Roquille, Labarde, Labescau, Lacanau, Lados, Lagorce, Lalande-de-Pomerol, Lamarque, Lamothe-Landerron, Landerrouat, Langoiran, Langon, Lansac, Lanton, Lapouyade, Lartigue, Latresne, Lavazan, Le Barp, Le Bouscat, Le Fieu, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Taillan-Médoc, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Esseintes, Les Lèves-et-Thoumeyragues, Les Peintures, Lesparre-Médoc, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugon-et-l'Île-du-Carnay, Lugos, Lussac, Macau, Maransin, Marcheprime, Marcillac, Margaux-Cantenac, Margueron, Marimbault, Marions, Martignas-sur-Jalle, Martillac, Masseilles, Massugas, Mazères, Mazion, Mérignac, Mios, Mombrier, Mongauzy, Monségur, Montagne, Montagoudin, Morizès, Mouillac, Moulis-en-Médoc, Moulon, Naujac-sur-Mer, Néac, Nérigean, Noaillac, Noaillan, Ordonnac, Origne, Parempuyre, Pauillac, Pellegrue, Périssac, Pessac, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Pomerol, Pompéjac, Pondaurat, Porchères, Préchac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Puisseguin, Puybarban, Puynormand, Queyrac, Quinsac, Reignac, Riocaud, Roaillan, Roquebrune, Sablons, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Estèphe, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Hippolyte, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Loubert, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martial, Saint-Martin-de-Laye, Saint-Martin-de-Sescas, Saint-Martin-du-Bois, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Morillon, Saint-Palais, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Sauveur-de-Puynormand, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzans-de-Médoc, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Hélène, Sainte-Terre, Salaunes, Salles, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauviac, Savignac, Savignac-de-l'Isle, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soussans, Tabanac, Talais, Talence, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Toulenne, Uzeste, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Vignonet, Villandraut, Villegouge, Villenave-d'Ornon, Villeneuve, Virsac</t>
   </si>
   <si>
-    <t>Association Les Coteaux de Bordeaux</t>
-[...41 lines deleted...]
-    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arbanats, Arbis, Arcachon, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Asques, Aubiac, Audenge, Auriolles, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Baurech, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Béguey, Belin-Béliet, Bellebat, Bellefond, Belvès-de-Castillon, Bernos-Beaulac, Berson, Berthez, Beychac-et-Caillau, Bieujac, Biganos, Birac, Blaignac, Blaignan, Blanquefort, Blasimon, Blaye, Blésignac, Bommes, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Braud-et-Saint-Louis, Brouqueyran, Bruges, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Campugnan, Canéjan, Cantois, Capian, Caplong, Captieux, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Cartelègue, Casseuil, Castelmoron-d'Albret, Castelnau-de-Médoc, Castelviel, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cavignac, Cazalis, Cazats, Cazaugitat, Cénac, Cenon, Cérons, Cessac, Cestas, Cézac, Cissac-Médoc, Civrac-de-Blaye, Civrac-en-Médoc, Cleyrac, Coimères, Coirac, Comps, Couquèques, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutras, Coutures, Créon, Croignon, Cubnezais, Cubzac-les-Ponts, Cudos, Cursan, Cussac-Fort-Médoc, Daignac, Daubèze, Dieulivol, Donnezac, Donzac, Escaudes, Escoussans, Étauliers, Eynesse, Eyrans, Eysines, Faleyras, Fargues, Fargues-Saint-Hilaire, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Francs, Fronsac, Frontenac, Gabarnac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gradignan, Grayan-et-l'Hôpital, Grézillac, Grignols, Guillos, Gujan-Mestras, Haux, Hostens, Hourtin, Hure, Illats, Isle-Saint-Georges, Izon, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Roquille, La Sauve, La Teste-de-Buch, Labarde, Labescau, Lacanau, Ladaux, Lados, Lamarque, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langoiran, Langon, Lansac, Lanton, Laroque, Lartigue, Laruscade, Latresne, Lavazan, Le Barp, Le Bouscat, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Puy, Le Taillan-Médoc, Le Teich, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Les Artigues-de-Lussac, Les Esseintes, Les Lèves-et-Thoumeyragues, Lesparre-Médoc, Lestiac-sur-Garonne, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugasson, Lugon-et-l'Île-du-Carnay, Lugos, Lussac, Macau, Madirac, Maransin, Marcenais, Marcheprime, Marcillac, Margaux-Cantenac, Margueron, Marimbault, Marions, Marsas, Martignas-sur-Jalle, Martillac, Martres, Masseilles, Massugas, Mauriac, Mazères, Mazion, Mérignac, Mesterrieux, Mios, Mombrier, Mongauzy, Monprimblanc, Monségur, Montagne, Montagoudin, Montignac, Montussan, Morizès, Mouillac, Moulis-en-Médoc, Mourens, Naujac-sur-Mer, Néac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Ordonnac, Origne, Paillet, Parempuyre, Pauillac, Pellegrue, Périssac, Pessac, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Podensac, Pompéjac, Pompignac, Pondaurat, Portets, Préchac, Preignac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols-sur-Ciron, Puybarban, Queyrac, Quinsac, Reignac, Rimons, Riocaud, Rions, Roaillan, Romagne, Roquebrune, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-du-Queyret, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Estèphe, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Mariens, Saint-Martial, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Palais, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Savin, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Seurin-de-Cursac, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzan-de-Soudiac, Saint-Yzans-de-Médoc, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Hélène, Sainte-Terre, Salaunes, Sallebœuf, Salles, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soulignac, Soussac, Soussans, Tabanac, Taillecavat, Talais, Talence, Targon, Tarnès, Tauriac, Tayac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Vignonet, Villandraut, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Villeneuve, Virelade, Virsac, Yvrac</t>
+    <t>AIDOMI</t>
+  </si>
+  <si>
+    <t>AIDOMI - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556019191</t>
+  </si>
+  <si>
+    <t>https://www.aidomi.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive droite, Bordeaux rive gauche</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Seurin-sur-l'Isle - Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>0557560105</t>
+  </si>
+  <si>
+    <t>http://www.stseurinsurlisle.com/vie_quotidienne/do</t>
+  </si>
+  <si>
+    <t>Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS PESSAC</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS PESSAC - Pessac</t>
+  </si>
+  <si>
+    <t>0557936746</t>
+  </si>
+  <si>
+    <t>https://www.pessac.fr</t>
+  </si>
+  <si>
+    <t>Pessac</t>
+  </si>
+  <si>
+    <t>A.I.S.A.D.</t>
+  </si>
+  <si>
+    <t>A.I.S.A.D. - Mios</t>
+  </si>
+  <si>
+    <t>0556267594</t>
+  </si>
+  <si>
+    <t>Biganos, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>SPASAD LE TEMPS DE VIVRE</t>
+  </si>
+  <si>
+    <t>SPASAD LE TEMPS DE VIVRE - Saint-Loubès</t>
+  </si>
+  <si>
+    <t>0556686178</t>
+  </si>
+  <si>
+    <t>https://www.assoletempsdevivre.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Bassens, Beychac-et-Caillau, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Floirac, Izon, Lormont, Montussan, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Tresses, Vayres, Yvrac</t>
+  </si>
+  <si>
+    <t>LA VIE A DOMICILE - MAISON DE LA SANTE ET DES AIDANTS</t>
+  </si>
+  <si>
+    <t>LA VIE A DOMICILE - MAISON DE LA SANTE ET DES AIDANTS - Mérignac</t>
+  </si>
+  <si>
+    <t>0556550438</t>
+  </si>
+  <si>
+    <t>https://www.lavieadomicile33.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche, Martignas-sur-Jalle, Mérignac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Bouscat</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Bouscat - Le Bouscat</t>
+  </si>
+  <si>
+    <t>0557222736</t>
+  </si>
+  <si>
+    <t>https://www.bouscat.fr/vie-municipale/les-services</t>
+  </si>
+  <si>
+    <t>Le Bouscat</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cadaujac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cadaujac - Cadaujac</t>
+  </si>
+  <si>
+    <t>0557838218</t>
+  </si>
+  <si>
+    <t>http://www.mairie-cadaujac.fr/solidarite/action-so</t>
+  </si>
+  <si>
+    <t>Cadaujac</t>
+  </si>
+  <si>
+    <t>ALOÏS</t>
+  </si>
+  <si>
+    <t>ALOÏS - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557977165</t>
+  </si>
+  <si>
+    <t>http://alois.services/</t>
+  </si>
+  <si>
+    <t>PROSENIORS - Arcachon</t>
+  </si>
+  <si>
+    <t>0557521754</t>
+  </si>
+  <si>
+    <t>AGE D'OR SERVICES BORDEAUX OUEST</t>
+  </si>
+  <si>
+    <t>AGE D'OR SERVICES BORDEAUX OUEST - Pessac</t>
+  </si>
+  <si>
+    <t>0556951256</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Médard-en-Jalles, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Domicil + Membre du réseau Amelis</t>
+  </si>
+  <si>
+    <t>Domicil + Membre du réseau Amelis - Cenon</t>
+  </si>
+  <si>
+    <t>0556810582</t>
+  </si>
+  <si>
+    <t>https://www.amelis-services.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Fargues-Saint-Hilaire, Floirac, Lormont, Montussan, Saint-Loubès, Sainte-Eulalie, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>AZAE BORDEAUX NORD</t>
+  </si>
+  <si>
+    <t>AZAE BORDEAUX NORD - Bruges</t>
+  </si>
+  <si>
+    <t>0556587220</t>
+  </si>
+  <si>
+    <t>https://www.azae.com</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Brach, Carcans, Castelnau-de-Médoc, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Gaillan-en-Médoc, Gradignan, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Le Pian-Médoc, Le Temple, Le Verdon-sur-Mer, Lesparre-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Queyrac, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saumos, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>A DOM SERVICES</t>
+  </si>
+  <si>
+    <t>A DOM SERVICES - Langon</t>
+  </si>
+  <si>
+    <t>0556620440</t>
+  </si>
+  <si>
+    <t>https://www.adom-services.fr</t>
+  </si>
+  <si>
+    <t>Aillas, Aubiac, Auros, Bagas, Barie, Barsac, Bassanne, Bazas, Béguey, Bernos-Beaulac, Berthez, Bieujac, Birac, Blaignac, Bommes, Bourdelles, Bourideys, Brannens, Brouqueyran, Budos, Cadillac, Camiran, Captieux, Cardan, Casseuil, Castets et Castillon, Caudrot, Cauvignac, Cazats, Cérons, Coimères, Cours-les-Bains, Cudos, Donzac, Escaudes, Fargues, Floudès, Fontet, Fossès-et-Baleyssac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Goualade, Grignols, Hure, Illats, La Réole, Labescau, Lados, Lamothe-Landerron, Landiras, Langon, Laroque, Lartigue, Lavazan, Le Nizan, Le Pian-sur-Garonne, Léogeats, Lerm-et-Musset, Les Esseintes, Lignan-de-Bazas, Loubens, Loupiac, Loupiac-de-la-Réole, Marimbault, Marions, Masseilles, Mazères, Mongauzy, Monprimblanc, Monségur, Montagoudin, Morizès, Noaillac, Noaillan, Paillet, Podensac, Pondaurat, Preignac, Pujols-sur-Ciron, Puybarban, Rions, Roaillan, Roquebrune, Saint-André-du-Bois, Saint-Côme, Saint-Exupéry, Saint-Hilaire-de-la-Noaille, Saint-Laurent-du-Plan, Saint-Loubert, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Sève, Saint-Symphorien, Saint-Vivien-de-Monségur, Sainte-Croix-du-Mont, Sainte-Foy-la-Longue, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Toulenne, Verdelais</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Créon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Créon - Créon</t>
+  </si>
+  <si>
+    <t>0557345466</t>
+  </si>
+  <si>
+    <t>http://www.mairie-creon.fr/ccas/</t>
+  </si>
+  <si>
+    <t>Baron, Blésignac, Camiac-et-Saint-Denis, Créon, Croignon, Cursan, Haux, La Sauve, Le Pout, Madirac, Sadirac, Saint-Genès-de-Lombaud, Saint-Léon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>SAD du C.C.A.S. de BEGLES</t>
+  </si>
+  <si>
+    <t>SAD du C.C.A.S. de BEGLES - Bègles</t>
+  </si>
+  <si>
+    <t>0556498845</t>
+  </si>
+  <si>
+    <t>https://www.mairie-begles.fr/</t>
+  </si>
+  <si>
+    <t>Bègles</t>
+  </si>
+  <si>
+    <t>Le Plaisir de s'Entraider</t>
+  </si>
+  <si>
+    <t>Le Plaisir de s'Entraider - Floirac</t>
+  </si>
+  <si>
+    <t>0556818036</t>
+  </si>
+  <si>
+    <t>https://www.leplaisirdesentraider.fr</t>
+  </si>
+  <si>
+    <t>ADMR DE LA GIRONDE</t>
+  </si>
+  <si>
+    <t>ADMR DE LA GIRONDE - Langon</t>
+  </si>
+  <si>
+    <t>0556636095</t>
+  </si>
+  <si>
+    <t>https://www.fede33.admr.org/</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arbanats, Arbis, Arcachon, Arès, Artigues-près-Bordeaux, Arveyres, Aubiac, Audenge, Auriolles, Auros, Ayguemorte-les-Graves, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Bayas, Bazas, Beautiran, Béguey, Bellebat, Bellefond, Belvès-de-Castillon, Bernos-Beaulac, Berthez, Beychac-et-Caillau, Bieujac, Biganos, Birac, Blaignac, Blanquefort, Blasimon, Blésignac, Bommes, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bourdelles, Bourideys, Brach, Branne, Brannens, Brouqueyran, Bruges, Budos, Cabara, Cadarsac, Cadillac, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Camps-sur-l'Isle, Cantois, Capian, Caplong, Captieux, Carbon-Blanc, Carcans, Cardan, Casseuil, Castelmoron-d'Albret, Castelnau-de-Médoc, Castelviel, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cénac, Cenon, Cérons, Cessac, Chamadelle, Civrac-sur-Dordogne, Cleyrac, Coimères, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutras, Coutures, Créon, Croignon, Cudos, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donzac, Doulezon, Escaudes, Escoussans, Espiet, Eynesse, Eysines, Faleyras, Fargues, Fargues-Saint-Hilaire, Flaujagues, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Francs, Frontenac, Gabarnac, Gajac, Gans, Gardegan-et-Tourtirac, Génissac, Gensac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gours, Grézillac, Grignols, Guillac, Guillos, Guîtres, Gujan-Mestras, Haux, Hostens, Hourtin, Hure, Illats, Izon, Jugazan, Juillac, La Réole, La Roquille, La Sauve, La Teste-de-Buch, Labescau, Lacanau, Ladaux, Lados, Lagorce, Lalande-de-Pomerol, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langoiran, Langon, Lanton, Lapouyade, Laroque, Lartigue, Lavazan, Le Bouscat, Le Fieu, Le Haillan, Le Nizan, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Puy, Le Teich, Le Temple, Le Tourne, Le Tuzan, Lège-Cap-Ferret, Léogeats, Lerm-et-Musset, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Esseintes, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Lestiac-sur-Garonne, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Lugaignac, Lugasson, Lussac, Madirac, Maransin, Marcheprime, Margueron, Marimbault, Marions, Martres, Masseilles, Massugas, Mauriac, Mazères, Mérignac, Mérignas, Mesterrieux, Mios, Mongauzy, Monprimblanc, Monségur, Montagne, Montagoudin, Montignac, Montussan, Morizès, Mouliets-et-Villemartin, Moulon, Mourens, Naujac-sur-Mer, Naujan-et-Postiac, Néac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Origne, Paillet, Pellegrue, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Pineuilh, Podensac, Pomerol, Pompéjac, Pondaurat, Porchères, Portets, Préchac, Preignac, Puisseguin, Pujols, Pujols-sur-Ciron, Puybarban, Puynormand, Rauzan, Rimons, Riocaud, Rions, Roaillan, Romagne, Roquebrune, Ruch, Sablons, Sadirac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Castillon, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-Grave, Saint-Germain-du-Puch, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Martial, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Médard-de-Guizières, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Monségur, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Hélène, Sainte-Radegonde, Sainte-Terre, Salaunes, Sallebœuf, Saumos, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Savignac-de-l'Isle, Semens, Sendets, Sigalens, Sillas, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tayac, Tizac-de-Curton, Tizac-de-Lapouyade, Toulenne, Tresses, Uzeste, Vayres, Verdelais, Vignonet, Villandraut, Villenave-de-Rions, Virelade, Yvrac</t>
+  </si>
+  <si>
+    <t>AAPAM</t>
+  </si>
+  <si>
+    <t>AAPAM - Blaignan-Prignac</t>
+  </si>
+  <si>
+    <t>0556731950</t>
+  </si>
+  <si>
+    <t>https://www.aapam-medoc.fr</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Bégadan, Blaignan, Brach, Carcans, Castelnau-de-Médoc, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Gaillan-en-Médoc, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Le Pian-Médoc, Le Porge, Le Temple, Le Verdon-sur-Mer, Lesparre-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Pauillac, Prignac-en-Médoc, Queyrac, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saumos, Soulac-sur-Mer, Soussans, Talais, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil</t>
+  </si>
+  <si>
+    <t>SUDGIMAD</t>
+  </si>
+  <si>
+    <t>SUDGIMAD - Caudrot</t>
+  </si>
+  <si>
+    <t>0556627500</t>
+  </si>
+  <si>
+    <t>Aillas, Arbanats, Arbis, Aubiac, Auriolles, Auros, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bazas, Béguey, Bellebat, Bellefond, Bernos-Beaulac, Berthez, Bieujac, Birac, Blaignac, Blasimon, Bommes, Bossugan, Bourdelles, Bourideys, Branne, Brannens, Brouqueyran, Budos, Cabara, Cadillac, Camiac-et-Saint-Denis, Camiran, Cantois, Capian, Captieux, Cardan, Casseuil, Castelmoron-d'Albret, Castelviel, Castets et Castillon, Castillon-la-Bataille, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cérons, Cessac, Civrac-sur-Dordogne, Cleyrac, Coimères, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutures, Cudos, Daignac, Dardenac, Daubèze, Dieulivol, Donzac, Doulezon, Escaudes, Escoussans, Espiet, Faleyras, Fargues, Flaujagues, Floudès, Fontet, Fossès-et-Baleyssac, Frontenac, Gabarnac, Gajac, Gans, Gensac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Grézillac, Grignols, Guillac, Guillos, Hostens, Hure, Illats, Jugazan, Juillac, La Réole, Labescau, Ladaux, Lados, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langon, Laroque, Lartigue, Lavazan, Le Nizan, Le Pian-sur-Garonne, Le Puy, Le Tuzan, Léogeats, Lerm-et-Musset, Les Esseintes, Les Salles-de-Castillon, Lestiac-sur-Garonne, Lignan-de-Bazas, Listrac-de-Durèze, Loubens, Louchats, Loupiac, Loupiac-de-la-Réole, Lucmau, Lugaignac, Lugasson, Marimbault, Marions, Martres, Masseilles, Massugas, Mauriac, Mazères, Mérignas, Mesterrieux, Mongauzy, Monprimblanc, Monségur, Montagoudin, Montignac, Morizès, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Origne, Paillet, Pellegrue, Pessac-sur-Dordogne, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols, Pujols-sur-Ciron, Puybarban, Rauzan, Rimons, Rions, Roaillan, Romagne, Roquebrune, Ruch, Saint-André-du-Bois, Saint-Antoine-du-Queyret, Saint-Aubin-de-Branne, Saint-Brice, Saint-Côme, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Germain-de-Grave, Saint-Germain-du-Puch, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Jean-de-Blaignac, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Martial, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pey-de-Castets, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Sève, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Symphorien, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Monségur, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Florence, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Radegonde, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulignac, Soussac, Taillecavat, Targon, Tizac-de-Curton, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-de-Rions, Virelade</t>
+  </si>
+  <si>
+    <t>SEREN'AIDES</t>
+  </si>
+  <si>
+    <t>SEREN'AIDES - TALENCE</t>
+  </si>
+  <si>
+    <t>0619286153</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Sainte Terre</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Sainte Terre - Sainte-Terre</t>
+  </si>
+  <si>
+    <t>0557471623</t>
+  </si>
+  <si>
+    <t>http://www.sainteterre.fr</t>
+  </si>
+  <si>
+    <t>Sainte-Terre</t>
+  </si>
+  <si>
+    <t>RESIDENCE COEUR DE BASSIN</t>
+  </si>
+  <si>
+    <t>RESIDENCE COEUR DE BASSIN - Audenge</t>
+  </si>
+  <si>
+    <t>0557177900</t>
+  </si>
+  <si>
+    <t>https://www.lestemplitudesaudenge.com/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arès, Audenge, Biganos, Lanton, Lège-Cap-Ferret, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>CIAS LES RIVES DE LA LAURENCE</t>
+  </si>
+  <si>
+    <t>CIAS LES RIVES DE LA LAURENCE - Saint-Loubès</t>
+  </si>
+  <si>
+    <t>0556789111</t>
+  </si>
+  <si>
+    <t>http://www.cdcsaintloubes.fr/les-services/le-c-i-a</t>
+  </si>
+  <si>
+    <t>Beychac-et-Caillau, Montussan, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide au Maintien à Domicile des Portes de l'Entre-Deux-Mers</t>
+  </si>
+  <si>
+    <t>Service d'Aide au Maintien à Domicile des Portes de l'Entre-Deux-Mers - Latresne</t>
+  </si>
+  <si>
+    <t>0556208360</t>
+  </si>
+  <si>
+    <t>http://www.cdc-portesentredeuxmers.fr/vie-quotidie</t>
+  </si>
+  <si>
+    <t>Baurech, Cambes, Camblanes-et-Meynac, Cénac, Langoiran, Latresne, Le Tourne, Lignan-de-Bordeaux, Loupes, Quinsac, Sadirac, Saint-Caprais-de-Bordeaux, Tabanac</t>
+  </si>
+  <si>
+    <t>ASAP MEDOC</t>
+  </si>
+  <si>
+    <t>ASAP MEDOC - Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>0556456797</t>
+  </si>
+  <si>
+    <t>Bégadan, Blaignan, Blanquefort, Carcans, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Gaillan-en-Médoc, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Lacanau, Le Haillan, Le Taillan-Médoc, Le Verdon-sur-Mer, Lesparre-Médoc, Martignas-sur-Jalle, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Prignac-en-Médoc, Queyrac, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Soulac-sur-Mer, Talais, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil</t>
+  </si>
+  <si>
+    <t>ESPACE ET VIE LIBOURNE</t>
+  </si>
+  <si>
+    <t>ESPACE ET VIE LIBOURNE - Libourne</t>
+  </si>
+  <si>
+    <t>0557508000</t>
+  </si>
+  <si>
+    <t>https://www.residences-espaceetvie.fr</t>
+  </si>
+  <si>
+    <t>Libourne</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Canéjan</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Canéjan - Canéjan</t>
+  </si>
+  <si>
+    <t>0556899676</t>
+  </si>
+  <si>
+    <t>https://www.canejan.fr/</t>
+  </si>
+  <si>
+    <t>Canéjan</t>
+  </si>
+  <si>
+    <t>VITAME SERVICES MEDOC</t>
+  </si>
+  <si>
+    <t>VITAME SERVICES MEDOC - Avensan</t>
+  </si>
+  <si>
+    <t>0557881589</t>
+  </si>
+  <si>
+    <t>https://www.vitame-medoc.fr</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Blanquefort, Brach, Carcans, Castelnau-de-Médoc, Cussac-Fort-Médoc, Eysines, Hourtin, Labarde, Lacanau, Lamarque, Le Haillan, Le Pian-Médoc, Le Porge, Le Taillan-Médoc, Le Temple, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Parempuyre, Pauillac, Saint-Aubin-de-Médoc, Saint-Estèphe, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Saint-Sauveur, Sainte-Hélène, Salaunes, Saumos, Soussans</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS duTeich</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS duTeich - Le Teich</t>
+  </si>
+  <si>
+    <t>0556224502</t>
+  </si>
+  <si>
+    <t>https://www.leteich.fr</t>
+  </si>
+  <si>
+    <t>Le Teich</t>
+  </si>
+  <si>
+    <t>APAISAD du Nord et Est Libournais</t>
+  </si>
+  <si>
+    <t>APAISAD du Nord et Est Libournais - Abzac</t>
+  </si>
+  <si>
+    <t>0557693616</t>
+  </si>
+  <si>
+    <t>Abzac, Auriolles, Bayas, Belvès-de-Castillon, Bonzac, Bossugan, Camps-sur-l'Isle, Caplong, Castillon-la-Bataille, Chamadelle, Civrac-sur-Dordogne, Coubeyrac, Coutras, Doulezon, Eynesse, Flaujagues, Francs, Gardegan-et-Tourtirac, Gensac, Gours, Guîtres, Juillac, La Roquille, Lagorce, Landerrouat, Lapouyade, Le Fieu, Les Artigues-de-Lussac, Les Églisottes-et-Chalaures, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Ligueux, Listrac-de-Durèze, Lussac, Maransin, Margueron, Massugas, Montagne, Mouliets-et-Villemartin, Néac, Pellegrue, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Pineuilh, Porchères, Puisseguin, Pujols, Puynormand, Rauzan, Riocaud, Sablons, Saint-André-et-Appelles, Saint-Antoine-sur-l'Isle, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Magne-de-Castillon, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Radegonde, Sainte-Terre, Savignac-de-l'Isle, Tayac, Tizac-de-Lapouyade, Vignonet</t>
+  </si>
+  <si>
+    <t>CIAS DU PAYS FOYEN -- Service d'Aide et d'Accompagnement à Domicile</t>
+  </si>
+  <si>
+    <t>CIAS DU PAYS FOYEN -- Service d'Aide et d'Accompagnement à Domicile - Pineuilh</t>
+  </si>
+  <si>
+    <t>0524241503</t>
+  </si>
+  <si>
+    <t>https://www.paysfoyen.fr</t>
+  </si>
+  <si>
+    <t>Caplong, Eynesse, La Roquille, Les Lèves-et-Thoumeyragues, Ligueux, Margueron, Pineuilh, Riocaud, Saint-André-et-Appelles, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Sainte-Foy-la-Grande</t>
+  </si>
+  <si>
+    <t>Coup d'pouce33</t>
+  </si>
+  <si>
+    <t>Coup d'pouce33 - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557958349</t>
+  </si>
+  <si>
+    <t>https://coupdpouce33.wixsite.com/website</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>DOM'ILLAC</t>
+  </si>
+  <si>
+    <t>DOM'ILLAC - Saint-Jean-d'Illac</t>
+  </si>
+  <si>
+    <t>0556217633</t>
+  </si>
+  <si>
+    <t>http://www.ducdelorge.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Audenge, Bassens, Bègles, Béguey, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cadillac, Canéjan, Carbon-Blanc, Cardan, Cenon, Cérons, Cestas, Eysines, Floirac, Gradignan, Illats, Landiras, Lanton, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lestiac-sur-Garonne, Lormont, Loupiac, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Monprimblanc, Omet, Paillet, Parempuyre, Pessac, Podensac, Portets, Preignac, Rions, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'accompagnement à domicile du CCAS de Martignas-sur-Jalles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'accompagnement à domicile du CCAS de Martignas-sur-Jalles - Martignas-sur-Jalle</t>
+  </si>
+  <si>
+    <t>0557970051</t>
+  </si>
+  <si>
+    <t>https://www.ville-martignas.fr/services-et-maintie</t>
+  </si>
+  <si>
+    <t>Martignas-sur-Jalle</t>
+  </si>
+  <si>
+    <t>DESTIA VILLENAVE D'ORNON</t>
+  </si>
+  <si>
+    <t>DESTIA VILLENAVE D'ORNON - Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>0556374909</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Cenon, Floirac, Gradignan, Le Bouscat, Lormont, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>A.A.D.P.</t>
+  </si>
+  <si>
+    <t>A.A.D.P. - Langon</t>
+  </si>
+  <si>
+    <t>0556767878</t>
+  </si>
+  <si>
+    <t>Balizac, Bieujac, Bommes, Bourideys, Castets et Castillon, Cazalis, Coimères, Fargues, Hostens, Langon, Le Pian-sur-Garonne, Le Tuzan, Léogeats, Louchats, Lucmau, Mazères, Noaillan, Origne, Pompéjac, Préchac, Roaillan, Saint-André-du-Bois, Saint-Germain-de-Grave, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Saint-Symphorien, Sauternes, Semens, Toulenne, Uzeste, Verdelais, Villandraut</t>
+  </si>
+  <si>
+    <t>oligad</t>
+  </si>
+  <si>
+    <t>oligad - Libourne</t>
+  </si>
+  <si>
+    <t>0557740526</t>
+  </si>
+  <si>
+    <t>https://www.oligad.com</t>
+  </si>
+  <si>
+    <t>Abzac, Arveyres, Bonzac, Branne, Cabara, Cadarsac, Chamadelle, Coutras, Espiet, Génissac, Guîtres, Lagorce, Lalande-de-Pomerol, Les Billaux, Les Églisottes-et-Chalaures, Libourne, Moulon, Naujan-et-Postiac, Nérigean, Pomerol, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Martin-du-Bois, Saint-Quentin-de-Baron, Tizac-de-Curton</t>
+  </si>
+  <si>
+    <t>SOS SOLUTION SERVICES</t>
+  </si>
+  <si>
+    <t>SOS SOLUTION SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0967778322</t>
+  </si>
+  <si>
+    <t>http://sossolutionservices.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Cenon, Eysines, Floirac, Gradignan, Le Bouscat, Lormont, Mérignac, Pessac, Talence</t>
+  </si>
+  <si>
+    <t>SARL 33 AGGIR A DOM</t>
+  </si>
+  <si>
+    <t>SARL 33 AGGIR A DOM - Floirac</t>
+  </si>
+  <si>
+    <t>0536893795</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Haux, La Sauve, Langoiran, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Martignas-sur-Jalle, Mérignac, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>AMSADHG</t>
+  </si>
+  <si>
+    <t>AMSADHG - Saint-Savin</t>
+  </si>
+  <si>
+    <t>0557589733</t>
+  </si>
+  <si>
+    <t>https://www.amsad33.fr</t>
+  </si>
+  <si>
+    <t>Anglade, Bayon-sur-Gironde, Berson, Blaye, Bourg, Braud-et-Saint-Louis, Campugnan, Cars, Cartelègue, Cavignac, Cézac, Civrac-de-Blaye, Comps, Cubnezais, Cubzac-les-Ponts, Donnezac, Étauliers, Eyrans, Fours, Gauriac, Gauriaguet, Générac, Lansac, Laruscade, Marcenais, Marcillac, Marsas, Mazion, Mombrier, Peujard, Plassac, Pleine-Selve, Prignac-et-Marcamps, Pugnac, Reignac, Saint-André-de-Cubzac, Saint-Androny, Saint-Aubin-de-Blaye, Saint-Caprais-de-Blaye, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Genès-de-Blaye, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Laurent-d'Arce, Saint-Mariens, Saint-Martin-Lacaussade, Saint-Palais, Saint-Paul, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Trojan, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Samonac, Saugon, Tauriac, Teuillac, Val de Virvée, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>DOMIDOM</t>
+  </si>
+  <si>
+    <t>DOMIDOM - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557591330</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Arveyres, Audenge, Avensan, Ayguemorte-les-Graves, Bassens, Bayas, Beautiran, Bègles, Belin-Béliet, Beychac-et-Caillau, Biganos, Blanquefort, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Brach, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Camarsac, Camps-sur-l'Isle, Canéjan, Carbon-Blanc, Carignan-de-Bordeaux, Castelnau-de-Médoc, Castres-Gironde, Cavignac, Cenon, Cestas, Cézac, Chamadelle, Civrac-de-Blaye, Coutras, Cubnezais, Cubzac-les-Ponts, Cussac-Fort-Médoc, Daignac, Dardenac, Donnezac, Espiet, Eysines, Fargues-Saint-Hilaire, Floirac, Gauriaguet, Génissac, Gours, Gradignan, Guîtres, Gujan-Mestras, Isle-Saint-Georges, Izon, La Brède, La Teste-de-Buch, Labarde, Lagorce, Lalande-de-Pomerol, Lamarque, Lansac, Lanton, Lapouyade, Laruscade, Le Barp, Le Bouscat, Le Fieu, Le Haillan, Le Pian-Médoc, Le Porge, Le Taillan-Médoc, Le Teich, Le Temple, Lège-Cap-Ferret, Léognan, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Listrac-Médoc, Lormont, Ludon-Médoc, Lugos, Macau, Maransin, Marcenais, Marcheprime, Margaux-Cantenac, Marsas, Martignas-sur-Jalle, Martillac, Mérignac, Mios, Mombrier, Montussan, Moulis-en-Médoc, Moulon, Nérigean, Parempuyre, Pessac, Peujard, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puynormand, Sablons, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Gervais, Saint-Jean-d'Illac, Saint-Laurent-d'Arce, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Magne, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Selve, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Yzan-de-Soudiac, Sainte-Eulalie, Sainte-Hélène, Salaunes, Sallebœuf, Salles, Saucats, Saumos, Savignac-de-l'Isle, Soussans, Talence, Tauriac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Villenave-d'Ornon, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Pierre d'Aurillac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Pierre d'Aurillac - Saint-Pierre-d'Aurillac</t>
+  </si>
+  <si>
+    <t>0556633027</t>
+  </si>
+  <si>
+    <t>Saint-André-du-Bois, Saint-Laurent-du-Plan, Saint-Martial, Saint-Martin-de-Sescas, Saint-Pierre-d'Aurillac, Semens, Verdelais</t>
+  </si>
+  <si>
+    <t>AXEO SERVICES</t>
+  </si>
+  <si>
+    <t>AXEO SERVICES - Gradignan</t>
+  </si>
+  <si>
+    <t>0556490212</t>
+  </si>
+  <si>
+    <t>https://www.axeoservices.fr</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Bazas, Beautiran, Bègles, Belin-Béliet, Bordeaux rive gauche, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Grignols, Isle-Saint-Georges, La Brède, Langon, Le Bouscat, Léognan, Martillac, Mérignac, Pessac, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AMALLYA - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556431804</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Bruges, Eysines, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Unadev</t>
+  </si>
+  <si>
+    <t>Unadev - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556338581</t>
+  </si>
+  <si>
+    <t>https://www.unadev.fr</t>
+  </si>
+  <si>
+    <t>SAD de Libourne</t>
+  </si>
+  <si>
+    <t>SAD de Libourne - Libourne</t>
+  </si>
+  <si>
+    <t>0557553374</t>
+  </si>
+  <si>
+    <t>http://www.libourne.fr</t>
+  </si>
+  <si>
+    <t>Libourne, Pomerol</t>
+  </si>
+  <si>
+    <t>MELVEA</t>
+  </si>
+  <si>
+    <t>MELVEA - Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>0540430010</t>
+  </si>
+  <si>
+    <t>https://www.melvea.fr</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Biganos, Eysines, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Bouscat, Le Haillan, Le Teich, Lège-Cap-Ferret, Marcheprime, Mérignac, Mios</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Audenge</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Audenge - Audenge</t>
+  </si>
+  <si>
+    <t>0557170115</t>
+  </si>
+  <si>
+    <t>https://www.ville-audenge.fr/saad/</t>
+  </si>
+  <si>
+    <t>Audenge</t>
+  </si>
+  <si>
+    <t>CCAS AMBES</t>
+  </si>
+  <si>
+    <t>CCAS AMBES - AMBES</t>
+  </si>
+  <si>
+    <t>0556773540</t>
+  </si>
+  <si>
+    <t>https://www.villeambes.fr/</t>
+  </si>
+  <si>
+    <t>Ambès</t>
   </si>
   <si>
     <t>FREEDOM SENIOR COMPAGNIE</t>
   </si>
   <si>
     <t>FREEDOM SENIOR COMPAGNIE - Bordeaux</t>
   </si>
   <si>
     <t>0556523479</t>
   </si>
   <si>
     <t>https://www.senior-compagnie.fr</t>
   </si>
   <si>
     <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Cenon, Eysines, Floirac, Le Bouscat, Lormont, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
   </si>
   <si>
-    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Belin-Beliet</t>
-[...154 lines deleted...]
-  <si>
     <t>Azaé Bassin d'Arcachon</t>
   </si>
   <si>
     <t>Azaé Bassin d'Arcachon - Biganos</t>
   </si>
   <si>
     <t>0556264150</t>
   </si>
   <si>
     <t>https://www.azae.com/</t>
   </si>
   <si>
     <t>Aillas, Andernos-les-Bains, Arbanats, Arbis, Arcachon, Arès, Aubiac, Audenge, Auros, Ayguemorte-les-Graves, Baigneaux, Balizac, Barie, Barsac, Bassanne, Bazas, Beautiran, Bègles, Béguey, Belin-Béliet, Bellebat, Bellefond, Bernos-Beaulac, Berthez, Bieujac, Biganos, Birac, Blaignac, Blasimon, Bommes, Bordeaux rive gauche, Bourdelles, Bourideys, Brannens, Brouqueyran, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Canéjan, Cantois, Captieux, Casseuil, Castelmoron-d'Albret, Castelviel, Castets et Castillon, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cérons, Cessac, Cestas, Cleyrac, Coimères, Coirac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutures, Cudos, Daubèze, Dieulivol, Escaudes, Faleyras, Fargues, Floudès, Fontet, Frontenac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gradignan, Grignols, Guillos, Gujan-Mestras, Hostens, Hure, Illats, Isle-Saint-Georges, La Brède, La Réole, La Teste-de-Buch, Labescau, Ladaux, Lados, Landerrouet-sur-Ségur, Landiras, Langon, Lanton, Lartigue, Lavazan, Le Barp, Le Nizan, Le Pian-sur-Garonne, Le Porge, Le Puy, Le Teich, Le Tuzan, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Lignan-de-Bazas, Louchats, Loupiac-de-la-Réole, Lucmau, Lugasson, Lugos, Marcheprime, Marimbault, Marions, Martillac, Martres, Masseilles, Mauriac, Mazères, Mesterrieux, Mios, Montignac, Mourens, Neuffons, Noaillac, Noaillan, Origne, Pessac, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols-sur-Ciron, Puybarban, Rimons, Rions, Roaillan, Romagne, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Côme, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Jean-d'Illac, Saint-Laurent-du-Bois, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Médard-d'Eyrans, Saint-Michel-de-Castelnau, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Selve, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Symphorien, Sainte-Croix-du-Mont, Sainte-Gemme, Salles, Saucats, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Sendets, Sigalens, Sillas, Soulignac, Soussac, Taillecavat, Talence, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-d'Ornon, Virelade</t>
   </si>
   <si>
-    <t>AXEO SERVICES</t>
-[...110 lines deleted...]
-    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arès, Artigues-près-Bordeaux, Arveyres, Asques, Audenge, Bassens, Bayas, Bègles, Biganos, Blanquefort, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Bruges, Cadarsac, Cadillac-en-Fronsadais, Camps-sur-l'Isle, Carbon-Blanc, Carcans, Cenon, Chamadelle, Coutras, Cubzac-les-Ponts, Daignac, Dardenac, Espiet, Eysines, Floirac, Fronsac, Galgon, Gauriaguet, Génissac, Gours, Gradignan, Grayan-et-l'Hôpital, Guîtres, Gujan-Mestras, Hourtin, Izon, Jau-Dignac-et-Loirac, La Lande-de-Fronsac, La Rivière, La Teste-de-Buch, Lacanau, Lagorce, Lalande-de-Pomerol, Lansac, Lanton, Lapouyade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Le Teich, Le Verdon-sur-Mer, Lège-Cap-Ferret, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Lugon-et-l'Île-du-Carnay, Maransin, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Mombrier, Mouillac, Moulon, Naujac-sur-Mer, Nérigean, Parempuyre, Périssac, Pessac, Peujard, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puynormand, Queyrac, Sablons, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Genès-de-Fronsac, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Laurent-d'Arce, Saint-Louis-de-Montferrand, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Fronsac, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Savignac-de-l'Isle, Soulac-sur-Mer, Talais, Talence, Tarnès, Tauriac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Villegouge, Villenave-d'Ornon, Virsac</t>
+    <t>NERIGEA'DOM</t>
+  </si>
+  <si>
+    <t>NERIGEA'DOM - Nérigean</t>
+  </si>
+  <si>
+    <t>0557515913</t>
+  </si>
+  <si>
+    <t>https://nerigean.fr/nerigeadom/</t>
+  </si>
+  <si>
+    <t>Daignac, Dardenac, Espiet, Génissac, Moulon, Nérigean, Saint-Germain-du-Puch, Saint-Quentin-de-Baron, Tizac-de-Curton</t>
+  </si>
+  <si>
+    <t>AD Seniors Merignac</t>
+  </si>
+  <si>
+    <t>AD Seniors Merignac - Mérignac</t>
+  </si>
+  <si>
+    <t>0631725079</t>
+  </si>
+  <si>
+    <t>https://www.adseniors.com</t>
+  </si>
+  <si>
+    <t>Eysines, Mérignac</t>
+  </si>
+  <si>
+    <t>SAAD - CCAS DE TALENCE</t>
+  </si>
+  <si>
+    <t>SAAD - CCAS DE TALENCE - Talence</t>
+  </si>
+  <si>
+    <t>0556847875</t>
+  </si>
+  <si>
+    <t>Talence</t>
+  </si>
+  <si>
+    <t>CONFIEZ NOUS</t>
+  </si>
+  <si>
+    <t>CONFIEZ NOUS - Podensac</t>
+  </si>
+  <si>
+    <t>0556768841</t>
+  </si>
+  <si>
+    <t>http://www.confiez-nous.fr</t>
+  </si>
+  <si>
+    <t>Arbanats, Barsac, Béguey, Cadillac, Cérons, Illats, Loupiac, Paillet, Podensac, Portets, Preignac, Rions, Saint-Michel-de-Rieufret, Sainte-Croix-du-Mont, Virelade</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Blaye</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Blaye - Blaye</t>
+  </si>
+  <si>
+    <t>0557427523</t>
+  </si>
+  <si>
+    <t>https://ccb-blaye.com/service-a-la-personne/le-cen</t>
+  </si>
+  <si>
+    <t>Bayon-sur-Gironde, Berson, Blaye, Campugnan, Cars, Comps, Fours, Gauriac, Générac, Plassac, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Genès-de-Blaye, Saint-Girons-d'Aiguevives, Saint-Martin-Lacaussade, Saint-Paul, Saint-Seurin-de-Bourg, Samonac, Saugon, Villeneuve</t>
+  </si>
+  <si>
+    <t>Soins Sante Domicile</t>
+  </si>
+  <si>
+    <t>Soins Sante Domicile - Pessac</t>
+  </si>
+  <si>
+    <t>0556450293</t>
+  </si>
+  <si>
+    <t>https://www.soinssantedomicile.fr</t>
+  </si>
+  <si>
+    <t>Générale Des Services Bordeaux Rive Droite</t>
+  </si>
+  <si>
+    <t>Générale Des Services Bordeaux Rive Droite - Bordeaux</t>
+  </si>
+  <si>
+    <t>0524703270</t>
+  </si>
+  <si>
+    <t>http://bordeaux-rive-droite.generaledesservices.co</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Floirac, Lormont</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Lanton</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Lanton - Lanton</t>
+  </si>
+  <si>
+    <t>0556038625</t>
+  </si>
+  <si>
+    <t>https://www.mairie-lanton.fr/quotidien/solidarite/</t>
+  </si>
+  <si>
+    <t>Lanton</t>
+  </si>
+  <si>
+    <t>SOS AIDES A DOMICILE</t>
+  </si>
+  <si>
+    <t>SOS AIDES A DOMICILE - Talence</t>
+  </si>
+  <si>
+    <t>0556290644</t>
+  </si>
+  <si>
+    <t>https://WWW.SOS-AIDES-A-DOMICILE.FR</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Gradignan, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AIDE@VENIR</t>
+  </si>
+  <si>
+    <t>AIDE@VENIR - Langon</t>
+  </si>
+  <si>
+    <t>0556631433</t>
+  </si>
+  <si>
+    <t>https://www.aide-a-venir.com</t>
+  </si>
+  <si>
+    <t>Aillas, Ambarès-et-Lagrave, Ambès, Arbanats, Arcins, Arsac, Artigues-près-Bordeaux, Asques, Aubiac, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Baurech, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Béguey, Bernos-Beaulac, Berson, Berthez, Beychac-et-Caillau, Bieujac, Birac, Blaignac, Blaignan, Blanquefort, Blaye, Blésignac, Bommes, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Brouqueyran, Bruges, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Campugnan, Canéjan, Capian, Captieux, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Casseuil, Castelnau-de-Médoc, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cénac, Cenon, Cérons, Cestas, Cissac-Médoc, Civrac-en-Médoc, Coimères, Comps, Couquèques, Cours-les-Bains, Créon, Croignon, Cubzac-les-Ponts, Cudos, Cursan, Cussac-Fort-Médoc, Donzac, Escaudes, Escoussans, Eysines, Fargues, Fargues-Saint-Hilaire, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Fronsac, Gabarnac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gauriac, Gauriaguet, Générac, Gironde-sur-Dropt, Giscos, Goualade, Gradignan, Grayan-et-l'Hôpital, Grignols, Guillos, Haux, Hostens, Hourtin, Hure, Illats, Isle-Saint-Georges, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Sauve, Labarde, Labescau, Lacanau, Lados, Lamarque, Lamothe-Landerron, Landiras, Langoiran, Langon, Lansac, Laroque, Lartigue, Latresne, Lavazan, Le Bouscat, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Taillan-Médoc, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Léogeats, Léognan, Lerm-et-Musset, Les Esseintes, Lesparre-Médoc, Lestiac-sur-Garonne, Lignan-de-Bazas, Lignan-de-Bordeaux, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugon-et-l'Île-du-Carnay, Macau, Madirac, Margaux-Cantenac, Marimbault, Marions, Martignas-sur-Jalle, Martillac, Masseilles, Mazères, Mérignac, Mombrier, Mongauzy, Monprimblanc, Monségur, Montagoudin, Montussan, Morizès, Mouillac, Moulis-en-Médoc, Naujac-sur-Mer, Noaillac, Noaillan, Omet, Ordonnac, Origne, Paillet, Parempuyre, Pauillac, Périssac, Pessac, Peujard, Plassac, Podensac, Pompéjac, Pompignac, Pondaurat, Portets, Préchac, Preignac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Pujols-sur-Ciron, Puybarban, Queyrac, Quinsac, Rions, Roaillan, Roquebrune, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Ciers-de-Canesse, Saint-Côme, Saint-Estèphe, Saint-Exupéry, Saint-Genès-de-Blaye, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Sève, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzans-de-Médoc, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Foy-la-Longue, Sainte-Hélène, Salaunes, Sallebœuf, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soussans, Tabanac, Talais, Talence, Tarnès, Tauriac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Valeyrac, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Villandraut, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Vayres</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Vayres - Vayres</t>
+  </si>
+  <si>
+    <t>0533030013</t>
+  </si>
+  <si>
+    <t>http://www.mairie-vayres.com/Centre-Communal-d-Action-Sociale</t>
+  </si>
+  <si>
+    <t>Vayres</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS d'Eysines</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS d'Eysines - Eysines</t>
+  </si>
+  <si>
+    <t>0556161814</t>
+  </si>
+  <si>
+    <t>https://www.eysines.fr/ma-ville/elus/le-ccas-2/</t>
+  </si>
+  <si>
+    <t>Eysines</t>
+  </si>
+  <si>
+    <t>AZAE LIBOURNE</t>
+  </si>
+  <si>
+    <t>AZAE LIBOURNE - Libourne</t>
+  </si>
+  <si>
+    <t>0557848501</t>
+  </si>
+  <si>
+    <t>Abzac, Arbis, Arveyres, Asques, Baigneaux, Baron, Baurech, Bayas, Bayon-sur-Gironde, Bellebat, Bellefond, Belvès-de-Castillon, Berson, Beychac-et-Caillau, Blasimon, Blaye, Blésignac, Bonnetan, Bonzac, Bourg, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Campugnan, Cantois, Capian, Carignan-de-Bordeaux, Cars, Castelmoron-d'Albret, Castelviel, Caumont, Cazaugitat, Cénac, Cessac, Chamadelle, Cleyrac, Coirac, Comps, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Espiet, Faleyras, Fargues-Saint-Hilaire, Fours, Francs, Fronsac, Frontenac, Galgon, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gornac, Gours, Guîtres, Haux, Izon, La Lande-de-Fronsac, La Rivière, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouet-sur-Ségur, Langoiran, Lansac, Lapouyade, Latresne, Le Fieu, Le Pout, Le Puy, Le Tourne, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lignan-de-Bordeaux, Loupes, Lugasson, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Martres, Mauriac, Mesterrieux, Mombrier, Montagne, Montignac, Montussan, Mouillac, Moulon, Mourens, Néac, Nérigean, Neuffons, Périssac, Petit-Palais-et-Cornemps, Peujard, Plassac, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Puynormand, Quinsac, Rimons, Romagne, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-de-Bourg, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vivien-de-Blaye, Sainte-Eulalie, Sainte-Gemme, Sainte-Terre, Sallebœuf, Samonac, Saugon, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Villeneuve, Virsac, Yvrac</t>
   </si>
   <si>
     <t>DOMIS +</t>
   </si>
   <si>
     <t>DOMIS + - Bazas</t>
   </si>
   <si>
     <t>0556651200</t>
   </si>
   <si>
     <t>https://www.domisplus.com</t>
   </si>
   <si>
     <t>Aillas, Arbanats, Aubiac, Auros, Ayguemorte-les-Graves, Balizac, Barie, Barsac, Bazas, Beautiran, Béguey, Belin-Béliet, Bernos-Beaulac, Berthez, Bieujac, Birac, Bommes, Bourideys, Brannens, Brouqueyran, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Captieux, Cardan, Casseuil, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cérons, Coimères, Cours-les-Bains, Cudos, Donzac, Escaudes, Escoussans, Fargues, Fontet, Gabarnac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Goualade, Grignols, Guillos, Hostens, Hure, Illats, Isle-Saint-Georges, La Brède, Labescau, Lados, Landiras, Langon, Laroque, Lartigue, Lavazan, Le Barp, Le Nizan, Le Pian-sur-Garonne, Le Tuzan, Léogeats, Léognan, Lerm-et-Musset, Lestiac-sur-Garonne, Lignan-de-Bazas, Louchats, Loupiac, Lucmau, Lugos, Marimbault, Marions, Martillac, Masseilles, Mazères, Monprimblanc, Noaillan, Omet, Origne, Paillet, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols-sur-Ciron, Puybarban, Rions, Roaillan, Saint-André-du-Bois, Saint-Côme, Saint-Germain-de-Grave, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Médard-d'Eyrans, Saint-Michel-de-Castelnau, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Selve, Saint-Symphorien, Sainte-Croix-du-Mont, Salles, Saucats, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Toulenne, Uzeste, Verdelais, Villandraut, Virelade</t>
   </si>
   <si>
-    <t>ESAD - CIAS de l'Estuaire</t>
-[...218 lines deleted...]
-    <t>0557327320</t>
+    <t>DOMUSVI DOMICILE</t>
+  </si>
+  <si>
+    <t>DOMUSVI DOMICILE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0533003179</t>
+  </si>
+  <si>
+    <t>https://www.domusvi.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arès, Artigues-près-Bordeaux, Audenge, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Biganos, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Gujan-Mestras, Haux, La Sauve, La Teste-de-Buch, Langoiran, Lanton, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Teich, Le Tourne, Lège-Cap-Ferret, Libourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>DOMA VITAE</t>
+  </si>
+  <si>
+    <t>DOMA VITAE - Biganos</t>
+  </si>
+  <si>
+    <t>0557161021</t>
+  </si>
+  <si>
+    <t>https://www.maintien-adom.com</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Belin-Béliet, Biganos, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Barp, Le Teich, Lège-Cap-Ferret, Lugos, Marcheprime, Mios, Salles</t>
   </si>
   <si>
     <t>A.A.S.</t>
   </si>
   <si>
     <t>A.A.S. - Ambarès-et-Lagrave</t>
   </si>
   <si>
     <t>0556060549</t>
   </si>
   <si>
     <t>Ambarès-et-Lagrave, Ambès, Bassens, Carbon-Blanc, Saint-Louis-de-Montferrand, Saint-Vincent-de-Paul</t>
-  </si>
-[...1534 lines deleted...]
-    <t>Balizac, Bieujac, Bommes, Bourideys, Castets et Castillon, Cazalis, Coimères, Fargues, Hostens, Langon, Le Pian-sur-Garonne, Le Tuzan, Léogeats, Louchats, Lucmau, Mazères, Noaillan, Origne, Pompéjac, Préchac, Roaillan, Saint-André-du-Bois, Saint-Germain-de-Grave, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Saint-Symphorien, Sauternes, Semens, Toulenne, Uzeste, Verdelais, Villandraut</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2667,86 +2667,84 @@
         <v>8</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>25</v>
       </c>
-      <c r="E5" t="s">
+      <c r="E5"/>
+      <c r="F5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C6" t="s">
         <v>8</v>
       </c>
       <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
         <v>30</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
         <v>33</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="D7" t="s">
         <v>35</v>
       </c>
       <c r="E7" t="s">
         <v>36</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>14</v>
       </c>
       <c r="D8" t="s">
         <v>40</v>
       </c>
       <c r="E8" t="s">
@@ -2782,2889 +2780,2891 @@
       </c>
       <c r="B10" t="s">
         <v>49</v>
       </c>
       <c r="C10" t="s">
         <v>14</v>
       </c>
       <c r="D10" t="s">
         <v>50</v>
       </c>
       <c r="E10" t="s">
         <v>51</v>
       </c>
       <c r="F10" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>53</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>55</v>
       </c>
       <c r="E11" t="s">
         <v>56</v>
       </c>
       <c r="F11" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>58</v>
       </c>
       <c r="B12" t="s">
         <v>59</v>
       </c>
       <c r="C12" t="s">
         <v>14</v>
       </c>
       <c r="D12" t="s">
         <v>60</v>
       </c>
       <c r="E12" t="s">
         <v>61</v>
       </c>
       <c r="F12" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>63</v>
       </c>
       <c r="B13" t="s">
         <v>64</v>
       </c>
       <c r="C13" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D13" t="s">
         <v>65</v>
       </c>
       <c r="E13" t="s">
         <v>66</v>
       </c>
       <c r="F13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>68</v>
       </c>
       <c r="B14" t="s">
         <v>69</v>
       </c>
       <c r="C14" t="s">
         <v>8</v>
       </c>
       <c r="D14" t="s">
         <v>70</v>
       </c>
       <c r="E14" t="s">
         <v>71</v>
       </c>
       <c r="F14" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>73</v>
       </c>
       <c r="B15" t="s">
         <v>74</v>
       </c>
       <c r="C15" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" t="s">
         <v>75</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>76</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
+        <v>78</v>
+      </c>
+      <c r="B16" t="s">
         <v>79</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
+        <v>14</v>
+      </c>
+      <c r="D16" t="s">
         <v>80</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>81</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
+        <v>83</v>
+      </c>
+      <c r="B17" t="s">
         <v>84</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" t="s">
         <v>85</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>86</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
+        <v>88</v>
+      </c>
+      <c r="B18" t="s">
         <v>89</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
+        <v>14</v>
+      </c>
+      <c r="D18" t="s">
         <v>90</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
         <v>91</v>
       </c>
-      <c r="D18" t="s">
+      <c r="F18" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
+        <v>93</v>
+      </c>
+      <c r="B19" t="s">
+        <v>94</v>
+      </c>
+      <c r="C19" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" t="s">
         <v>95</v>
       </c>
-      <c r="B19" t="s">
+      <c r="E19" t="s">
         <v>96</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="F19" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" t="s">
+        <v>14</v>
+      </c>
+      <c r="D20" t="s">
         <v>100</v>
       </c>
-      <c r="B20" t="s">
+      <c r="E20" t="s">
         <v>101</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="F20" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
+        <v>103</v>
+      </c>
+      <c r="B21" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" t="s">
+        <v>14</v>
+      </c>
+      <c r="D21" t="s">
         <v>105</v>
       </c>
-      <c r="B21" t="s">
+      <c r="E21" t="s">
         <v>106</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="F21" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B22" t="s">
+        <v>109</v>
+      </c>
+      <c r="C22" t="s">
+        <v>14</v>
+      </c>
+      <c r="D22" t="s">
         <v>110</v>
       </c>
-      <c r="B22" t="s">
+      <c r="E22" t="s">
         <v>111</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="F22" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
+        <v>113</v>
+      </c>
+      <c r="B23" t="s">
+        <v>114</v>
+      </c>
+      <c r="C23" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" t="s">
         <v>115</v>
       </c>
-      <c r="B23" t="s">
+      <c r="E23" t="s">
         <v>116</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+      <c r="F23" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
+        <v>118</v>
+      </c>
+      <c r="B24" t="s">
         <v>119</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
+        <v>14</v>
+      </c>
+      <c r="D24" t="s">
         <v>120</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+      <c r="E24"/>
+      <c r="F24" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
+        <v>122</v>
+      </c>
+      <c r="B25" t="s">
+        <v>123</v>
+      </c>
+      <c r="C25" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" t="s">
         <v>124</v>
       </c>
-      <c r="B25" t="s">
+      <c r="E25" t="s">
         <v>125</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+      <c r="F25" t="s">
         <v>126</v>
-      </c>
-[...2 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
+        <v>127</v>
+      </c>
+      <c r="B26" t="s">
         <v>128</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
+        <v>14</v>
+      </c>
+      <c r="D26" t="s">
         <v>129</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+      <c r="E26"/>
+      <c r="F26" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
+        <v>131</v>
+      </c>
+      <c r="B27" t="s">
+        <v>132</v>
+      </c>
+      <c r="C27" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" t="s">
         <v>133</v>
       </c>
-      <c r="B27" t="s">
+      <c r="E27"/>
+      <c r="F27" t="s">
         <v>134</v>
-      </c>
-[...10 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
+        <v>135</v>
+      </c>
+      <c r="B28" t="s">
+        <v>136</v>
+      </c>
+      <c r="C28" t="s">
+        <v>34</v>
+      </c>
+      <c r="D28" t="s">
+        <v>137</v>
+      </c>
+      <c r="E28" t="s">
         <v>138</v>
       </c>
-      <c r="B28" t="s">
+      <c r="F28" t="s">
         <v>139</v>
-      </c>
-[...10 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
+        <v>140</v>
+      </c>
+      <c r="B29" t="s">
+        <v>141</v>
+      </c>
+      <c r="C29" t="s">
+        <v>14</v>
+      </c>
+      <c r="D29" t="s">
+        <v>142</v>
+      </c>
+      <c r="E29" t="s">
         <v>143</v>
       </c>
-      <c r="B29" t="s">
+      <c r="F29" t="s">
         <v>144</v>
-      </c>
-[...8 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
+        <v>145</v>
+      </c>
+      <c r="B30" t="s">
+        <v>146</v>
+      </c>
+      <c r="C30" t="s">
+        <v>14</v>
+      </c>
+      <c r="D30" t="s">
         <v>147</v>
       </c>
-      <c r="B30" t="s">
+      <c r="E30" t="s">
         <v>148</v>
       </c>
-      <c r="C30" t="s">
-[...2 lines deleted...]
-      <c r="D30" t="s">
+      <c r="F30" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
+        <v>150</v>
+      </c>
+      <c r="B31" t="s">
+        <v>151</v>
+      </c>
+      <c r="C31" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" t="s">
         <v>152</v>
       </c>
-      <c r="B31" t="s">
+      <c r="E31" t="s">
         <v>153</v>
       </c>
-      <c r="C31" t="s">
-[...2 lines deleted...]
-      <c r="D31" t="s">
+      <c r="F31" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
+        <v>155</v>
+      </c>
+      <c r="B32" t="s">
+        <v>156</v>
+      </c>
+      <c r="C32" t="s">
+        <v>14</v>
+      </c>
+      <c r="D32" t="s">
         <v>157</v>
       </c>
-      <c r="B32" t="s">
+      <c r="E32"/>
+      <c r="F32" t="s">
         <v>158</v>
-      </c>
-[...10 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B33" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C33" t="s">
         <v>14</v>
       </c>
       <c r="D33" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
+        <v>163</v>
+      </c>
+      <c r="B34" t="s">
+        <v>164</v>
+      </c>
+      <c r="C34" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" t="s">
+        <v>165</v>
+      </c>
+      <c r="E34" t="s">
         <v>166</v>
       </c>
-      <c r="B34" t="s">
+      <c r="F34" t="s">
         <v>167</v>
-      </c>
-[...10 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
+        <v>168</v>
+      </c>
+      <c r="B35" t="s">
+        <v>169</v>
+      </c>
+      <c r="C35" t="s">
+        <v>14</v>
+      </c>
+      <c r="D35" t="s">
+        <v>170</v>
+      </c>
+      <c r="E35" t="s">
         <v>171</v>
       </c>
-      <c r="B35" t="s">
+      <c r="F35" t="s">
         <v>172</v>
-      </c>
-[...10 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
+        <v>173</v>
+      </c>
+      <c r="B36" t="s">
+        <v>174</v>
+      </c>
+      <c r="C36" t="s">
+        <v>14</v>
+      </c>
+      <c r="D36" t="s">
+        <v>175</v>
+      </c>
+      <c r="E36" t="s">
         <v>176</v>
       </c>
-      <c r="B36" t="s">
+      <c r="F36" t="s">
         <v>177</v>
-      </c>
-[...10 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
+        <v>178</v>
+      </c>
+      <c r="B37" t="s">
+        <v>179</v>
+      </c>
+      <c r="C37" t="s">
+        <v>34</v>
+      </c>
+      <c r="D37" t="s">
+        <v>180</v>
+      </c>
+      <c r="E37" t="s">
         <v>181</v>
       </c>
-      <c r="B37" t="s">
+      <c r="F37" t="s">
         <v>182</v>
-      </c>
-[...10 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
+        <v>183</v>
+      </c>
+      <c r="B38" t="s">
+        <v>184</v>
+      </c>
+      <c r="C38" t="s">
+        <v>34</v>
+      </c>
+      <c r="D38" t="s">
+        <v>185</v>
+      </c>
+      <c r="E38" t="s">
         <v>186</v>
       </c>
-      <c r="B38" t="s">
+      <c r="F38" t="s">
         <v>187</v>
-      </c>
-[...10 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
+        <v>188</v>
+      </c>
+      <c r="B39" t="s">
+        <v>189</v>
+      </c>
+      <c r="C39" t="s">
+        <v>14</v>
+      </c>
+      <c r="D39" t="s">
+        <v>190</v>
+      </c>
+      <c r="E39" t="s">
         <v>191</v>
       </c>
-      <c r="B39" t="s">
+      <c r="F39" t="s">
         <v>192</v>
-      </c>
-[...10 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
+        <v>193</v>
+      </c>
+      <c r="B40" t="s">
+        <v>194</v>
+      </c>
+      <c r="C40" t="s">
+        <v>195</v>
+      </c>
+      <c r="D40" t="s">
         <v>196</v>
       </c>
-      <c r="B40" t="s">
+      <c r="E40" t="s">
         <v>197</v>
       </c>
-      <c r="C40" t="s">
-[...2 lines deleted...]
-      <c r="D40" t="s">
+      <c r="F40" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
+        <v>199</v>
+      </c>
+      <c r="B41" t="s">
+        <v>200</v>
+      </c>
+      <c r="C41" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>203</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
+        <v>203</v>
+      </c>
+      <c r="B42" t="s">
+        <v>204</v>
+      </c>
+      <c r="C42" t="s">
+        <v>14</v>
+      </c>
+      <c r="D42" t="s">
         <v>205</v>
       </c>
-      <c r="B42" t="s">
+      <c r="E42" t="s">
         <v>206</v>
       </c>
-      <c r="C42" t="s">
-[...2 lines deleted...]
-      <c r="D42" t="s">
+      <c r="F42" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
+        <v>208</v>
+      </c>
+      <c r="B43" t="s">
+        <v>209</v>
+      </c>
+      <c r="C43" t="s">
+        <v>14</v>
+      </c>
+      <c r="D43" t="s">
         <v>210</v>
       </c>
-      <c r="B43" t="s">
+      <c r="E43" t="s">
         <v>211</v>
       </c>
-      <c r="C43" t="s">
-[...2 lines deleted...]
-      <c r="D43" t="s">
+      <c r="F43" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
+        <v>213</v>
+      </c>
+      <c r="B44" t="s">
         <v>214</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
+        <v>14</v>
+      </c>
+      <c r="D44" t="s">
         <v>215</v>
       </c>
-      <c r="C44" t="s">
-[...2 lines deleted...]
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>216</v>
       </c>
-      <c r="E44"/>
       <c r="F44" t="s">
-        <v>146</v>
+        <v>217</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B45" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C45" t="s">
         <v>8</v>
       </c>
       <c r="D45" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="E45"/>
+        <v>220</v>
+      </c>
+      <c r="E45" t="s">
+        <v>221</v>
+      </c>
       <c r="F45" t="s">
-        <v>220</v>
+        <v>172</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B46" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C46" t="s">
         <v>14</v>
       </c>
       <c r="D46" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="E46" t="s">
         <v>224</v>
       </c>
+      <c r="E46"/>
       <c r="F46" t="s">
-        <v>72</v>
+        <v>225</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B47" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C47" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D47" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="E47" t="s">
         <v>228</v>
       </c>
+      <c r="E47"/>
       <c r="F47" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>230</v>
       </c>
       <c r="B48" t="s">
         <v>231</v>
       </c>
       <c r="C48" t="s">
         <v>14</v>
       </c>
       <c r="D48" t="s">
         <v>232</v>
       </c>
       <c r="E48" t="s">
         <v>233</v>
       </c>
       <c r="F48" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>235</v>
       </c>
       <c r="B49" t="s">
         <v>236</v>
       </c>
       <c r="C49" t="s">
         <v>14</v>
       </c>
       <c r="D49" t="s">
         <v>237</v>
       </c>
-      <c r="E49"/>
+      <c r="E49" t="s">
+        <v>238</v>
+      </c>
       <c r="F49" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B50" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C50" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="D50" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E50" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F50" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B51" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C51" t="s">
         <v>8</v>
       </c>
       <c r="D51" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E51" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F51" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>249</v>
+        <v>163</v>
       </c>
       <c r="B52" t="s">
         <v>250</v>
       </c>
       <c r="C52" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D52" t="s">
         <v>251</v>
       </c>
       <c r="E52" t="s">
+        <v>166</v>
+      </c>
+      <c r="F52" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
+        <v>253</v>
+      </c>
+      <c r="B53" t="s">
         <v>254</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" t="s">
         <v>255</v>
       </c>
-      <c r="C53" t="s">
-[...2 lines deleted...]
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>256</v>
       </c>
-      <c r="E53" t="s">
+      <c r="F53" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
+        <v>258</v>
+      </c>
+      <c r="B54" t="s">
         <v>259</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
+        <v>14</v>
+      </c>
+      <c r="D54" t="s">
         <v>260</v>
       </c>
-      <c r="C54" t="s">
-[...2 lines deleted...]
-      <c r="D54" t="s">
+      <c r="E54"/>
+      <c r="F54" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
+        <v>262</v>
+      </c>
+      <c r="B55" t="s">
+        <v>263</v>
+      </c>
+      <c r="C55" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" t="s">
         <v>264</v>
       </c>
-      <c r="B55" t="s">
+      <c r="E55" t="s">
+        <v>153</v>
+      </c>
+      <c r="F55" t="s">
         <v>265</v>
-      </c>
-[...10 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
+        <v>266</v>
+      </c>
+      <c r="B56" t="s">
+        <v>267</v>
+      </c>
+      <c r="C56" t="s">
+        <v>14</v>
+      </c>
+      <c r="D56" t="s">
+        <v>268</v>
+      </c>
+      <c r="E56"/>
+      <c r="F56" t="s">
         <v>269</v>
-      </c>
-[...13 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="B57" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C57" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="D57" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="E57" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="F57" t="s">
-        <v>278</v>
+        <v>172</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="B58" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="C58" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D58" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="E58" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="F58" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="B59" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="C59" t="s">
         <v>14</v>
       </c>
       <c r="D59" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="E59" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="F59" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B60" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="C60" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="D60" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="E60" t="s">
-        <v>292</v>
+        <v>197</v>
       </c>
       <c r="F60" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="B61" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="C61" t="s">
-        <v>296</v>
+        <v>34</v>
       </c>
       <c r="D61" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="E61"/>
+        <v>290</v>
+      </c>
+      <c r="E61" t="s">
+        <v>291</v>
+      </c>
       <c r="F61" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="B62" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="C62" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D62" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="E62" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="F62" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="B63" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="C63" t="s">
         <v>8</v>
       </c>
       <c r="D63" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="E63" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="F63" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>309</v>
+        <v>163</v>
       </c>
       <c r="B64" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="C64" t="s">
         <v>14</v>
       </c>
       <c r="D64" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="E64" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="F64" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="B65" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="C65" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="D65" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="E65" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="F65" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="B66" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="C66" t="s">
         <v>14</v>
       </c>
       <c r="D66" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="E66" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="F66" t="s">
-        <v>323</v>
+        <v>265</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="B67" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="C67" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="D67" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="E67" t="s">
-        <v>327</v>
+        <v>238</v>
       </c>
       <c r="F67" t="s">
-        <v>72</v>
+        <v>319</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="B68" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="C68" t="s">
         <v>14</v>
       </c>
       <c r="D68" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="E68" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="F68" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="B69" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
       <c r="C69" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D69" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="E69" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="F69" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>338</v>
+        <v>163</v>
       </c>
       <c r="B70" t="s">
-        <v>339</v>
+        <v>330</v>
       </c>
       <c r="C70" t="s">
         <v>14</v>
       </c>
       <c r="D70" t="s">
-        <v>340</v>
+        <v>331</v>
       </c>
       <c r="E70" t="s">
-        <v>341</v>
+        <v>305</v>
       </c>
       <c r="F70" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>343</v>
+        <v>333</v>
       </c>
       <c r="B71" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="C71" t="s">
         <v>14</v>
       </c>
       <c r="D71" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="E71"/>
+        <v>335</v>
+      </c>
+      <c r="E71" t="s">
+        <v>336</v>
+      </c>
       <c r="F71" t="s">
-        <v>346</v>
+        <v>337</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="B72" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
       <c r="C72" t="s">
         <v>14</v>
       </c>
       <c r="D72" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="E72" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="F72" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="B73" t="s">
-        <v>353</v>
+        <v>344</v>
       </c>
       <c r="C73" t="s">
-        <v>14</v>
+        <v>345</v>
       </c>
       <c r="D73" t="s">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="E73"/>
       <c r="F73" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="B74" t="s">
-        <v>358</v>
+        <v>349</v>
       </c>
       <c r="C74" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D74" t="s">
-        <v>359</v>
-[...3 lines deleted...]
-      </c>
+        <v>350</v>
+      </c>
+      <c r="E74"/>
       <c r="F74" t="s">
-        <v>361</v>
+        <v>162</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>362</v>
+        <v>351</v>
       </c>
       <c r="B75" t="s">
-        <v>363</v>
+        <v>352</v>
       </c>
       <c r="C75" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="D75" t="s">
-        <v>364</v>
+        <v>353</v>
       </c>
       <c r="E75" t="s">
-        <v>365</v>
+        <v>354</v>
       </c>
       <c r="F75" t="s">
-        <v>366</v>
+        <v>355</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>367</v>
+        <v>356</v>
       </c>
       <c r="B76" t="s">
-        <v>368</v>
+        <v>357</v>
       </c>
       <c r="C76" t="s">
         <v>8</v>
       </c>
       <c r="D76" t="s">
-        <v>369</v>
+        <v>358</v>
       </c>
       <c r="E76" t="s">
-        <v>370</v>
+        <v>359</v>
       </c>
       <c r="F76" t="s">
-        <v>371</v>
+        <v>360</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="B77" t="s">
-        <v>373</v>
+        <v>362</v>
       </c>
       <c r="C77" t="s">
         <v>14</v>
       </c>
       <c r="D77" t="s">
-        <v>374</v>
+        <v>363</v>
       </c>
       <c r="E77" t="s">
-        <v>375</v>
+        <v>364</v>
       </c>
       <c r="F77" t="s">
-        <v>376</v>
+        <v>365</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>377</v>
+        <v>366</v>
       </c>
       <c r="B78" t="s">
-        <v>378</v>
+        <v>367</v>
       </c>
       <c r="C78" t="s">
         <v>8</v>
       </c>
       <c r="D78" t="s">
-        <v>379</v>
+        <v>368</v>
       </c>
       <c r="E78" t="s">
-        <v>380</v>
+        <v>369</v>
       </c>
       <c r="F78" t="s">
-        <v>381</v>
+        <v>370</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>382</v>
+        <v>371</v>
       </c>
       <c r="B79" t="s">
-        <v>383</v>
+        <v>372</v>
       </c>
       <c r="C79" t="s">
         <v>14</v>
       </c>
       <c r="D79" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="E79"/>
+        <v>373</v>
+      </c>
+      <c r="E79" t="s">
+        <v>374</v>
+      </c>
       <c r="F79" t="s">
-        <v>385</v>
+        <v>375</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="B80" t="s">
-        <v>387</v>
+        <v>377</v>
       </c>
       <c r="C80" t="s">
         <v>14</v>
       </c>
       <c r="D80" t="s">
-        <v>388</v>
+        <v>378</v>
       </c>
       <c r="E80" t="s">
-        <v>389</v>
+        <v>379</v>
       </c>
       <c r="F80" t="s">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>63</v>
+        <v>381</v>
       </c>
       <c r="B81" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="C81" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D81" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="E81" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="F81" t="s">
-        <v>394</v>
+        <v>385</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>395</v>
+        <v>386</v>
       </c>
       <c r="B82" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="C82" t="s">
         <v>8</v>
       </c>
       <c r="D82" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="E82" t="s">
-        <v>122</v>
+        <v>389</v>
       </c>
       <c r="F82" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
       <c r="B83" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="C83" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="D83" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="E83" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="F83" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="B84" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="C84" t="s">
         <v>8</v>
       </c>
       <c r="D84" t="s">
-        <v>406</v>
-[...1 lines deleted...]
-      <c r="E84"/>
+        <v>398</v>
+      </c>
+      <c r="E84" t="s">
+        <v>399</v>
+      </c>
       <c r="F84" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="B85" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="C85" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="D85" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="E85" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="F85" t="s">
-        <v>412</v>
+        <v>405</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="B86" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="C86" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D86" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="E86" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="F86" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
       <c r="B87" t="s">
-        <v>419</v>
+        <v>412</v>
       </c>
       <c r="C87" t="s">
         <v>8</v>
       </c>
       <c r="D87" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="E87" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="F87" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="B88" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="C88" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D88" t="s">
-        <v>425</v>
-[...1 lines deleted...]
-      <c r="E88"/>
+        <v>418</v>
+      </c>
+      <c r="E88" t="s">
+        <v>419</v>
+      </c>
       <c r="F88" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="B89" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="C89" t="s">
         <v>14</v>
       </c>
       <c r="D89" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="E89" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="F89" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="B90" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="C90" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D90" t="s">
-        <v>434</v>
-[...3 lines deleted...]
-      </c>
+        <v>428</v>
+      </c>
+      <c r="E90"/>
       <c r="F90" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="B91" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="C91" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="D91" t="s">
-        <v>439</v>
+        <v>432</v>
       </c>
       <c r="E91" t="s">
-        <v>440</v>
+        <v>433</v>
       </c>
       <c r="F91" t="s">
-        <v>72</v>
+        <v>434</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="B92" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="C92" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D92" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="E92" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="F92" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="B93" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="C93" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D93" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="E93" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="F93" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="B94" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="C94" t="s">
         <v>14</v>
       </c>
       <c r="D94" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="E94" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="F94" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B95" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="C95" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D95" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="E95" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="F95" t="s">
-        <v>460</v>
+        <v>172</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>461</v>
+        <v>113</v>
       </c>
       <c r="B96" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="C96" t="s">
         <v>8</v>
       </c>
       <c r="D96" t="s">
-        <v>463</v>
-[...1 lines deleted...]
-      <c r="E96"/>
+        <v>455</v>
+      </c>
+      <c r="E96" t="s">
+        <v>116</v>
+      </c>
       <c r="F96" t="s">
-        <v>464</v>
+        <v>265</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>63</v>
+        <v>456</v>
       </c>
       <c r="B97" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="C97" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D97" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="E97" t="s">
-        <v>393</v>
+        <v>30</v>
       </c>
       <c r="F97" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="B98" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="C98" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="D98" t="s">
-        <v>470</v>
+        <v>462</v>
       </c>
       <c r="E98" t="s">
-        <v>471</v>
+        <v>463</v>
       </c>
       <c r="F98" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="B99" t="s">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="C99" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D99" t="s">
-        <v>475</v>
+        <v>467</v>
       </c>
       <c r="E99" t="s">
-        <v>421</v>
+        <v>468</v>
       </c>
       <c r="F99" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="B100" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="C100" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D100" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="E100" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="F100" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="B101" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="C101" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D101" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="E101"/>
+        <v>477</v>
+      </c>
+      <c r="E101" t="s">
+        <v>478</v>
+      </c>
       <c r="F101" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="B102" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="C102" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D102" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="E102" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="F102" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="B103" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="C103" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="D103" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E103" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="F103" t="s">
-        <v>495</v>
+        <v>172</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
       <c r="B104" t="s">
-        <v>497</v>
+        <v>490</v>
       </c>
       <c r="C104" t="s">
         <v>14</v>
       </c>
       <c r="D104" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
       <c r="E104" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="F104" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="B105" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
       <c r="C105" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="D105" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="E105" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
       <c r="F105" t="s">
-        <v>505</v>
+        <v>498</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="B106" t="s">
-        <v>507</v>
+        <v>500</v>
       </c>
       <c r="C106" t="s">
         <v>8</v>
       </c>
       <c r="D106" t="s">
-        <v>508</v>
-[...3 lines deleted...]
-      </c>
+        <v>501</v>
+      </c>
+      <c r="E106"/>
       <c r="F106" t="s">
-        <v>509</v>
+        <v>502</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
       <c r="B107" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="C107" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D107" t="s">
-        <v>512</v>
-[...3 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="E107"/>
       <c r="F107" t="s">
-        <v>514</v>
+        <v>172</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>515</v>
+        <v>506</v>
       </c>
       <c r="B108" t="s">
-        <v>516</v>
+        <v>507</v>
       </c>
       <c r="C108" t="s">
         <v>14</v>
       </c>
       <c r="D108" t="s">
-        <v>517</v>
+        <v>508</v>
       </c>
       <c r="E108" t="s">
-        <v>518</v>
+        <v>509</v>
       </c>
       <c r="F108" t="s">
-        <v>519</v>
+        <v>510</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>520</v>
+        <v>511</v>
       </c>
       <c r="B109" t="s">
-        <v>521</v>
+        <v>512</v>
       </c>
       <c r="C109" t="s">
-        <v>75</v>
+        <v>8</v>
       </c>
       <c r="D109" t="s">
-        <v>522</v>
+        <v>513</v>
       </c>
       <c r="E109" t="s">
-        <v>77</v>
+        <v>514</v>
       </c>
       <c r="F109" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
       <c r="B110" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="C110" t="s">
         <v>14</v>
       </c>
       <c r="D110" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="E110" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
       <c r="F110" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="B111" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="C111" t="s">
         <v>14</v>
       </c>
       <c r="D111" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="E111" t="s">
-        <v>454</v>
+        <v>524</v>
       </c>
       <c r="F111" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="B112" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="C112" t="s">
         <v>8</v>
       </c>
       <c r="D112" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="E112" t="s">
-        <v>122</v>
+        <v>369</v>
       </c>
       <c r="F112" t="s">
-        <v>536</v>
+        <v>529</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="B113" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="C113" t="s">
         <v>8</v>
       </c>
       <c r="D113" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="E113" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="F113" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="B114" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
       <c r="C114" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D114" t="s">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="E114" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="F114" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="B115" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="C115" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D115" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="E115" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="F115" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="B116" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="C116" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D116" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="E116" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="F116" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
       <c r="B117" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="C117" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D117" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-      </c>
+        <v>552</v>
+      </c>
+      <c r="E117"/>
       <c r="F117" t="s">
-        <v>398</v>
+        <v>553</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
       <c r="B118" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
       <c r="C118" t="s">
         <v>14</v>
       </c>
       <c r="D118" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="E118" t="s">
-        <v>564</v>
+        <v>557</v>
       </c>
       <c r="F118" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="B119" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="C119" t="s">
         <v>14</v>
       </c>
       <c r="D119" t="s">
-        <v>568</v>
+        <v>561</v>
       </c>
       <c r="E119" t="s">
-        <v>569</v>
+        <v>562</v>
       </c>
       <c r="F119" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="B120" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="C120" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D120" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="E120" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="F120" t="s">
-        <v>575</v>
+        <v>568</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>576</v>
+        <v>569</v>
       </c>
       <c r="B121" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="C121" t="s">
         <v>14</v>
       </c>
       <c r="D121" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="E121"/>
+        <v>571</v>
+      </c>
+      <c r="E121" t="s">
+        <v>572</v>
+      </c>
       <c r="F121" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="B122" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="C122" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="D122" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="E122" t="s">
-        <v>583</v>
+        <v>153</v>
       </c>
       <c r="F122" t="s">
-        <v>584</v>
+        <v>577</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>585</v>
+        <v>578</v>
       </c>
       <c r="B123" t="s">
-        <v>586</v>
+        <v>579</v>
       </c>
       <c r="C123" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="D123" t="s">
-        <v>587</v>
-[...3 lines deleted...]
-      </c>
+        <v>580</v>
+      </c>
+      <c r="E123"/>
       <c r="F123" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>590</v>
+        <v>582</v>
       </c>
       <c r="B124" t="s">
-        <v>591</v>
+        <v>583</v>
       </c>
       <c r="C124" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="D124" t="s">
-        <v>592</v>
+        <v>584</v>
       </c>
       <c r="E124" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="F124" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="B125" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="C125" t="s">
         <v>14</v>
       </c>
       <c r="D125" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="E125" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="F125" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="B126" t="s">
-        <v>601</v>
+        <v>593</v>
       </c>
       <c r="C126" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D126" t="s">
-        <v>602</v>
-[...3 lines deleted...]
-      </c>
+        <v>594</v>
+      </c>
+      <c r="E126"/>
       <c r="F126" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>557</v>
+        <v>596</v>
       </c>
       <c r="B127" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="C127" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="D127" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="E127" t="s">
-        <v>560</v>
+        <v>599</v>
       </c>
       <c r="F127" t="s">
-        <v>607</v>
+        <v>600</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>608</v>
+        <v>601</v>
       </c>
       <c r="B128" t="s">
-        <v>609</v>
+        <v>602</v>
       </c>
       <c r="C128" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D128" t="s">
-        <v>610</v>
+        <v>603</v>
       </c>
       <c r="E128" t="s">
-        <v>611</v>
+        <v>604</v>
       </c>
       <c r="F128" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>63</v>
+        <v>606</v>
       </c>
       <c r="B129" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="C129" t="s">
         <v>14</v>
       </c>
       <c r="D129" t="s">
-        <v>614</v>
-[...3 lines deleted...]
-      </c>
+        <v>608</v>
+      </c>
+      <c r="E129"/>
       <c r="F129" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>616</v>
+        <v>610</v>
       </c>
       <c r="B130" t="s">
-        <v>617</v>
+        <v>611</v>
       </c>
       <c r="C130" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D130" t="s">
-        <v>618</v>
-[...1 lines deleted...]
-      <c r="E130"/>
+        <v>612</v>
+      </c>
+      <c r="E130" t="s">
+        <v>613</v>
+      </c>
       <c r="F130" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>620</v>
+        <v>163</v>
       </c>
       <c r="B131" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
       <c r="C131" t="s">
         <v>14</v>
       </c>
       <c r="D131" t="s">
-        <v>622</v>
+        <v>616</v>
       </c>
       <c r="E131" t="s">
-        <v>623</v>
+        <v>166</v>
       </c>
       <c r="F131" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>63</v>
+        <v>618</v>
       </c>
       <c r="B132" t="s">
-        <v>625</v>
+        <v>619</v>
       </c>
       <c r="C132" t="s">
         <v>14</v>
       </c>
       <c r="D132" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="E132" t="s">
-        <v>66</v>
+        <v>621</v>
       </c>
       <c r="F132" t="s">
-        <v>627</v>
+        <v>172</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="B133" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="C133" t="s">
         <v>14</v>
       </c>
       <c r="D133" t="s">
-        <v>630</v>
-[...1 lines deleted...]
-      <c r="E133"/>
+        <v>624</v>
+      </c>
+      <c r="E133" t="s">
+        <v>625</v>
+      </c>
       <c r="F133" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>632</v>
+        <v>627</v>
       </c>
       <c r="B134" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
       <c r="C134" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="D134" t="s">
-        <v>634</v>
+        <v>629</v>
       </c>
       <c r="E134" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
       <c r="F134" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>637</v>
+        <v>632</v>
       </c>
       <c r="B135" t="s">
-        <v>638</v>
+        <v>633</v>
       </c>
       <c r="C135" t="s">
         <v>14</v>
       </c>
       <c r="D135" t="s">
-        <v>639</v>
+        <v>634</v>
       </c>
       <c r="E135" t="s">
-        <v>640</v>
+        <v>635</v>
       </c>
       <c r="F135" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="B136" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="C136" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="D136" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="E136" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="F136" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="B137" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
       <c r="C137" t="s">
         <v>14</v>
       </c>
       <c r="D137" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="E137" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="F137" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="B138" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
       <c r="C138" t="s">
         <v>14</v>
       </c>
       <c r="D138" t="s">
-        <v>654</v>
-[...1 lines deleted...]
-      <c r="E138"/>
+        <v>649</v>
+      </c>
+      <c r="E138" t="s">
+        <v>650</v>
+      </c>
       <c r="F138" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
+        <v>652</v>
+      </c>
+      <c r="B139" t="s">
+        <v>653</v>
+      </c>
+      <c r="C139" t="s">
+        <v>14</v>
+      </c>
+      <c r="D139" t="s">
+        <v>654</v>
+      </c>
+      <c r="E139" t="s">
+        <v>655</v>
+      </c>
+      <c r="F139" t="s">
         <v>656</v>
-      </c>
-[...13 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
+        <v>657</v>
+      </c>
+      <c r="B140" t="s">
+        <v>658</v>
+      </c>
+      <c r="C140" t="s">
+        <v>14</v>
+      </c>
+      <c r="D140" t="s">
+        <v>659</v>
+      </c>
+      <c r="E140" t="s">
+        <v>660</v>
+      </c>
+      <c r="F140" t="s">
         <v>661</v>
-      </c>
-[...13 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="B141" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="C141" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="D141" t="s">
-        <v>668</v>
-[...3 lines deleted...]
-      </c>
+        <v>664</v>
+      </c>
+      <c r="E141"/>
       <c r="F141" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="B142" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="C142" t="s">
         <v>14</v>
       </c>
       <c r="D142" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="E142" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F142" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="B143" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="C143" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D143" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="E143" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="F143" t="s">
-        <v>72</v>
+        <v>675</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="B144" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="C144" t="s">
         <v>8</v>
       </c>
       <c r="D144" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="E144" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="F144" t="s">
-        <v>684</v>
+        <v>172</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="B145" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="C145" t="s">
         <v>14</v>
       </c>
       <c r="D145" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="E145" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="F145" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="B146" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="C146" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D146" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="E146" t="s">
-        <v>189</v>
+        <v>688</v>
       </c>
       <c r="F146" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
+        <v>690</v>
+      </c>
+      <c r="B147" t="s">
+        <v>691</v>
+      </c>
+      <c r="C147" t="s">
+        <v>8</v>
+      </c>
+      <c r="D147" t="s">
+        <v>692</v>
+      </c>
+      <c r="E147" t="s">
+        <v>693</v>
+      </c>
+      <c r="F147" t="s">
         <v>694</v>
-      </c>
-[...13 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
+        <v>695</v>
+      </c>
+      <c r="B148" t="s">
+        <v>696</v>
+      </c>
+      <c r="C148" t="s">
+        <v>8</v>
+      </c>
+      <c r="D148" t="s">
+        <v>697</v>
+      </c>
+      <c r="E148" t="s">
         <v>698</v>
       </c>
-      <c r="B148" t="s">
+      <c r="F148" t="s">
         <v>699</v>
-      </c>
-[...8 lines deleted...]
-        <v>701</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
+        <v>700</v>
+      </c>
+      <c r="B149" t="s">
+        <v>701</v>
+      </c>
+      <c r="C149" t="s">
+        <v>14</v>
+      </c>
+      <c r="D149" t="s">
         <v>702</v>
       </c>
-      <c r="B149" t="s">
+      <c r="E149" t="s">
         <v>703</v>
       </c>
-      <c r="C149" t="s">
-[...2 lines deleted...]
-      <c r="D149" t="s">
+      <c r="F149" t="s">
         <v>704</v>
-      </c>
-[...2 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
         <v>705</v>
       </c>
       <c r="B150" t="s">
         <v>706</v>
       </c>
       <c r="C150" t="s">
         <v>14</v>
       </c>
       <c r="D150" t="s">
         <v>707</v>
       </c>
-      <c r="E150"/>
+      <c r="E150" t="s">
+        <v>708</v>
+      </c>
       <c r="F150" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B151" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C151" t="s">
         <v>14</v>
       </c>
       <c r="D151" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="E151" t="s">
-        <v>712</v>
+        <v>468</v>
       </c>
       <c r="F151" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>714</v>
       </c>
       <c r="B152" t="s">
         <v>715</v>
       </c>
       <c r="C152" t="s">
         <v>8</v>
       </c>
       <c r="D152" t="s">
         <v>716</v>
       </c>
       <c r="E152" t="s">
         <v>717</v>
       </c>
       <c r="F152" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>719</v>
       </c>
       <c r="B153" t="s">
         <v>720</v>
       </c>
       <c r="C153" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D153" t="s">
         <v>721</v>
       </c>
       <c r="E153" t="s">
         <v>722</v>
       </c>
       <c r="F153" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>724</v>
       </c>
       <c r="B154" t="s">
         <v>725</v>
       </c>
       <c r="C154" t="s">
         <v>8</v>
       </c>
       <c r="D154" t="s">
         <v>726</v>
       </c>
       <c r="E154" t="s">
         <v>727</v>
       </c>
       <c r="F154" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
         <v>729</v>
       </c>
       <c r="B155" t="s">
         <v>730</v>
       </c>
       <c r="C155" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D155" t="s">
         <v>731</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
         <v>732</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 