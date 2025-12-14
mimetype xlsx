--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -32,2229 +32,2229 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="733">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Horaires</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Communes d'intervention</t>
   </si>
   <si>
+    <t>Le Patio Vaillant</t>
+  </si>
+  <si>
+    <t>Le Patio Vaillant - Bordeaux</t>
+  </si>
+  <si>
+    <t>Entre 7h et 20h</t>
+  </si>
+  <si>
+    <t>0974197575</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche</t>
+  </si>
+  <si>
+    <t>SAAD du Centre de Soins du Réolais</t>
+  </si>
+  <si>
+    <t>SAAD du Centre de Soins du Réolais - La Réole</t>
+  </si>
+  <si>
+    <t>Entre 7h et 20h, Après 20h</t>
+  </si>
+  <si>
+    <t>0556610425</t>
+  </si>
+  <si>
+    <t>https://www.cds-reolais.org</t>
+  </si>
+  <si>
+    <t>Bagas, Barie, Bassanne, Blaignac, Bourdelles, Camiran, Casseuil, Floudès, Fontet, Fossès-et-Baleyssac, Gironde-sur-Dropt, Hure, La Réole, Lamothe-Landerron, Les Esseintes, Loubens, Loupiac-de-la-Réole, Mongauzy, Montagoudin, Morizès, Noaillac, Pondaurat, Puybarban, Saint-Exupéry, Saint-Hilaire-de-la-Noaille, Saint-Laurent-du-Plan, Saint-Martin-de-Lerm, Saint-Michel-de-Lapujade, Saint-Sève</t>
+  </si>
+  <si>
+    <t>HANDI'HOME</t>
+  </si>
+  <si>
+    <t>HANDI'HOME - Talence</t>
+  </si>
+  <si>
+    <t>Avant 7h, Entre 7h et 20h, Après 20h</t>
+  </si>
+  <si>
+    <t>0556843910</t>
+  </si>
+  <si>
+    <t>http://handi-home.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Ayguemorte-les-Graves, Bassens, Baurech, Bayas, Beautiran, Bègles, Beychac-et-Caillau, Blanquefort, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Camarsac, Cambes, Camblanes-et-Meynac, Camps-sur-l'Isle, Canéjan, Carbon-Blanc, Carignan-de-Bordeaux, Castres-Gironde, Cénac, Cenon, Cestas, Chamadelle, Coutras, Daignac, Dardenac, Espiet, Eysines, Fargues-Saint-Hilaire, Floirac, Génissac, Gours, Gradignan, Guîtres, Isle-Saint-Georges, Izon, La Brède, La Teste-de-Buch, Lagorce, Lalande-de-Pomerol, Langoiran, Lapouyade, Latresne, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Le Tourne, Léognan, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lignan-de-Bordeaux, Lormont, Maransin, Martignas-sur-Jalle, Martillac, Mérignac, Montussan, Moulon, Nérigean, Parempuyre, Pessac, Pomerol, Pompignac, Porchères, Puynormand, Quinsac, Sablons, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Jean-d'Illac, Saint-Loubès, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Selve, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Saucats, Savignac-de-l'Isle, Tabanac, Talence, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Saint Macaire</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Saint Macaire - Saint-Macaire</t>
+  </si>
+  <si>
+    <t>0556638620</t>
+  </si>
+  <si>
+    <t>https://saintmacaire.fr/</t>
+  </si>
+  <si>
+    <t>Saint-Macaire</t>
+  </si>
+  <si>
+    <t>SEREN'AIDES</t>
+  </si>
+  <si>
+    <t>SEREN'AIDES - TALENCE</t>
+  </si>
+  <si>
+    <t>0619286153</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lormont, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>LA CLE DES AGES</t>
+  </si>
+  <si>
+    <t>LA CLE DES AGES - Pessac</t>
+  </si>
+  <si>
+    <t>0556365555</t>
+  </si>
+  <si>
+    <t>https://www.apajh33.fr</t>
+  </si>
+  <si>
+    <t>Gradignan, La Brède, Léognan, Martillac, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>SARL 33 AGGIR A DOM</t>
+  </si>
+  <si>
+    <t>SARL 33 AGGIR A DOM - Floirac</t>
+  </si>
+  <si>
+    <t>0536893795</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Haux, La Sauve, Langoiran, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Martignas-sur-Jalle, Mérignac, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>SIBIENCHEMOI</t>
+  </si>
+  <si>
+    <t>SIBIENCHEMOI - Mérignac</t>
+  </si>
+  <si>
+    <t>0624270376</t>
+  </si>
+  <si>
+    <t>https://www.sibienchemoi.com</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac</t>
+  </si>
+  <si>
+    <t>AUXILEO SERVICES</t>
+  </si>
+  <si>
+    <t>AUXILEO SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556177808</t>
+  </si>
+  <si>
+    <t>https://www.auxileoservices.fr</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>DOM'ILLAC</t>
+  </si>
+  <si>
+    <t>DOM'ILLAC - Saint-Jean-d'Illac</t>
+  </si>
+  <si>
+    <t>0556217633</t>
+  </si>
+  <si>
+    <t>http://www.ducdelorge.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Audenge, Bassens, Bègles, Béguey, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cadillac, Canéjan, Carbon-Blanc, Cardan, Cenon, Cérons, Cestas, Eysines, Floirac, Gradignan, Illats, Landiras, Lanton, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lestiac-sur-Garonne, Lormont, Loupiac, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Monprimblanc, Omet, Paillet, Parempuyre, Pessac, Podensac, Portets, Preignac, Rions, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>ONELA</t>
+  </si>
+  <si>
+    <t>ONELA - BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>0140080811</t>
+  </si>
+  <si>
+    <t>https://www.onela.com</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arès, Artigues-près-Bordeaux, Arveyres, Audenge, Bassens, Bayas, Bayon-sur-Gironde, Bègles, Belvès-de-Castillon, Berson, Biganos, Blanquefort, Blaye, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Braud-et-Saint-Louis, Bruges, Cadarsac, Camps-sur-l'Isle, Campugnan, Carbon-Blanc, Cars, Cartelègue, Cavignac, Cenon, Cézac, Chamadelle, Civrac-de-Blaye, Comps, Coutras, Cubnezais, Cubzac-les-Ponts, Daignac, Dardenac, Donnezac, Espiet, Étauliers, Eyrans, Eysines, Floirac, Fours, Francs, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gours, Gradignan, Guîtres, Izon, Lagorce, Lalande-de-Pomerol, Lansac, Lanton, Lapouyade, Laruscade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Lège-Cap-Ferret, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Lussac, Maransin, Marcenais, Marcillac, Marsas, Martignas-sur-Jalle, Mazion, Mérignac, Mombrier, Montagne, Moulon, Néac, Nérigean, Parempuyre, Pessac, Petit-Palais-et-Cornemps, Peujard, Plassac, Pleine-Selve, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Puynormand, Reignac, Sablons, Saint-André-de-Cubzac, Saint-Androny, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Caprais-de-Blaye, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hippolyte, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Louis-de-Montferrand, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Palais, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Terre, Samonac, Saugon, Savignac-de-l'Isle, Talence, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Vayres, Vignonet, Villenave-d'Ornon, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>ORMALI</t>
+  </si>
+  <si>
+    <t>ORMALI - Parempuyre</t>
+  </si>
+  <si>
+    <t>0556451156</t>
+  </si>
+  <si>
+    <t>https://ormali-service-33.fr/</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Blanquefort, Bordeaux rive gauche, Bruges, Castelnau-de-Médoc, Cussac-Fort-Médoc, Eysines, Labarde, Lamarque, Le Bouscat, Le Pian-Médoc, Le Taillan-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Parempuyre, Pauillac, Saint-Aubin-de-Médoc, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Soussans</t>
+  </si>
+  <si>
+    <t>Vitalliance</t>
+  </si>
+  <si>
+    <t>Vitalliance - Eysines</t>
+  </si>
+  <si>
+    <t>0556505134</t>
+  </si>
+  <si>
+    <t>https://www.vitalliance.fr/agences/bordeaux-rive-gauche-KbPPN</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arbanats, Arbis, Arcachon, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Asques, Aubiac, Audenge, Auriolles, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Baurech, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Béguey, Belin-Béliet, Bellebat, Bellefond, Belvès-de-Castillon, Bernos-Beaulac, Berson, Berthez, Beychac-et-Caillau, Bieujac, Biganos, Birac, Blaignac, Blaignan, Blanquefort, Blasimon, Blaye, Blésignac, Bommes, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Braud-et-Saint-Louis, Brouqueyran, Bruges, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Campugnan, Canéjan, Cantois, Capian, Caplong, Captieux, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Cartelègue, Casseuil, Castelmoron-d'Albret, Castelnau-de-Médoc, Castelviel, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cavignac, Cazalis, Cazats, Cazaugitat, Cénac, Cenon, Cérons, Cessac, Cestas, Cézac, Cissac-Médoc, Civrac-de-Blaye, Civrac-en-Médoc, Cleyrac, Coimères, Coirac, Comps, Couquèques, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutras, Coutures, Créon, Croignon, Cubnezais, Cubzac-les-Ponts, Cudos, Cursan, Cussac-Fort-Médoc, Daignac, Daubèze, Dieulivol, Donnezac, Donzac, Escaudes, Escoussans, Étauliers, Eynesse, Eyrans, Eysines, Faleyras, Fargues, Fargues-Saint-Hilaire, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Francs, Fronsac, Frontenac, Gabarnac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gradignan, Grayan-et-l'Hôpital, Grézillac, Grignols, Guillos, Gujan-Mestras, Haux, Hostens, Hourtin, Hure, Illats, Isle-Saint-Georges, Izon, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Roquille, La Sauve, La Teste-de-Buch, Labarde, Labescau, Lacanau, Ladaux, Lados, Lamarque, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langoiran, Langon, Lansac, Lanton, Laroque, Lartigue, Laruscade, Latresne, Lavazan, Le Barp, Le Bouscat, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Puy, Le Taillan-Médoc, Le Teich, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Les Artigues-de-Lussac, Les Esseintes, Les Lèves-et-Thoumeyragues, Lesparre-Médoc, Lestiac-sur-Garonne, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugasson, Lugon-et-l'Île-du-Carnay, Lugos, Lussac, Macau, Madirac, Maransin, Marcenais, Marcheprime, Marcillac, Margaux-Cantenac, Margueron, Marimbault, Marions, Marsas, Martignas-sur-Jalle, Martillac, Martres, Masseilles, Massugas, Mauriac, Mazères, Mazion, Mérignac, Mesterrieux, Mios, Mombrier, Mongauzy, Monprimblanc, Monségur, Montagne, Montagoudin, Montignac, Montussan, Morizès, Mouillac, Moulis-en-Médoc, Mourens, Naujac-sur-Mer, Néac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Ordonnac, Origne, Paillet, Parempuyre, Pauillac, Pellegrue, Périssac, Pessac, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Podensac, Pompéjac, Pompignac, Pondaurat, Portets, Préchac, Preignac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols-sur-Ciron, Puybarban, Queyrac, Quinsac, Reignac, Rimons, Riocaud, Rions, Roaillan, Romagne, Roquebrune, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-du-Queyret, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Estèphe, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Mariens, Saint-Martial, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Palais, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Savin, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Seurin-de-Cursac, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzan-de-Soudiac, Saint-Yzans-de-Médoc, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Hélène, Sainte-Terre, Salaunes, Sallebœuf, Salles, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soulignac, Soussac, Soussans, Tabanac, Taillecavat, Talais, Talence, Targon, Tarnès, Tauriac, Tayac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Vignonet, Villandraut, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Pierre d'Aurillac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Pierre d'Aurillac - Saint-Pierre-d'Aurillac</t>
+  </si>
+  <si>
+    <t>0556633027</t>
+  </si>
+  <si>
+    <t>Saint-André-du-Bois, Saint-Laurent-du-Plan, Saint-Martial, Saint-Martin-de-Sescas, Saint-Pierre-d'Aurillac, Semens, Verdelais</t>
+  </si>
+  <si>
+    <t>A DOM SERVICES</t>
+  </si>
+  <si>
+    <t>A DOM SERVICES - Langon</t>
+  </si>
+  <si>
+    <t>0556620440</t>
+  </si>
+  <si>
+    <t>https://www.adom-services.fr</t>
+  </si>
+  <si>
+    <t>Aillas, Aubiac, Auros, Bagas, Barie, Barsac, Bassanne, Bazas, Béguey, Bernos-Beaulac, Berthez, Bieujac, Birac, Blaignac, Bommes, Bourdelles, Bourideys, Brannens, Brouqueyran, Budos, Cadillac, Camiran, Captieux, Cardan, Casseuil, Castets et Castillon, Caudrot, Cauvignac, Cazats, Cérons, Coimères, Cours-les-Bains, Cudos, Donzac, Escaudes, Fargues, Floudès, Fontet, Fossès-et-Baleyssac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Goualade, Grignols, Hure, Illats, La Réole, Labescau, Lados, Lamothe-Landerron, Landiras, Langon, Laroque, Lartigue, Lavazan, Le Nizan, Le Pian-sur-Garonne, Léogeats, Lerm-et-Musset, Les Esseintes, Lignan-de-Bazas, Loubens, Loupiac, Loupiac-de-la-Réole, Marimbault, Marions, Masseilles, Mazères, Mongauzy, Monprimblanc, Monségur, Montagoudin, Morizès, Noaillac, Noaillan, Paillet, Podensac, Pondaurat, Preignac, Pujols-sur-Ciron, Puybarban, Rions, Roaillan, Roquebrune, Saint-André-du-Bois, Saint-Côme, Saint-Exupéry, Saint-Hilaire-de-la-Noaille, Saint-Laurent-du-Plan, Saint-Loubert, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Sève, Saint-Symphorien, Saint-Vivien-de-Monségur, Sainte-Croix-du-Mont, Sainte-Foy-la-Longue, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Toulenne, Verdelais</t>
+  </si>
+  <si>
+    <t>AMSADHG</t>
+  </si>
+  <si>
+    <t>AMSADHG - Saint-Savin</t>
+  </si>
+  <si>
+    <t>0557589733</t>
+  </si>
+  <si>
+    <t>https://www.amsad33.fr</t>
+  </si>
+  <si>
+    <t>Anglade, Bayon-sur-Gironde, Berson, Blaye, Bourg, Braud-et-Saint-Louis, Campugnan, Cars, Cartelègue, Cavignac, Cézac, Civrac-de-Blaye, Comps, Cubnezais, Cubzac-les-Ponts, Donnezac, Étauliers, Eyrans, Fours, Gauriac, Gauriaguet, Générac, Lansac, Laruscade, Marcenais, Marcillac, Marsas, Mazion, Mombrier, Peujard, Plassac, Pleine-Selve, Prignac-et-Marcamps, Pugnac, Reignac, Saint-André-de-Cubzac, Saint-Androny, Saint-Aubin-de-Blaye, Saint-Caprais-de-Blaye, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Genès-de-Blaye, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Laurent-d'Arce, Saint-Mariens, Saint-Martin-Lacaussade, Saint-Palais, Saint-Paul, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Trojan, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Samonac, Saugon, Tauriac, Teuillac, Val de Virvée, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>DOMIDOM</t>
+  </si>
+  <si>
+    <t>DOMIDOM - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557591330</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Arveyres, Audenge, Avensan, Ayguemorte-les-Graves, Bassens, Bayas, Beautiran, Bègles, Belin-Béliet, Beychac-et-Caillau, Biganos, Blanquefort, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Brach, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Camarsac, Camps-sur-l'Isle, Canéjan, Carbon-Blanc, Carignan-de-Bordeaux, Castelnau-de-Médoc, Castres-Gironde, Cavignac, Cenon, Cestas, Cézac, Chamadelle, Civrac-de-Blaye, Coutras, Cubnezais, Cubzac-les-Ponts, Cussac-Fort-Médoc, Daignac, Dardenac, Donnezac, Espiet, Eysines, Fargues-Saint-Hilaire, Floirac, Gauriaguet, Génissac, Gours, Gradignan, Guîtres, Gujan-Mestras, Isle-Saint-Georges, Izon, La Brède, La Teste-de-Buch, Labarde, Lagorce, Lalande-de-Pomerol, Lamarque, Lansac, Lanton, Lapouyade, Laruscade, Le Barp, Le Bouscat, Le Fieu, Le Haillan, Le Pian-Médoc, Le Porge, Le Taillan-Médoc, Le Teich, Le Temple, Lège-Cap-Ferret, Léognan, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Listrac-Médoc, Lormont, Ludon-Médoc, Lugos, Macau, Maransin, Marcenais, Marcheprime, Margaux-Cantenac, Marsas, Martignas-sur-Jalle, Martillac, Mérignac, Mios, Mombrier, Montussan, Moulis-en-Médoc, Moulon, Nérigean, Parempuyre, Pessac, Peujard, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puynormand, Sablons, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Gervais, Saint-Jean-d'Illac, Saint-Laurent-d'Arce, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Magne, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Selve, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Yzan-de-Soudiac, Sainte-Eulalie, Sainte-Hélène, Salaunes, Sallebœuf, Salles, Saucats, Saumos, Savignac-de-l'Isle, Soussans, Talence, Tauriac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Villenave-d'Ornon, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS PESSAC</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS PESSAC - Pessac</t>
+  </si>
+  <si>
+    <t>0557936746</t>
+  </si>
+  <si>
+    <t>https://www.pessac.fr</t>
+  </si>
+  <si>
+    <t>Pessac</t>
+  </si>
+  <si>
+    <t>DOMIFASERVICES</t>
+  </si>
+  <si>
+    <t>DOMIFASERVICES - Cenon</t>
+  </si>
+  <si>
+    <t>0556409905</t>
+  </si>
+  <si>
+    <t>http://www.domifaservices.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bègles, Beychac-et-Caillau, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Camarsac, Carbon-Blanc, Carignan-de-Bordeaux, Cenon, Fargues-Saint-Hilaire, Floirac, Lormont, Montussan, Pompignac, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Blaye</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Blaye - Blaye</t>
+  </si>
+  <si>
+    <t>0557427523</t>
+  </si>
+  <si>
+    <t>https://ccb-blaye.com/service-a-la-personne/le-cen</t>
+  </si>
+  <si>
+    <t>Bayon-sur-Gironde, Berson, Blaye, Campugnan, Cars, Comps, Fours, Gauriac, Générac, Plassac, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Genès-de-Blaye, Saint-Girons-d'Aiguevives, Saint-Martin-Lacaussade, Saint-Paul, Saint-Seurin-de-Bourg, Samonac, Saugon, Villeneuve</t>
+  </si>
+  <si>
+    <t>SPASAD du Vivier du CCAS</t>
+  </si>
+  <si>
+    <t>SPASAD du Vivier du CCAS  - Mérignac</t>
+  </si>
+  <si>
+    <t>0556556656</t>
+  </si>
+  <si>
+    <t>Mérignac</t>
+  </si>
+  <si>
+    <t>AMALLYA</t>
+  </si>
+  <si>
+    <t>AMALLYA - Langon</t>
+  </si>
+  <si>
+    <t>0556322010</t>
+  </si>
+  <si>
+    <t>http://www.amallya.fr</t>
+  </si>
+  <si>
+    <t>Aubiac, Bazas, Bieujac, Bommes, Castets et Castillon, Cazats, Coimères, Fargues, Gans, Lados, Langon, Le Nizan, Le Pian-sur-Garonne, Léogeats, Lignan-de-Bazas, Marimbault, Mazères, Noaillan, Roaillan, Saint-André-du-Bois, Saint-Germain-de-Grave, Saint-Macaire, Saint-Maixant, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Sauternes, Sauviac, Semens, Toulenne, Uzeste, Verdelais, Villandraut</t>
+  </si>
+  <si>
+    <t>DOMIS +</t>
+  </si>
+  <si>
+    <t>DOMIS + - Bazas</t>
+  </si>
+  <si>
+    <t>0556651200</t>
+  </si>
+  <si>
+    <t>https://www.domisplus.com</t>
+  </si>
+  <si>
+    <t>Aillas, Arbanats, Aubiac, Auros, Ayguemorte-les-Graves, Balizac, Barie, Barsac, Bazas, Beautiran, Béguey, Belin-Béliet, Bernos-Beaulac, Berthez, Bieujac, Birac, Bommes, Bourideys, Brannens, Brouqueyran, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Captieux, Cardan, Casseuil, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cérons, Coimères, Cours-les-Bains, Cudos, Donzac, Escaudes, Escoussans, Fargues, Fontet, Gabarnac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Goualade, Grignols, Guillos, Hostens, Hure, Illats, Isle-Saint-Georges, La Brède, Labescau, Lados, Landiras, Langon, Laroque, Lartigue, Lavazan, Le Barp, Le Nizan, Le Pian-sur-Garonne, Le Tuzan, Léogeats, Léognan, Lerm-et-Musset, Lestiac-sur-Garonne, Lignan-de-Bazas, Louchats, Loupiac, Lucmau, Lugos, Marimbault, Marions, Martillac, Masseilles, Mazères, Monprimblanc, Noaillan, Omet, Origne, Paillet, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols-sur-Ciron, Puybarban, Rions, Roaillan, Saint-André-du-Bois, Saint-Côme, Saint-Germain-de-Grave, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Médard-d'Eyrans, Saint-Michel-de-Castelnau, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Selve, Saint-Symphorien, Sainte-Croix-du-Mont, Salles, Saucats, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Toulenne, Uzeste, Verdelais, Villandraut, Virelade</t>
+  </si>
+  <si>
+    <t>AIDOMI</t>
+  </si>
+  <si>
+    <t>AIDOMI - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556019191</t>
+  </si>
+  <si>
+    <t>https://www.aidomi.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive droite, Bordeaux rive gauche</t>
+  </si>
+  <si>
+    <t>UNICARE SERVICES</t>
+  </si>
+  <si>
+    <t>UNICARE SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0535544975</t>
+  </si>
+  <si>
+    <t>https://www.unicareservices.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AAD33</t>
+  </si>
+  <si>
+    <t>AAD33 - Bordeaux</t>
+  </si>
+  <si>
+    <t>0535311863</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Le Bouscat, Le Haillan, Lormont, Mérignac, Pessac, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>adomi begles</t>
+  </si>
+  <si>
+    <t>adomi begles - Bègles</t>
+  </si>
+  <si>
+    <t>0556859900</t>
+  </si>
+  <si>
+    <t>https://www.adomi-begles.com</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Martignas-sur-Jalle, Saint-Jean-d'Illac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AILE EMPLOIS FAMILIAUX</t>
+  </si>
+  <si>
+    <t>AILE EMPLOIS FAMILIAUX - Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>0557961011</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Beautiran, Bègles, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Isle-Saint-Georges, La Brède, Léognan, Martillac, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>MOSAIQUE SERVICES</t>
+  </si>
+  <si>
+    <t>MOSAIQUE SERVICES - Léognan</t>
+  </si>
+  <si>
+    <t>Avant 7h, Après 20h</t>
+  </si>
+  <si>
+    <t>0667353146</t>
+  </si>
+  <si>
+    <t>Arbis, Ayguemorte-les-Graves, Baigneaux, Beautiran, Bellebat, Bellefond, Blasimon, Cabanac-et-Villagrains, Cadaujac, Cantois, Castelmoron-d'Albret, Castelviel, Castres-Gironde, Caumont, Cazaugitat, Cessac, Cleyrac, Coirac, Courpiac, Cours-de-Monségur, Coutures, Daubèze, Dieulivol, Faleyras, Frontenac, Gornac, Isle-Saint-Georges, La Brède, Ladaux, Landerrouet-sur-Ségur, Le Puy, Léognan, Lugasson, Martillac, Martres, Mauriac, Mesterrieux, Montignac, Mourens, Neuffons, Rimons, Romagne, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Laurent-du-Bois, Saint-Martin-de-Lerm, Saint-Martin-du-Puy, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Pierre-de-Bat, Saint-Selve, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Sainte-Gemme, Saucats, Sauveterre-de-Guyenne, Soulignac, Soussac, Taillecavat, Targon</t>
+  </si>
+  <si>
+    <t>PIVOINE</t>
+  </si>
+  <si>
+    <t>PIVOINE - Saint-Selve</t>
+  </si>
+  <si>
+    <t>0626798648</t>
+  </si>
+  <si>
+    <t>https://www.association-pivoine.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Balizac, Bassens, Bègles, Bieujac, Blanquefort, Bommes, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourideys, Bruges, Carbon-Blanc, Castets et Castillon, Cazalis, Cenon, Coimères, Eysines, Fargues, Floirac, Gradignan, Hostens, Langon, Le Bouscat, Le Haillan, Le Pian-sur-Garonne, Le Taillan-Médoc, Le Tuzan, Léogeats, Lormont, Louchats, Lucmau, Martignas-sur-Jalle, Mazères, Mérignac, Noaillan, Origne, Parempuyre, Pessac, Pompéjac, Préchac, Roaillan, Saint-André-du-Bois, Saint-Aubin-de-Médoc, Saint-Germain-de-Grave, Saint-Léger-de-Balson, Saint-Loubert, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Médard-en-Jalles, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Saint-Symphorien, Saint-Vincent-de-Paul, Sauternes, Semens, Talence, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Canéjan</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Canéjan - Canéjan</t>
+  </si>
+  <si>
+    <t>0556899676</t>
+  </si>
+  <si>
+    <t>https://www.canejan.fr/</t>
+  </si>
+  <si>
+    <t>Canéjan</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Belin-Beliet</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Belin-Beliet - Belin-Béliet</t>
+  </si>
+  <si>
+    <t>0556888153</t>
+  </si>
+  <si>
+    <t>https://www.belin-beliet.fr/service-daides-a-domic</t>
+  </si>
+  <si>
+    <t>Belin-Béliet</t>
+  </si>
+  <si>
+    <t>Unadev</t>
+  </si>
+  <si>
+    <t>Unadev - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556338581</t>
+  </si>
+  <si>
+    <t>https://www.unadev.fr</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Salles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Salles - Salles</t>
+  </si>
+  <si>
+    <t>0556883010</t>
+  </si>
+  <si>
+    <t>https://www.ville-de-salles.com/solidarite/ccas/</t>
+  </si>
+  <si>
+    <t>Lugos, Salles</t>
+  </si>
+  <si>
+    <t>Soins Sante Domicile</t>
+  </si>
+  <si>
+    <t>Soins Sante Domicile - Pessac</t>
+  </si>
+  <si>
+    <t>0556450293</t>
+  </si>
+  <si>
+    <t>https://www.soinssantedomicile.fr</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Sainte Terre</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Sainte Terre - Sainte-Terre</t>
+  </si>
+  <si>
+    <t>0557471623</t>
+  </si>
+  <si>
+    <t>http://www.sainteterre.fr</t>
+  </si>
+  <si>
+    <t>Sainte-Terre</t>
+  </si>
+  <si>
+    <t>O2 BORDEAUX CENON</t>
+  </si>
+  <si>
+    <t>O2 BORDEAUX CENON - Cenon</t>
+  </si>
+  <si>
+    <t>Avant 7h, Entre 7h et 20h</t>
+  </si>
+  <si>
+    <t>0775204798</t>
+  </si>
+  <si>
+    <t>https://www.o2.fr/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Baurech, Bègles, Beychac-et-Caillau, Bonnetan, Bordeaux rive droite, Bouliac, Cadaujac, Cambes, Camblanes-et-Meynac, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Fargues-Saint-Hilaire, Floirac, Latresne, Léognan, Lignan-de-Bordeaux, Lormont, Martillac, Montussan, Pompignac, Quinsac, Sadirac, Saint-Caprais-de-Bordeaux, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Tabanac, Tresses, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>AVEC ANFASIAD MES SERVICES A DOMICILE</t>
+  </si>
+  <si>
+    <t>AVEC ANFASIAD MES SERVICES A DOMICILE - Antenne Galgon</t>
+  </si>
+  <si>
+    <t>0533094545</t>
+  </si>
+  <si>
+    <t>https://www.avec.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arès, Artigues-près-Bordeaux, Arveyres, Asques, Audenge, Bassens, Bayas, Bègles, Biganos, Blanquefort, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Bruges, Cadarsac, Cadillac-en-Fronsadais, Camps-sur-l'Isle, Carbon-Blanc, Carcans, Cenon, Chamadelle, Coutras, Cubzac-les-Ponts, Daignac, Dardenac, Espiet, Eysines, Floirac, Fronsac, Galgon, Gauriaguet, Génissac, Gours, Gradignan, Grayan-et-l'Hôpital, Guîtres, Gujan-Mestras, Hourtin, Izon, Jau-Dignac-et-Loirac, La Lande-de-Fronsac, La Rivière, La Teste-de-Buch, Lacanau, Lagorce, Lalande-de-Pomerol, Lansac, Lanton, Lapouyade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Le Teich, Le Verdon-sur-Mer, Lège-Cap-Ferret, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Lugon-et-l'Île-du-Carnay, Maransin, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Mombrier, Mouillac, Moulon, Naujac-sur-Mer, Nérigean, Parempuyre, Périssac, Pessac, Peujard, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puynormand, Queyrac, Sablons, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Genès-de-Fronsac, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Laurent-d'Arce, Saint-Louis-de-Montferrand, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Fronsac, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Savignac-de-l'Isle, Soulac-sur-Mer, Talais, Talence, Tarnès, Tauriac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Villegouge, Villenave-d'Ornon, Virsac</t>
+  </si>
+  <si>
+    <t>Service d'Aide au Maintien à Domicile des Portes de l'Entre-Deux-Mers</t>
+  </si>
+  <si>
+    <t>Service d'Aide au Maintien à Domicile des Portes de l'Entre-Deux-Mers - Latresne</t>
+  </si>
+  <si>
+    <t>0556208360</t>
+  </si>
+  <si>
+    <t>http://www.cdc-portesentredeuxmers.fr/vie-quotidie</t>
+  </si>
+  <si>
+    <t>Baurech, Cambes, Camblanes-et-Meynac, Cénac, Langoiran, Latresne, Le Tourne, Lignan-de-Bordeaux, Loupes, Quinsac, Sadirac, Saint-Caprais-de-Bordeaux, Tabanac</t>
+  </si>
+  <si>
+    <t>AMDPA</t>
+  </si>
+  <si>
+    <t>AMDPA - Pellegrue</t>
+  </si>
+  <si>
+    <t>0556613085</t>
+  </si>
+  <si>
+    <t>Auriolles, Caplong, Caumont, Cazaugitat, Eynesse, Landerrouat, Les Lèves-et-Thoumeyragues, Listrac-de-Durèze, Massugas, Pellegrue, Saint-André-et-Appelles, Saint-Antoine-du-Queyret, Saint-Ferme, Saint-Quentin-de-Caplong, Soussac, Taillecavat</t>
+  </si>
+  <si>
+    <t>ADASTRA</t>
+  </si>
+  <si>
+    <t>ADASTRA - BORDEAUX</t>
+  </si>
+  <si>
+    <t>0557359595</t>
+  </si>
+  <si>
+    <t>http://www.adastra.care</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Bruges, Cadaujac, Eysines, Gradignan, La Brède, Le Bouscat, Le Haillan, Léognan, Mérignac, Pessac, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Selve, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AUXI LIFE</t>
+  </si>
+  <si>
+    <t>AUXI LIFE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556926277</t>
+  </si>
+  <si>
+    <t>https://www.auxilife.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Arbis, Artigues-près-Bordeaux, Arveyres, Asques, Baigneaux, Baron, Bassens, Baurech, Bayas, Bègles, Bellebat, Bellefond, Beychac-et-Caillau, Blanquefort, Blasimon, Blésignac, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bouliac, Branne, Bruges, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Cantois, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Castelmoron-d'Albret, Castelviel, Castillon-la-Bataille, Caumont, Cavignac, Cazaugitat, Cénac, Cenon, Cessac, Cézac, Chamadelle, Civrac-de-Blaye, Civrac-sur-Dordogne, Cleyrac, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubnezais, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donnezac, Doulezon, Espiet, Eysines, Faleyras, Fargues-Saint-Hilaire, Flaujagues, Floirac, Fronsac, Frontenac, Galgon, Génissac, Gensac, Gornac, Gours, Gradignan, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouet-sur-Ségur, Langoiran, Lapouyade, Laruscade, Latresne, Le Bouscat, Le Fieu, Le Haillan, Le Pout, Le Puy, Le Taillan-Médoc, Le Tourne, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Les Salles-de-Castillon, Libourne, Lignan-de-Bordeaux, Lormont, Loupes, Lugaignac, Lugasson, Lugon-et-l'Île-du-Carnay, Madirac, Maransin, Marcenais, Marsas, Martignas-sur-Jalle, Martres, Mauriac, Mérignac, Mérignas, Mesterrieux, Montignac, Montussan, Mouillac, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Nérigean, Neuffons, Parempuyre, Périssac, Pessac, Pessac-sur-Dordogne, Pomerol, Pompignac, Porchères, Pujols, Puynormand, Quinsac, Rauzan, Rimons, Romagne, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Aubin-de-Médoc, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Hilaire-du-Bois, Saint-Jean-de-Blaignac, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Magne-de-Castillon, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Fronsac, Saint-Pey-de-Castets, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Saint-Vincent-de-Pertignas, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Eulalie, Sainte-Florence, Sainte-Gemme, Sainte-Radegonde, Sallebœuf, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Talence, Targon, Tarnès, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Vérac, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>DOMUSVI DOMICILE</t>
+  </si>
+  <si>
+    <t>DOMUSVI DOMICILE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0533003179</t>
+  </si>
+  <si>
+    <t>https://www.domusvi.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arès, Artigues-près-Bordeaux, Audenge, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Biganos, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Gujan-Mestras, Haux, La Sauve, La Teste-de-Buch, Langoiran, Lanton, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Teich, Le Tourne, Lège-Cap-Ferret, Libourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>SERVICE AIDE A DOMICILE</t>
+  </si>
+  <si>
+    <t>SERVICE AIDE A DOMICILE - Carbon-Blanc</t>
+  </si>
+  <si>
+    <t>0557774404</t>
+  </si>
+  <si>
+    <t>Carbon-Blanc</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Castillon-Pujols</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Castillon-Pujols - Castillon-la-Bataille</t>
+  </si>
+  <si>
+    <t>0564101292</t>
+  </si>
+  <si>
+    <t>https://www.castillonpujols.fr/</t>
+  </si>
+  <si>
+    <t>Branne, Cabara, Castillon-la-Bataille, Grézillac, Guillac, Jugazan, Lugaignac, Naujan-et-Postiac, Saint-Aubin-de-Branne, Sainte-Colombe</t>
+  </si>
+  <si>
+    <t>DOMA VITAE</t>
+  </si>
+  <si>
+    <t>DOMA VITAE - Biganos</t>
+  </si>
+  <si>
+    <t>0557161021</t>
+  </si>
+  <si>
+    <t>https://www.maintien-adom.com</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Belin-Béliet, Biganos, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Barp, Le Teich, Lège-Cap-Ferret, Lugos, Marcheprime, Mios, Salles</t>
+  </si>
+  <si>
+    <t>AMALLYA - Castillon-la-Bataille</t>
+  </si>
+  <si>
+    <t>0557483119</t>
+  </si>
+  <si>
+    <t>https://www.amallya.fr</t>
+  </si>
+  <si>
+    <t>Belvès-de-Castillon, Caplong, Castillon-la-Bataille, Civrac-sur-Dordogne, Doulezon, Eynesse, Flaujagues, Gardegan-et-Tourtirac, Gensac, Juillac, La Roquille, Les Lèves-et-Thoumeyragues, Les Salles-de-Castillon, Ligueux, Massugas, Mérignas, Montagne, Mouliets-et-Villemartin, Pessac-sur-Dordogne, Pineuilh, Puisseguin, Pujols, Ruch, Saint-André-et-Appelles, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Christophe-des-Bardes, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Magne-de-Castillon, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Radegonde, Sainte-Terre, Vignonet</t>
+  </si>
+  <si>
+    <t>ESPACE ET VIE LIBOURNE</t>
+  </si>
+  <si>
+    <t>ESPACE ET VIE LIBOURNE - Libourne</t>
+  </si>
+  <si>
+    <t>0557508000</t>
+  </si>
+  <si>
+    <t>https://www.residences-espaceetvie.fr</t>
+  </si>
+  <si>
+    <t>Libourne</t>
+  </si>
+  <si>
+    <t>Les Mésanges Bleues</t>
+  </si>
+  <si>
+    <t>Les Mésanges Bleues - Créon</t>
+  </si>
+  <si>
+    <t>0556690794</t>
+  </si>
+  <si>
+    <t>Baron, Blésignac, Camiac-et-Saint-Denis, Capian, Créon, Croignon, Cursan, Haux, La Sauve, Le Pout, Loupes, Madirac, Sadirac, Saint-Genès-de-Lombaud, Saint-Léon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Vayres</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Vayres - Vayres</t>
+  </si>
+  <si>
+    <t>0533030013</t>
+  </si>
+  <si>
+    <t>http://www.mairie-vayres.com/Centre-Communal-d-Action-Sociale</t>
+  </si>
+  <si>
+    <t>Vayres</t>
+  </si>
+  <si>
+    <t>ESAD - CIAS de l'Estuaire</t>
+  </si>
+  <si>
+    <t>ESAD - CIAS de l'Estuaire - Saint-Ciers-sur-Gironde</t>
+  </si>
+  <si>
+    <t>0557326699</t>
+  </si>
+  <si>
+    <t>Anglade, Braud-et-Saint-Louis, Cartelègue, Étauliers, Eyrans, Marcillac, Mazion, Pleine-Selve, Reignac, Saint-Androny, Saint-Aubin-de-Blaye, Saint-Caprais-de-Blaye, Saint-Ciers-sur-Gironde, Saint-Palais, Saint-Seurin-de-Cursac</t>
+  </si>
+  <si>
+    <t>A.I.S.A.D.</t>
+  </si>
+  <si>
+    <t>A.I.S.A.D. - Mios</t>
+  </si>
+  <si>
+    <t>0556267594</t>
+  </si>
+  <si>
+    <t>Biganos, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>AIDE@VENIR</t>
+  </si>
+  <si>
+    <t>AIDE@VENIR - Langon</t>
+  </si>
+  <si>
+    <t>0556631433</t>
+  </si>
+  <si>
+    <t>https://www.aide-a-venir.com</t>
+  </si>
+  <si>
+    <t>Aillas, Ambarès-et-Lagrave, Ambès, Arbanats, Arcins, Arsac, Artigues-près-Bordeaux, Asques, Aubiac, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Baurech, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Béguey, Bernos-Beaulac, Berson, Berthez, Beychac-et-Caillau, Bieujac, Birac, Blaignac, Blaignan, Blanquefort, Blaye, Blésignac, Bommes, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Brouqueyran, Bruges, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Campugnan, Canéjan, Capian, Captieux, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Casseuil, Castelnau-de-Médoc, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cénac, Cenon, Cérons, Cestas, Cissac-Médoc, Civrac-en-Médoc, Coimères, Comps, Couquèques, Cours-les-Bains, Créon, Croignon, Cubzac-les-Ponts, Cudos, Cursan, Cussac-Fort-Médoc, Donzac, Escaudes, Escoussans, Eysines, Fargues, Fargues-Saint-Hilaire, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Fronsac, Gabarnac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gauriac, Gauriaguet, Générac, Gironde-sur-Dropt, Giscos, Goualade, Gradignan, Grayan-et-l'Hôpital, Grignols, Guillos, Haux, Hostens, Hourtin, Hure, Illats, Isle-Saint-Georges, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Sauve, Labarde, Labescau, Lacanau, Lados, Lamarque, Lamothe-Landerron, Landiras, Langoiran, Langon, Lansac, Laroque, Lartigue, Latresne, Lavazan, Le Bouscat, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Taillan-Médoc, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Léogeats, Léognan, Lerm-et-Musset, Les Esseintes, Lesparre-Médoc, Lestiac-sur-Garonne, Lignan-de-Bazas, Lignan-de-Bordeaux, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugon-et-l'Île-du-Carnay, Macau, Madirac, Margaux-Cantenac, Marimbault, Marions, Martignas-sur-Jalle, Martillac, Masseilles, Mazères, Mérignac, Mombrier, Mongauzy, Monprimblanc, Monségur, Montagoudin, Montussan, Morizès, Mouillac, Moulis-en-Médoc, Naujac-sur-Mer, Noaillac, Noaillan, Omet, Ordonnac, Origne, Paillet, Parempuyre, Pauillac, Périssac, Pessac, Peujard, Plassac, Podensac, Pompéjac, Pompignac, Pondaurat, Portets, Préchac, Preignac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Pujols-sur-Ciron, Puybarban, Queyrac, Quinsac, Rions, Roaillan, Roquebrune, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Ciers-de-Canesse, Saint-Côme, Saint-Estèphe, Saint-Exupéry, Saint-Genès-de-Blaye, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Sève, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzans-de-Médoc, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Foy-la-Longue, Sainte-Hélène, Salaunes, Sallebœuf, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soussans, Tabanac, Talais, Talence, Tarnès, Tauriac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Valeyrac, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Villandraut, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>RESIDENCE COEUR DE BASSIN</t>
+  </si>
+  <si>
+    <t>RESIDENCE COEUR DE BASSIN - Audenge</t>
+  </si>
+  <si>
+    <t>0557177900</t>
+  </si>
+  <si>
+    <t>https://www.lestemplitudesaudenge.com/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arès, Audenge, Biganos, Lanton, Lège-Cap-Ferret, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Bazadais</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Bazadais - Bazas</t>
+  </si>
+  <si>
+    <t>0556654951</t>
+  </si>
+  <si>
+    <t>https://www.cdcdubazadais.fr/solidarite/saad/</t>
+  </si>
+  <si>
+    <t>Aubiac, Bazas, Bernos-Beaulac, Birac, Captieux, Cauvignac, Cazats, Cours-les-Bains, Cudos, Escaudes, Gajac, Gans, Giscos, Goualade, Grignols, Labescau, Lados, Lartigue, Lavazan, Le Nizan, Lerm-et-Musset, Lignan-de-Bazas, Marimbault, Marions, Masseilles, Saint-Côme, Saint-Michel-de-Castelnau, Sauviac, Sendets, Sigalens, Sillas</t>
+  </si>
+  <si>
+    <t>ÜBI</t>
+  </si>
+  <si>
+    <t>ÜBI - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556002525</t>
+  </si>
+  <si>
+    <t>https://www.ubi-apr.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arbanats, Arès, Artigues-près-Bordeaux, Audenge, Ayguemorte-les-Graves, Balizac, Barsac, Bassens, Baurech, Bayon-sur-Gironde, Beautiran, Bègles, Béguey, Berson, Beychac-et-Caillau, Bieujac, Biganos, Blanquefort, Blaye, Bommes, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bouliac, Bourg, Bourideys, Branne, Braud-et-Saint-Louis, Bruges, Budos, Cabanac-et-Villagrains, Cabara, Cadaujac, Cadillac, Camarsac, Cambes, Camblanes-et-Meynac, Campugnan, Canéjan, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Cavignac, Cazalis, Cénac, Cenon, Cérons, Cestas, Cézac, Civrac-de-Blaye, Civrac-sur-Dordogne, Coimères, Comps, Coubeyrac, Cubnezais, Cubzac-les-Ponts, Donnezac, Donzac, Doulezon, Escoussans, Étauliers, Eysines, Fargues, Fargues-Saint-Hilaire, Flaujagues, Floirac, Fours, Gabarnac, Gauriac, Gauriaguet, Générac, Gensac, Gradignan, Grézillac, Guillac, Guillos, Hostens, Hourtin, Illats, Isle-Saint-Georges, Izon, Jugazan, Juillac, La Brède, Lacanau, Landiras, Langoiran, Langon, Lansac, Lanton, Laroque, Laruscade, Latresne, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Taillan-Médoc, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Les Salles-de-Castillon, Lestiac-sur-Garonne, Libourne, Lignan-de-Bordeaux, Lormont, Louchats, Loupiac, Lucmau, Lugaignac, Macau, Marcenais, Marcheprime, Marsas, Martignas-sur-Jalle, Martillac, Mazères, Mazion, Mérignac, Mérignas, Mios, Mombrier, Monprimblanc, Montussan, Mouliets-et-Villemartin, Naujan-et-Postiac, Noaillan, Omet, Origne, Paillet, Parempuyre, Pessac, Pessac-sur-Dordogne, Peujard, Plassac, Podensac, Pompéjac, Pompignac, Portets, Préchac, Preignac, Prignac-et-Marcamps, Pugnac, Pujols, Pujols-sur-Ciron, Quinsac, Rauzan, Rions, Roaillan, Ruch, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-Aubin-de-Branne, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Genès-de-Blaye, Saint-Germain-de-Grave, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Jean-d'Illac, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Léger-de-Balson, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Mariens, Saint-Martial, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-de-Castets, Saint-Pierre-de-Mons, Saint-Savin, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Florence, Sainte-Radegonde, Sallebœuf, Samonac, Saucats, Saugon, Sauternes, Semens, Tabanac, Talence, Tauriac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Vayres, Verdelais, Villandraut, Villenave-d'Ornon, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>Groupement ESAD - AEM Association d'Entraide Multiple</t>
+  </si>
+  <si>
+    <t>Groupement ESAD - AEM Association d'Entraide Multiple - Saint-Ciers-sur-Gironde</t>
+  </si>
+  <si>
+    <t>0557327320</t>
+  </si>
+  <si>
+    <t>FREE DOM' SENIOR COMPAGNIE BASSIN D'ARCACHON</t>
+  </si>
+  <si>
+    <t>FREE DOM' SENIOR COMPAGNIE BASSIN D'ARCACHON - La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>0557524749</t>
+  </si>
+  <si>
+    <t>https://bassindarcachon.senior-compagnie.fr/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Belin-Béliet, Biganos, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Barp, Le Teich, Lège-Cap-Ferret, Lugos, Marcheprime, Mios, Saint-Magne, Salles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Guîtres</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Guîtres - Guîtres</t>
+  </si>
+  <si>
+    <t>0557561948</t>
+  </si>
+  <si>
+    <t>Bonzac, Guîtres, Lagorce, Lapouyade, Maransin, Sablons, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Savignac-de-l'Isle, Tizac-de-Lapouyade</t>
+  </si>
+  <si>
+    <t>TCA</t>
+  </si>
+  <si>
+    <t>TCA - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556900297</t>
+  </si>
+  <si>
+    <t>http://tcasso.org/</t>
+  </si>
+  <si>
+    <t>SAAD - CCAS DE TALENCE</t>
+  </si>
+  <si>
+    <t>SAAD - CCAS DE TALENCE - Talence</t>
+  </si>
+  <si>
+    <t>0556847875</t>
+  </si>
+  <si>
+    <t>Talence</t>
+  </si>
+  <si>
+    <t>AZAE BORDEAUX NORD</t>
+  </si>
+  <si>
+    <t>AZAE BORDEAUX NORD - Bruges</t>
+  </si>
+  <si>
+    <t>0556587220</t>
+  </si>
+  <si>
+    <t>https://www.azae.com</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Brach, Carcans, Castelnau-de-Médoc, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Gaillan-en-Médoc, Gradignan, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Le Pian-Médoc, Le Temple, Le Verdon-sur-Mer, Lesparre-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Queyrac, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saumos, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AMAD</t>
+  </si>
+  <si>
+    <t>AMAD - Martres</t>
+  </si>
+  <si>
+    <t>0556713202</t>
+  </si>
+  <si>
+    <t>https://www.amad33.fr</t>
+  </si>
+  <si>
+    <t>Arbis, Baigneaux, Bellebat, Bellefond, Blasimon, Cantois, Castelviel, Cessac, Cleyrac, Coirac, Courpiac, Daubèze, Escoussans, Faleyras, Frontenac, Gornac, Grézillac, Jugazan, Ladaux, Lugasson, Martres, Mauriac, Mérignas, Montignac, Mourens, Naujan-et-Postiac, Rauzan, Romagne, Ruch, Saint-Brice, Saint-Félix-de-Foncaude, Saint-Genis-du-Bois, Saint-Pierre-de-Bat, Saint-Sulpice-de-Pommiers, Saint-Vincent-de-Pertignas, Sauveterre-de-Guyenne, Soulignac, Targon</t>
+  </si>
+  <si>
+    <t>A.A.D.P.</t>
+  </si>
+  <si>
+    <t>A.A.D.P. - Langon</t>
+  </si>
+  <si>
+    <t>0556767878</t>
+  </si>
+  <si>
+    <t>Balizac, Bieujac, Bommes, Bourideys, Castets et Castillon, Cazalis, Coimères, Fargues, Hostens, Langon, Le Pian-sur-Garonne, Le Tuzan, Léogeats, Louchats, Lucmau, Mazères, Noaillan, Origne, Pompéjac, Préchac, Roaillan, Saint-André-du-Bois, Saint-Germain-de-Grave, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Saint-Symphorien, Sauternes, Semens, Toulenne, Uzeste, Verdelais, Villandraut</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Créon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Créon - Créon</t>
+  </si>
+  <si>
+    <t>0557345466</t>
+  </si>
+  <si>
+    <t>http://www.mairie-creon.fr/ccas/</t>
+  </si>
+  <si>
+    <t>Baron, Blésignac, Camiac-et-Saint-Denis, Créon, Croignon, Cursan, Haux, La Sauve, Le Pout, Madirac, Sadirac, Saint-Genès-de-Lombaud, Saint-Léon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>VITAME BORDEAUX</t>
+  </si>
+  <si>
+    <t>VITAME BORDEAUX - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557107003</t>
+  </si>
+  <si>
+    <t>https://www.vitamebordeaux.fr/</t>
+  </si>
+  <si>
+    <t>LA VIE A DOMICILE - MAISON DE LA SANTE ET DES AIDANTS</t>
+  </si>
+  <si>
+    <t>LA VIE A DOMICILE - MAISON DE LA SANTE ET DES AIDANTS - Mérignac</t>
+  </si>
+  <si>
+    <t>0556550438</t>
+  </si>
+  <si>
+    <t>https://www.lavieadomicile33.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche, Martignas-sur-Jalle, Mérignac</t>
+  </si>
+  <si>
+    <t>SUDGIMAD</t>
+  </si>
+  <si>
+    <t>SUDGIMAD - Caudrot</t>
+  </si>
+  <si>
+    <t>0556627500</t>
+  </si>
+  <si>
+    <t>Aillas, Arbanats, Arbis, Aubiac, Auriolles, Auros, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bazas, Béguey, Bellebat, Bellefond, Bernos-Beaulac, Berthez, Bieujac, Birac, Blaignac, Blasimon, Bommes, Bossugan, Bourdelles, Bourideys, Branne, Brannens, Brouqueyran, Budos, Cabara, Cadillac, Camiac-et-Saint-Denis, Camiran, Cantois, Capian, Captieux, Cardan, Casseuil, Castelmoron-d'Albret, Castelviel, Castets et Castillon, Castillon-la-Bataille, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cérons, Cessac, Civrac-sur-Dordogne, Cleyrac, Coimères, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutures, Cudos, Daignac, Dardenac, Daubèze, Dieulivol, Donzac, Doulezon, Escaudes, Escoussans, Espiet, Faleyras, Fargues, Flaujagues, Floudès, Fontet, Fossès-et-Baleyssac, Frontenac, Gabarnac, Gajac, Gans, Gensac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Grézillac, Grignols, Guillac, Guillos, Hostens, Hure, Illats, Jugazan, Juillac, La Réole, Labescau, Ladaux, Lados, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langon, Laroque, Lartigue, Lavazan, Le Nizan, Le Pian-sur-Garonne, Le Puy, Le Tuzan, Léogeats, Lerm-et-Musset, Les Esseintes, Les Salles-de-Castillon, Lestiac-sur-Garonne, Lignan-de-Bazas, Listrac-de-Durèze, Loubens, Louchats, Loupiac, Loupiac-de-la-Réole, Lucmau, Lugaignac, Lugasson, Marimbault, Marions, Martres, Masseilles, Massugas, Mauriac, Mazères, Mérignas, Mesterrieux, Mongauzy, Monprimblanc, Monségur, Montagoudin, Montignac, Morizès, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Origne, Paillet, Pellegrue, Pessac-sur-Dordogne, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols, Pujols-sur-Ciron, Puybarban, Rauzan, Rimons, Rions, Roaillan, Romagne, Roquebrune, Ruch, Saint-André-du-Bois, Saint-Antoine-du-Queyret, Saint-Aubin-de-Branne, Saint-Brice, Saint-Côme, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Germain-de-Grave, Saint-Germain-du-Puch, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Jean-de-Blaignac, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Martial, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pey-de-Castets, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Sève, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Symphorien, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Monségur, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Florence, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Radegonde, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulignac, Soussac, Taillecavat, Targon, Tizac-de-Curton, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-de-Rions, Virelade</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Bruges</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Bruges - Bruges</t>
+  </si>
+  <si>
+    <t>0556168081</t>
+  </si>
+  <si>
+    <t>https://www.mairie-bruges.fr</t>
+  </si>
+  <si>
+    <t>Bruges</t>
+  </si>
+  <si>
     <t>AGAPES</t>
   </si>
   <si>
     <t>AGAPES - Villenave-d'Ornon</t>
   </si>
   <si>
-    <t>Avant 7h, Entre 7h et 20h, Après 20h</t>
-[...1 lines deleted...]
-  <si>
     <t>0556491938</t>
   </si>
   <si>
     <t>https://www.agapes-sad.fr</t>
   </si>
   <si>
     <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Cenon, Floirac, Lormont, Talence, Villenave-d'Ornon</t>
   </si>
   <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Seurin-sur-l'Isle - Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>0557560105</t>
+  </si>
+  <si>
+    <t>http://www.stseurinsurlisle.com/vie_quotidienne/do</t>
+  </si>
+  <si>
+    <t>Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>CCAS AMBES</t>
+  </si>
+  <si>
+    <t>CCAS AMBES - AMBES</t>
+  </si>
+  <si>
+    <t>0556773540</t>
+  </si>
+  <si>
+    <t>https://www.villeambes.fr/</t>
+  </si>
+  <si>
+    <t>Ambès</t>
+  </si>
+  <si>
+    <t>CIAS DU PAYS FOYEN -- Service d'Aide et d'Accompagnement à Domicile</t>
+  </si>
+  <si>
+    <t>CIAS DU PAYS FOYEN -- Service d'Aide et d'Accompagnement à Domicile - Pineuilh</t>
+  </si>
+  <si>
+    <t>0524241503</t>
+  </si>
+  <si>
+    <t>https://www.paysfoyen.fr</t>
+  </si>
+  <si>
+    <t>Caplong, Eynesse, La Roquille, Les Lèves-et-Thoumeyragues, Ligueux, Margueron, Pineuilh, Riocaud, Saint-André-et-Appelles, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Sainte-Foy-la-Grande</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de La Teste de Buch</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de La Teste de Buch - La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>0557736980</t>
+  </si>
+  <si>
+    <t>https://www.latestedebuch.fr/</t>
+  </si>
+  <si>
+    <t>La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Barp</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Barp - Le Barp</t>
+  </si>
+  <si>
+    <t>0557719859</t>
+  </si>
+  <si>
+    <t>http://www.ville-le-barp.fr/66-aide-au-maintien-a-</t>
+  </si>
+  <si>
+    <t>Le Barp</t>
+  </si>
+  <si>
+    <t>AD Seniors Merignac</t>
+  </si>
+  <si>
+    <t>AD Seniors Merignac - Mérignac</t>
+  </si>
+  <si>
+    <t>0631725079</t>
+  </si>
+  <si>
+    <t>https://www.adseniors.com</t>
+  </si>
+  <si>
+    <t>Eysines, Mérignac</t>
+  </si>
+  <si>
+    <t>Association P'tit Plus</t>
+  </si>
+  <si>
+    <t>Association P'tit Plus - Tresses</t>
+  </si>
+  <si>
+    <t>0556749010</t>
+  </si>
+  <si>
+    <t>http://www.assoptitplus.fr</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Baurech, Bonnetan, Bordeaux rive droite, Bouliac, Camarsac, Cambes, Camblanes-et-Meynac, Carignan-de-Bordeaux, Cénac, Cenon, Fargues-Saint-Hilaire, Floirac, Langoiran, Latresne, Le Tourne, Lignan-de-Bordeaux, Lormont, Pompignac, Quinsac, Saint-Caprais-de-Bordeaux, Sallebœuf, Tabanac, Tresses</t>
+  </si>
+  <si>
+    <t>NERIGEA'DOM</t>
+  </si>
+  <si>
+    <t>NERIGEA'DOM - Nérigean</t>
+  </si>
+  <si>
+    <t>0557515913</t>
+  </si>
+  <si>
+    <t>https://nerigean.fr/nerigeadom/</t>
+  </si>
+  <si>
+    <t>Daignac, Dardenac, Espiet, Génissac, Moulon, Nérigean, Saint-Germain-du-Puch, Saint-Quentin-de-Baron, Tizac-de-Curton</t>
+  </si>
+  <si>
+    <t>ADHM</t>
+  </si>
+  <si>
+    <t>ADHM - Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>0556054584</t>
+  </si>
+  <si>
+    <t>http://www.adhm33.fr</t>
+  </si>
+  <si>
+    <t>Blanquefort, Eysines, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Ludon-Médoc, Macau, Martignas-sur-Jalle, Parempuyre, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DOMICILE SANTE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DOMICILE SANTE - Gradignan</t>
+  </si>
+  <si>
+    <t>0556895867</t>
+  </si>
+  <si>
+    <t>https://www.association-domicile-sante.com/</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Beautiran, Belin-Béliet, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Isle-Saint-Georges, La Brède, Le Barp, Léognan, Lugos, Martillac, Pessac, Saint-Magne, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Salles, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Andernos</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Andernos - Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>0556828998</t>
+  </si>
+  <si>
+    <t>https://www.andernoslesbains.fr/listes/solidarite/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>ADHAP</t>
+  </si>
+  <si>
+    <t>ADHAP - Antenne Bordeaux</t>
+  </si>
+  <si>
+    <t>0556501221</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr/aide-a-domicile-bruges</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Parempuyre</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Landiras</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Landiras - Landiras</t>
+  </si>
+  <si>
+    <t>0556625028</t>
+  </si>
+  <si>
+    <t>https://landiras.fr/c-c-a-s/</t>
+  </si>
+  <si>
+    <t>Landiras</t>
+  </si>
+  <si>
+    <t>APEF MERIGNAC PESSAC</t>
+  </si>
+  <si>
+    <t>APEF MERIGNAC PESSAC - Mérignac</t>
+  </si>
+  <si>
+    <t>0556964395</t>
+  </si>
+  <si>
+    <t>https://www.apef.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive droite, Cenon, Floirac, Mérignac, Pessac</t>
+  </si>
+  <si>
+    <t>SAD de Libourne</t>
+  </si>
+  <si>
+    <t>SAD de Libourne - Libourne</t>
+  </si>
+  <si>
+    <t>0557553374</t>
+  </si>
+  <si>
+    <t>http://www.libourne.fr</t>
+  </si>
+  <si>
+    <t>Libourne, Pomerol</t>
+  </si>
+  <si>
+    <t>Et Après Services 33</t>
+  </si>
+  <si>
+    <t>Et Après Services 33 - Eysines</t>
+  </si>
+  <si>
+    <t>0648094378</t>
+  </si>
+  <si>
+    <t>https://www.etapres-services.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Arveyres, Asques, Aubiac, Audenge, Auriolles, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Balizac, Barie, Bassanne, Bassens, Baurech, Bayas, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Belin-Béliet, Belvès-de-Castillon, Bernos-Beaulac, Berson, Berthez, Bieujac, Biganos, Birac, Blaignac, Blaignan, Blanquefort, Blaye, Bommes, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Braud-et-Saint-Louis, Brouqueyran, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Cadillac-en-Fronsadais, Cambes, Camblanes-et-Meynac, Camiran, Camps-sur-l'Isle, Campugnan, Canéjan, Caplong, Captieux, Carbon-Blanc, Carcans, Cars, Cartelègue, Casseuil, Castelnau-de-Médoc, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cénac, Cenon, Cestas, Chamadelle, Cissac-Médoc, Civrac-en-Médoc, Coimères, Comps, Couquèques, Cours-les-Bains, Coutras, Cubzac-les-Ponts, Cudos, Cussac-Fort-Médoc, Daignac, Dardenac, Escaudes, Espiet, Étauliers, Eynesse, Eyrans, Eysines, Fargues, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Francs, Fronsac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gironde-sur-Dropt, Giscos, Goualade, Gours, Gradignan, Grayan-et-l'Hôpital, Grignols, Guîtres, Hostens, Hourtin, Hure, Isle-Saint-Georges, Izon, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Roquille, Labarde, Labescau, Lacanau, Lados, Lagorce, Lalande-de-Pomerol, Lamarque, Lamothe-Landerron, Landerrouat, Langoiran, Langon, Lansac, Lanton, Lapouyade, Lartigue, Latresne, Lavazan, Le Barp, Le Bouscat, Le Fieu, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Taillan-Médoc, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Esseintes, Les Lèves-et-Thoumeyragues, Les Peintures, Lesparre-Médoc, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugon-et-l'Île-du-Carnay, Lugos, Lussac, Macau, Maransin, Marcheprime, Marcillac, Margaux-Cantenac, Margueron, Marimbault, Marions, Martignas-sur-Jalle, Martillac, Masseilles, Massugas, Mazères, Mazion, Mérignac, Mios, Mombrier, Mongauzy, Monségur, Montagne, Montagoudin, Morizès, Mouillac, Moulis-en-Médoc, Moulon, Naujac-sur-Mer, Néac, Nérigean, Noaillac, Noaillan, Ordonnac, Origne, Parempuyre, Pauillac, Pellegrue, Périssac, Pessac, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Pomerol, Pompéjac, Pondaurat, Porchères, Préchac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Puisseguin, Puybarban, Puynormand, Queyrac, Quinsac, Reignac, Riocaud, Roaillan, Roquebrune, Sablons, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Estèphe, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Hippolyte, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Loubert, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martial, Saint-Martin-de-Laye, Saint-Martin-de-Sescas, Saint-Martin-du-Bois, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Morillon, Saint-Palais, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Sauveur-de-Puynormand, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzans-de-Médoc, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Hélène, Sainte-Terre, Salaunes, Salles, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauviac, Savignac, Savignac-de-l'Isle, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soussans, Tabanac, Talais, Talence, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Toulenne, Uzeste, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Vignonet, Villandraut, Villegouge, Villenave-d'Ornon, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>Coup d'pouce33</t>
+  </si>
+  <si>
+    <t>Coup d'pouce33 - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557958349</t>
+  </si>
+  <si>
+    <t>https://coupdpouce33.wixsite.com/website</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AIDE SERVICE</t>
+  </si>
+  <si>
+    <t>AIDE SERVICE - LORMONT</t>
+  </si>
+  <si>
+    <t>0556383840</t>
+  </si>
+  <si>
+    <t>https://www.agedorservices.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Carbon-Blanc, Cenon, Floirac, Gradignan, Le Bouscat, Lormont, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Domicil + Membre du réseau Amelis</t>
+  </si>
+  <si>
+    <t>Domicil + Membre du réseau Amelis - Cenon</t>
+  </si>
+  <si>
+    <t>0556810582</t>
+  </si>
+  <si>
+    <t>https://www.amelis-services.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Fargues-Saint-Hilaire, Floirac, Lormont, Montussan, Saint-Loubès, Sainte-Eulalie, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>DESTIA VILLENAVE D'ORNON</t>
+  </si>
+  <si>
+    <t>DESTIA VILLENAVE D'ORNON - Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>0556374909</t>
+  </si>
+  <si>
+    <t>https://www.destia.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Cenon, Floirac, Gradignan, Le Bouscat, Lormont, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>oligad</t>
+  </si>
+  <si>
+    <t>oligad - Libourne</t>
+  </si>
+  <si>
+    <t>0557740526</t>
+  </si>
+  <si>
+    <t>https://www.oligad.com</t>
+  </si>
+  <si>
+    <t>Abzac, Arveyres, Bonzac, Branne, Cabara, Cadarsac, Chamadelle, Coutras, Espiet, Génissac, Guîtres, Lagorce, Lalande-de-Pomerol, Les Billaux, Les Églisottes-et-Chalaures, Libourne, Moulon, Naujan-et-Postiac, Nérigean, Pomerol, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Martin-du-Bois, Saint-Quentin-de-Baron, Tizac-de-Curton</t>
+  </si>
+  <si>
+    <t>Ademain</t>
+  </si>
+  <si>
+    <t>Ademain   - Mérignac</t>
+  </si>
+  <si>
+    <t>0564100188</t>
+  </si>
+  <si>
+    <t>https://www.ademain.fr</t>
+  </si>
+  <si>
+    <t>Canéjan, Cestas, Gradignan, Le Haillan, Martignas-sur-Jalle, Mérignac, Pessac, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Médard-en-Jalles, Talence</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Lanton</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Lanton - Lanton</t>
+  </si>
+  <si>
+    <t>0556038625</t>
+  </si>
+  <si>
+    <t>https://www.mairie-lanton.fr/quotidien/solidarite/</t>
+  </si>
+  <si>
+    <t>Lanton</t>
+  </si>
+  <si>
+    <t>SAD du C.C.A.S. de BEGLES</t>
+  </si>
+  <si>
+    <t>SAD du C.C.A.S. de BEGLES - Bègles</t>
+  </si>
+  <si>
+    <t>0556498845</t>
+  </si>
+  <si>
+    <t>https://www.mairie-begles.fr/</t>
+  </si>
+  <si>
+    <t>Bègles</t>
+  </si>
+  <si>
+    <t>VITAME SERVICES MEDOC</t>
+  </si>
+  <si>
+    <t>VITAME SERVICES MEDOC - Avensan</t>
+  </si>
+  <si>
+    <t>0557881589</t>
+  </si>
+  <si>
+    <t>https://www.vitame-medoc.fr</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Blanquefort, Brach, Carcans, Castelnau-de-Médoc, Cussac-Fort-Médoc, Eysines, Hourtin, Labarde, Lacanau, Lamarque, Le Haillan, Le Pian-Médoc, Le Porge, Le Taillan-Médoc, Le Temple, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Parempuyre, Pauillac, Saint-Aubin-de-Médoc, Saint-Estèphe, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Saint-Sauveur, Sainte-Hélène, Salaunes, Saumos, Soussans</t>
+  </si>
+  <si>
+    <t>Association Les Coteaux de Bordeaux</t>
+  </si>
+  <si>
+    <t>Association Les Coteaux de Bordeaux - Sallebœuf</t>
+  </si>
+  <si>
+    <t>0556728994</t>
+  </si>
+  <si>
+    <t>https://lescoteauxdebordeaux.fr</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Beychac-et-Caillau, Bonnetan, Bouliac, Camarsac, Carignan-de-Bordeaux, Cenon, Croignon, Fargues-Saint-Hilaire, Floirac, Le Pout, Lignan-de-Bordeaux, Lormont, Loupes, Montussan, Pompignac, Sadirac, Saint-Sulpice-et-Cameyrac, Sallebœuf, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Audenge</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Audenge - Audenge</t>
+  </si>
+  <si>
+    <t>0557170115</t>
+  </si>
+  <si>
+    <t>https://www.ville-audenge.fr/saad/</t>
+  </si>
+  <si>
+    <t>Audenge</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS duTeich</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS duTeich - Le Teich</t>
+  </si>
+  <si>
+    <t>0556224502</t>
+  </si>
+  <si>
+    <t>https://www.leteich.fr</t>
+  </si>
+  <si>
+    <t>Le Teich</t>
+  </si>
+  <si>
+    <t>SOS AIDES A DOMICILE</t>
+  </si>
+  <si>
+    <t>SOS AIDES A DOMICILE - Talence</t>
+  </si>
+  <si>
+    <t>0556290644</t>
+  </si>
+  <si>
+    <t>https://WWW.SOS-AIDES-A-DOMICILE.FR</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Gradignan, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Arès</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Arès - Arès</t>
+  </si>
+  <si>
+    <t>0557170101</t>
+  </si>
+  <si>
+    <t>https://ville-ares.fr/social-solidarite/</t>
+  </si>
+  <si>
+    <t>Arès</t>
+  </si>
+  <si>
+    <t>Générale Des Services Bordeaux Rive Droite</t>
+  </si>
+  <si>
+    <t>Générale Des Services Bordeaux Rive Droite - Bordeaux</t>
+  </si>
+  <si>
+    <t>0524703270</t>
+  </si>
+  <si>
+    <t>http://bordeaux-rive-droite.generaledesservices.co</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Floirac, Lormont</t>
+  </si>
+  <si>
+    <t>AAD  FRANCE  PRESENCE</t>
+  </si>
+  <si>
+    <t>AAD  FRANCE  PRESENCE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556008145</t>
+  </si>
+  <si>
+    <t>https://www.france-presence.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Bassens, Bayas, Bègles, Beychac-et-Caillau, Blanquefort, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cadarsac, Camps-sur-l'Isle, Carbon-Blanc, Carignan-de-Bordeaux, Cenon, Cestas, Chamadelle, Coutras, Daignac, Dardenac, Espiet, Eysines, Floirac, Génissac, Gours, Gradignan, Guîtres, Izon, Lagorce, Lalande-de-Pomerol, Lapouyade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Maransin, Martignas-sur-Jalle, Mérignac, Montussan, Moulon, Nérigean, Parempuyre, Pessac, Pomerol, Pompignac, Porchères, Puynormand, Sablons, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Savignac-de-l'Isle, Talence, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Floirac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Floirac - Floirac</t>
+  </si>
+  <si>
+    <t>0557808710</t>
+  </si>
+  <si>
+    <t>http://www.ville-floirac33.fr/la-solidarite/aides-</t>
+  </si>
+  <si>
+    <t>Floirac</t>
+  </si>
+  <si>
+    <t>SENIOR PLUS 33</t>
+  </si>
+  <si>
+    <t>SENIOR PLUS 33 - Gujan-Mestras</t>
+  </si>
+  <si>
+    <t>0557522076</t>
+  </si>
+  <si>
+    <t>https://www.ass-seniorplus.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcachon, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Gujan-Mestras, La Teste-de-Buch, Le Bouscat, Le Haillan, Le Taillan-Médoc, Le Teich, Lormont, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AAPAM</t>
+  </si>
+  <si>
+    <t>AAPAM - Blaignan-Prignac</t>
+  </si>
+  <si>
+    <t>0556731950</t>
+  </si>
+  <si>
+    <t>https://www.aapam-medoc.fr</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Bégadan, Blaignan, Brach, Carcans, Castelnau-de-Médoc, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Gaillan-en-Médoc, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Le Pian-Médoc, Le Porge, Le Temple, Le Verdon-sur-Mer, Lesparre-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Pauillac, Prignac-en-Médoc, Queyrac, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saumos, Soulac-sur-Mer, Soussans, Talais, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil</t>
+  </si>
+  <si>
+    <t>AMALLYA - Tresses</t>
+  </si>
+  <si>
+    <t>0547336494</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Arveyres, Baigneaux, Baron, Bassens, Baurech, Bellebat, Blésignac, Bonnetan, Bordeaux rive droite, Bouliac, Branne, Cadarsac, Cambes, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Cardan, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Daignac, Dardenac, Faleyras, Fargues-Saint-Hilaire, Floirac, Génissac, Grézillac, Guillac, Haux, La Sauve, Langoiran, Le Pout, Le Tourne, Lestiac-sur-Garonne, Lignan-de-Bordeaux, Lormont, Loupes, Lugaignac, Madirac, Montussan, Moulon, Naujan-et-Postiac, Nérigean, Paillet, Pompignac, Quinsac, Romagne, Sadirac, Saint-Aubin-de-Branne, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Germain-du-Puch, Saint-Léon, Saint-Quentin-de-Baron, Sainte-Eulalie, Sallebœuf, Soulignac, Tabanac, Targon, Tizac-de-Curton, Tresses, Vayres, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>CCAS DE BASSENS</t>
+  </si>
+  <si>
+    <t>CCAS DE BASSENS - Bassens</t>
+  </si>
+  <si>
+    <t>0557808150</t>
+  </si>
+  <si>
+    <t>Bassens</t>
+  </si>
+  <si>
+    <t>AGE D'OR SERVICES BORDEAUX OUEST</t>
+  </si>
+  <si>
+    <t>AGE D'OR SERVICES BORDEAUX OUEST - Pessac</t>
+  </si>
+  <si>
+    <t>0556951256</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Médard-en-Jalles, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>ALSP Association Libournaise de Services aux Personnes</t>
+  </si>
+  <si>
+    <t>ALSP Association Libournaise de Services aux Personnes - Libourne</t>
+  </si>
+  <si>
+    <t>0557741301</t>
+  </si>
+  <si>
+    <t>https://alsp.fr</t>
+  </si>
+  <si>
+    <t>Arveyres, Lalande-de-Pomerol, Les Billaux, Les Peintures, Libourne, Montagne, Moulon, Nérigean, Pomerol, Saint-Denis-de-Pile, Saint-Émilion</t>
+  </si>
+  <si>
+    <t>ASAP MEDOC</t>
+  </si>
+  <si>
+    <t>ASAP MEDOC - Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>0556456797</t>
+  </si>
+  <si>
+    <t>https://www.asapdomicile-bordeauxmetropole.fr</t>
+  </si>
+  <si>
+    <t>Bégadan, Blaignan, Blanquefort, Carcans, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Gaillan-en-Médoc, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Lacanau, Le Haillan, Le Taillan-Médoc, Le Verdon-sur-Mer, Lesparre-Médoc, Martignas-sur-Jalle, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Prignac-en-Médoc, Queyrac, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Soulac-sur-Mer, Talais, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil</t>
+  </si>
+  <si>
+    <t>ADMR DE LA GIRONDE</t>
+  </si>
+  <si>
+    <t>ADMR DE LA GIRONDE - Langon</t>
+  </si>
+  <si>
+    <t>0556636095</t>
+  </si>
+  <si>
+    <t>https://www.fede33.admr.org/</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arbanats, Arbis, Arcachon, Arès, Artigues-près-Bordeaux, Arveyres, Aubiac, Audenge, Auriolles, Auros, Ayguemorte-les-Graves, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Bayas, Bazas, Beautiran, Béguey, Bellebat, Bellefond, Belvès-de-Castillon, Bernos-Beaulac, Berthez, Beychac-et-Caillau, Bieujac, Biganos, Birac, Blaignac, Blanquefort, Blasimon, Blésignac, Bommes, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bourdelles, Bourideys, Brach, Branne, Brannens, Brouqueyran, Bruges, Budos, Cabara, Cadarsac, Cadillac, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Camps-sur-l'Isle, Cantois, Capian, Caplong, Captieux, Carbon-Blanc, Carcans, Cardan, Casseuil, Castelmoron-d'Albret, Castelnau-de-Médoc, Castelviel, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cénac, Cenon, Cérons, Cessac, Chamadelle, Civrac-sur-Dordogne, Cleyrac, Coimères, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutras, Coutures, Créon, Croignon, Cudos, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donzac, Doulezon, Escaudes, Escoussans, Espiet, Eynesse, Eysines, Faleyras, Fargues, Fargues-Saint-Hilaire, Flaujagues, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Francs, Frontenac, Gabarnac, Gajac, Gans, Gardegan-et-Tourtirac, Génissac, Gensac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gours, Grézillac, Grignols, Guillac, Guillos, Guîtres, Gujan-Mestras, Haux, Hostens, Hourtin, Hure, Illats, Izon, Jugazan, Juillac, La Réole, La Roquille, La Sauve, La Teste-de-Buch, Labescau, Lacanau, Ladaux, Lados, Lagorce, Lalande-de-Pomerol, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langoiran, Langon, Lanton, Lapouyade, Laroque, Lartigue, Lavazan, Le Bouscat, Le Fieu, Le Haillan, Le Nizan, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Puy, Le Teich, Le Temple, Le Tourne, Le Tuzan, Lège-Cap-Ferret, Léogeats, Lerm-et-Musset, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Esseintes, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Lestiac-sur-Garonne, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Lugaignac, Lugasson, Lussac, Madirac, Maransin, Marcheprime, Margueron, Marimbault, Marions, Martres, Masseilles, Massugas, Mauriac, Mazères, Mérignac, Mérignas, Mesterrieux, Mios, Mongauzy, Monprimblanc, Monségur, Montagne, Montagoudin, Montignac, Montussan, Morizès, Mouliets-et-Villemartin, Moulon, Mourens, Naujac-sur-Mer, Naujan-et-Postiac, Néac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Origne, Paillet, Pellegrue, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Pineuilh, Podensac, Pomerol, Pompéjac, Pondaurat, Porchères, Portets, Préchac, Preignac, Puisseguin, Pujols, Pujols-sur-Ciron, Puybarban, Puynormand, Rauzan, Rimons, Riocaud, Rions, Roaillan, Romagne, Roquebrune, Ruch, Sablons, Sadirac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Castillon, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-Grave, Saint-Germain-du-Puch, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Martial, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Médard-de-Guizières, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Monségur, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Hélène, Sainte-Radegonde, Sainte-Terre, Salaunes, Sallebœuf, Saumos, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Savignac-de-l'Isle, Semens, Sendets, Sigalens, Sillas, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tayac, Tizac-de-Curton, Tizac-de-Lapouyade, Toulenne, Tresses, Uzeste, Vayres, Verdelais, Vignonet, Villandraut, Villenave-de-Rions, Virelade, Yvrac</t>
+  </si>
+  <si>
+    <t>PROSENIORS</t>
+  </si>
+  <si>
+    <t>PROSENIORS - Lesparre-Médoc</t>
+  </si>
+  <si>
+    <t>0556736075</t>
+  </si>
+  <si>
+    <t>https://pro-seniors.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcins, Arsac, Artigues-près-Bordeaux, Avensan, Ayguemorte-les-Graves, Bassens, Beautiran, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Brach, Bruges, Cabanac-et-Villagrains, Cadaujac, Canéjan, Carbon-Blanc, Carcans, Castelnau-de-Médoc, Castres-Gironde, Cenon, Cestas, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Eysines, Floirac, Gaillan-en-Médoc, Gradignan, Grayan-et-l'Hôpital, Hourtin, Isle-Saint-Georges, Jau-Dignac-et-Loirac, La Brède, Labarde, Lacanau, Lamarque, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Porge, Le Temple, Le Verdon-sur-Mer, Léognan, Lesparre-Médoc, Listrac-Médoc, Lormont, Ludon-Médoc, Macau, Margaux-Cantenac, Martignas-sur-Jalle, Martillac, Mérignac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Queyrac, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Sauveur, Saint-Selve, Saint-Seurin-de-Cadourne, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saucats, Saumos, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>o2 Bordeaux Mérignac</t>
+  </si>
+  <si>
+    <t>o2 Bordeaux Mérignac - Mérignac</t>
+  </si>
+  <si>
+    <t>0787498234</t>
+  </si>
+  <si>
+    <t>https://www.o2.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bruges, Eysines, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Médard-en-Jalles, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>VIVRADOM</t>
+  </si>
+  <si>
+    <t>VIVRADOM - Latresne</t>
+  </si>
+  <si>
+    <t>0556200648</t>
+  </si>
+  <si>
+    <t>https://www.vivradom.fr/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arbis, Artigues-près-Bordeaux, Baigneaux, Baron, Bassens, Baurech, Bègles, Bellebat, Bellefond, Beychac-et-Caillau, Blasimon, Blésignac, Bonnetan, Bordeaux rive droite, Bouliac, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Cantois, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Castelmoron-d'Albret, Castelviel, Caumont, Cazaugitat, Cénac, Cenon, Cessac, Cleyrac, Coirac, Courpiac, Cours-de-Monségur, Coutures, Créon, Croignon, Cursan, Daubèze, Dieulivol, Eysines, Faleyras, Fargues-Saint-Hilaire, Floirac, Frontenac, Gornac, Haux, La Sauve, Ladaux, Landerrouet-sur-Ségur, Langoiran, Latresne, Le Pout, Le Puy, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Lugasson, Madirac, Martres, Mauriac, Mesterrieux, Montignac, Montussan, Mourens, Neuffons, Pompignac, Quinsac, Rimons, Romagne, Sadirac, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Martin-de-Lerm, Saint-Martin-du-Puy, Saint-Pierre-de-Bat, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sainte-Gemme, Sallebœuf, Sauveterre-de-Guyenne, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>APAISAD du Nord et Est Libournais</t>
+  </si>
+  <si>
+    <t>APAISAD du Nord et Est Libournais - Abzac</t>
+  </si>
+  <si>
+    <t>0557693616</t>
+  </si>
+  <si>
+    <t>Abzac, Auriolles, Bayas, Belvès-de-Castillon, Bonzac, Bossugan, Camps-sur-l'Isle, Caplong, Castillon-la-Bataille, Chamadelle, Civrac-sur-Dordogne, Coubeyrac, Coutras, Doulezon, Eynesse, Flaujagues, Francs, Gardegan-et-Tourtirac, Gensac, Gours, Guîtres, Juillac, La Roquille, Lagorce, Landerrouat, Lapouyade, Le Fieu, Les Artigues-de-Lussac, Les Églisottes-et-Chalaures, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Ligueux, Listrac-de-Durèze, Lussac, Maransin, Margueron, Massugas, Montagne, Mouliets-et-Villemartin, Néac, Pellegrue, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Pineuilh, Porchères, Puisseguin, Pujols, Puynormand, Rauzan, Riocaud, Sablons, Saint-André-et-Appelles, Saint-Antoine-sur-l'Isle, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Magne-de-Castillon, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Radegonde, Sainte-Terre, Savignac-de-l'Isle, Tayac, Tizac-de-Lapouyade, Vignonet</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cestas</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cestas - Cestas</t>
+  </si>
+  <si>
+    <t>0556788482</t>
+  </si>
+  <si>
+    <t>https://www.mairie-cestas.fr/les-seniors/</t>
+  </si>
+  <si>
+    <t>Cestas</t>
+  </si>
+  <si>
     <t>Service d'Aide et d'Accompagnement à Domicile CCAS de Blanquefort</t>
   </si>
   <si>
     <t>Service d'Aide et d'Accompagnement à Domicile CCAS de Blanquefort - Blanquefort</t>
   </si>
   <si>
-    <t>Entre 7h et 20h</t>
-[...1 lines deleted...]
-  <si>
     <t>0556574855</t>
   </si>
   <si>
     <t>https://www.ville-blanquefort.fr/portfolio_page/ai</t>
   </si>
   <si>
     <t>Blanquefort</t>
   </si>
   <si>
-    <t>AAD  FRANCE  PRESENCE</t>
-[...116 lines deleted...]
-    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Parempuyre</t>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS d'Eysines</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS d'Eysines - Eysines</t>
+  </si>
+  <si>
+    <t>0556161814</t>
+  </si>
+  <si>
+    <t>https://www.eysines.fr/ma-ville/elus/le-ccas-2/</t>
+  </si>
+  <si>
+    <t>Eysines</t>
+  </si>
+  <si>
+    <t>RESO EMPLOIS A DOMICILE</t>
+  </si>
+  <si>
+    <t>RESO EMPLOIS A DOMICILE - Eysines</t>
+  </si>
+  <si>
+    <t>0556159188</t>
+  </si>
+  <si>
+    <t>https://resoadom33.org/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcins, Arsac, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Cussac-Fort-Médoc, Eysines, Floirac, Gradignan, Labarde, Lamarque, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Lormont, Ludon-Médoc, Macau, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AMALLYA - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556431804</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Bruges, Eysines, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Sud Gironde</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Sud Gironde - Villandraut</t>
+  </si>
+  <si>
+    <t>0556258555</t>
+  </si>
+  <si>
+    <t>https://www.cdcsudgironde.fr</t>
+  </si>
+  <si>
+    <t>Balizac, Bourideys, Cazalis, Hostens, Le Tuzan, Louchats, Lucmau, Noaillan, Origne, Pompéjac, Préchac, Saint-Léger-de-Balson, Saint-Symphorien, Uzeste, Villandraut</t>
+  </si>
+  <si>
+    <t>CCAS AMBARES ET LAGRAVE</t>
+  </si>
+  <si>
+    <t>CCAS AMBARES ET LAGRAVE - AMBARES ET LAGRAVE</t>
+  </si>
+  <si>
+    <t>0556773456</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave</t>
+  </si>
+  <si>
+    <t>MELVEA</t>
+  </si>
+  <si>
+    <t>MELVEA - Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>0540430010</t>
+  </si>
+  <si>
+    <t>https://www.melvea.fr</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Biganos, Eysines, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Bouscat, Le Haillan, Le Teich, Lège-Cap-Ferret, Marcheprime, Mérignac, Mios</t>
+  </si>
+  <si>
+    <t>AMALLYA - Arcachon</t>
+  </si>
+  <si>
+    <t>0556225206</t>
+  </si>
+  <si>
+    <t>Arcachon, Gujan-Mestras, La Teste-de-Buch, Le Teich</t>
+  </si>
+  <si>
+    <t>SOS SOLUTION SERVICES</t>
+  </si>
+  <si>
+    <t>SOS SOLUTION SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0967778322</t>
+  </si>
+  <si>
+    <t>http://sossolutionservices.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Cenon, Eysines, Floirac, Gradignan, Le Bouscat, Lormont, Mérignac, Pessac, Talence</t>
+  </si>
+  <si>
+    <t>AZAE LIBOURNE</t>
+  </si>
+  <si>
+    <t>AZAE LIBOURNE - Libourne</t>
+  </si>
+  <si>
+    <t>0557848501</t>
+  </si>
+  <si>
+    <t>Abzac, Arbis, Arveyres, Asques, Baigneaux, Baron, Baurech, Bayas, Bayon-sur-Gironde, Bellebat, Bellefond, Belvès-de-Castillon, Berson, Beychac-et-Caillau, Blasimon, Blaye, Blésignac, Bonnetan, Bonzac, Bourg, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Campugnan, Cantois, Capian, Carignan-de-Bordeaux, Cars, Castelmoron-d'Albret, Castelviel, Caumont, Cazaugitat, Cénac, Cessac, Chamadelle, Cleyrac, Coirac, Comps, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Espiet, Faleyras, Fargues-Saint-Hilaire, Fours, Francs, Fronsac, Frontenac, Galgon, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gornac, Gours, Guîtres, Haux, Izon, La Lande-de-Fronsac, La Rivière, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouet-sur-Ségur, Langoiran, Lansac, Lapouyade, Latresne, Le Fieu, Le Pout, Le Puy, Le Tourne, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lignan-de-Bordeaux, Loupes, Lugasson, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Martres, Mauriac, Mesterrieux, Mombrier, Montagne, Montignac, Montussan, Mouillac, Moulon, Mourens, Néac, Nérigean, Neuffons, Périssac, Petit-Palais-et-Cornemps, Peujard, Plassac, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Puynormand, Quinsac, Rimons, Romagne, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-de-Bourg, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vivien-de-Blaye, Sainte-Eulalie, Sainte-Gemme, Sainte-Terre, Sallebœuf, Samonac, Saugon, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Villeneuve, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>SPASAD LE TEMPS DE VIVRE</t>
+  </si>
+  <si>
+    <t>SPASAD LE TEMPS DE VIVRE - Saint-Loubès</t>
+  </si>
+  <si>
+    <t>0556686178</t>
+  </si>
+  <si>
+    <t>https://www.assoletempsdevivre.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Bassens, Beychac-et-Caillau, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Floirac, Izon, Lormont, Montussan, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Tresses, Vayres, Yvrac</t>
+  </si>
+  <si>
+    <t>DANAE</t>
+  </si>
+  <si>
+    <t>DANAE - Mérignac</t>
+  </si>
+  <si>
+    <t>0556281511</t>
+  </si>
+  <si>
+    <t>https://www.residences-danae.fr</t>
+  </si>
+  <si>
+    <t>o2 Libourne</t>
+  </si>
+  <si>
+    <t>o2 Libourne - Libourne</t>
+  </si>
+  <si>
+    <t>0557501788</t>
+  </si>
+  <si>
+    <t>Abzac, Arveyres, Asques, Baron, Bayas, Belvès-de-Castillon, Blésignac, Bonzac, Bossugan, Bourg, Branne, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Capian, Castillon-la-Bataille, Cavignac, Chamadelle, Civrac-sur-Dordogne, Coubeyrac, Coutras, Créon, Croignon, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Doulezon, Espiet, Flaujagues, Francs, Fronsac, Galgon, Gardegan-et-Tourtirac, Gauriaguet, Génissac, Gensac, Gours, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Sauve, Lagorce, Lalande-de-Pomerol, Lansac, Lapouyade, Laruscade, Le Fieu, Le Pout, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Les Salles-de-Castillon, Libourne, Loupes, Lugaignac, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Marcenais, Marsas, Mérignas, Mombrier, Montagne, Mouillac, Mouliets-et-Villemartin, Moulon, Naujan-et-Postiac, Néac, Nérigean, Périssac, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Peujard, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols, Puynormand, Rauzan, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Léon, Saint-Magne-de-Castillon, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Trojan, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Radegonde, Sainte-Terre, Savignac-de-l'Isle, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Virsac</t>
+  </si>
+  <si>
+    <t>SAAD DU CCAS DE CENON</t>
+  </si>
+  <si>
+    <t>SAAD DU CCAS DE CENON - Cenon</t>
+  </si>
+  <si>
+    <t>0547305060</t>
+  </si>
+  <si>
+    <t>https://www.cenon.fr</t>
+  </si>
+  <si>
+    <t>Cenon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Fronsadais</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Fronsadais - Saint-Germain-de-la-Rivière</t>
+  </si>
+  <si>
+    <t>0557840709</t>
+  </si>
+  <si>
+    <t>https://www.cdc-fronsadais.com</t>
+  </si>
+  <si>
+    <t>Asques, Cadillac-en-Fronsadais, Fronsac, Galgon, La Lande-de-Fronsac, La Rivière, Lugon-et-l'Île-du-Carnay, Mouillac, Périssac, Saillans, Saint-Aignan, Saint-Ciers-d'Abzac, Saint-Genès-de-Fronsac, Saint-Germain-de-la-Rivière, Saint-Michel-de-Fronsac, Saint-Romain-la-Virvée, Tarnès, Vérac, Villegouge</t>
+  </si>
+  <si>
+    <t>Franchise O2 Lège-Cap-Ferret</t>
+  </si>
+  <si>
+    <t>Franchise O2 Lège-Cap-Ferret - Arès</t>
+  </si>
+  <si>
+    <t>0557183995</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arès, Audenge, Carcans, Lacanau, Lanton, Lège-Cap-Ferret, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>A.A.S.</t>
+  </si>
+  <si>
+    <t>A.A.S. - Ambarès-et-Lagrave</t>
+  </si>
+  <si>
+    <t>0556060549</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Bassens, Carbon-Blanc, Saint-Louis-de-Montferrand, Saint-Vincent-de-Paul</t>
+  </si>
+  <si>
+    <t>ADOMICILE33</t>
+  </si>
+  <si>
+    <t>ADOMICILE33 - Eysines</t>
+  </si>
+  <si>
+    <t>0564371337</t>
+  </si>
+  <si>
+    <t>https://www.aide-a-domicile-33.com/</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cadaujac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cadaujac - Cadaujac</t>
+  </si>
+  <si>
+    <t>0557838218</t>
+  </si>
+  <si>
+    <t>http://www.mairie-cadaujac.fr/solidarite/action-so</t>
+  </si>
+  <si>
+    <t>Cadaujac</t>
+  </si>
+  <si>
+    <t>Azaé Bassin d'Arcachon</t>
+  </si>
+  <si>
+    <t>Azaé Bassin d'Arcachon - Biganos</t>
+  </si>
+  <si>
+    <t>0556264150</t>
+  </si>
+  <si>
+    <t>https://www.azae.com/</t>
+  </si>
+  <si>
+    <t>Aillas, Andernos-les-Bains, Arbanats, Arbis, Arcachon, Arès, Aubiac, Audenge, Auros, Ayguemorte-les-Graves, Baigneaux, Balizac, Barie, Barsac, Bassanne, Bazas, Beautiran, Bègles, Béguey, Belin-Béliet, Bellebat, Bellefond, Bernos-Beaulac, Berthez, Bieujac, Biganos, Birac, Blaignac, Blasimon, Bommes, Bordeaux rive gauche, Bourdelles, Bourideys, Brannens, Brouqueyran, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Canéjan, Cantois, Captieux, Casseuil, Castelmoron-d'Albret, Castelviel, Castets et Castillon, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cérons, Cessac, Cestas, Cleyrac, Coimères, Coirac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutures, Cudos, Daubèze, Dieulivol, Escaudes, Faleyras, Fargues, Floudès, Fontet, Frontenac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gradignan, Grignols, Guillos, Gujan-Mestras, Hostens, Hure, Illats, Isle-Saint-Georges, La Brède, La Réole, La Teste-de-Buch, Labescau, Ladaux, Lados, Landerrouet-sur-Ségur, Landiras, Langon, Lanton, Lartigue, Lavazan, Le Barp, Le Nizan, Le Pian-sur-Garonne, Le Porge, Le Puy, Le Teich, Le Tuzan, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Lignan-de-Bazas, Louchats, Loupiac-de-la-Réole, Lucmau, Lugasson, Lugos, Marcheprime, Marimbault, Marions, Martillac, Martres, Masseilles, Mauriac, Mazères, Mesterrieux, Mios, Montignac, Mourens, Neuffons, Noaillac, Noaillan, Origne, Pessac, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols-sur-Ciron, Puybarban, Rimons, Rions, Roaillan, Romagne, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Côme, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Jean-d'Illac, Saint-Laurent-du-Bois, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Médard-d'Eyrans, Saint-Michel-de-Castelnau, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Selve, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Symphorien, Sainte-Croix-du-Mont, Sainte-Gemme, Salles, Saucats, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Sendets, Sigalens, Sillas, Soulignac, Soussac, Taillecavat, Talence, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-d'Ornon, Virelade</t>
+  </si>
+  <si>
+    <t>DOMALIANCE</t>
+  </si>
+  <si>
+    <t>DOMALIANCE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557883677</t>
+  </si>
+  <si>
+    <t>https://www.domaliance.fr/index-des-agences-par-ville/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Haux, Izon, La Sauve, Langoiran, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Martignas-sur-Jalle, Mérignac, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>ALOÏS</t>
+  </si>
+  <si>
+    <t>ALOÏS - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557977165</t>
+  </si>
+  <si>
+    <t>http://alois.services/</t>
+  </si>
+  <si>
+    <t>FREEDOM SENIOR COMPAGNIE</t>
+  </si>
+  <si>
+    <t>FREEDOM SENIOR COMPAGNIE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556523479</t>
+  </si>
+  <si>
+    <t>https://www.senior-compagnie.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Cenon, Eysines, Floirac, Le Bouscat, Lormont, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>CIAS LES RIVES DE LA LAURENCE</t>
+  </si>
+  <si>
+    <t>CIAS LES RIVES DE LA LAURENCE - Saint-Loubès</t>
+  </si>
+  <si>
+    <t>0556789111</t>
+  </si>
+  <si>
+    <t>http://www.cdcsaintloubes.fr/les-services/le-c-i-a</t>
+  </si>
+  <si>
+    <t>Beychac-et-Caillau, Montussan, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Yvrac</t>
+  </si>
+  <si>
+    <t>PROSENIORS - Arcachon</t>
+  </si>
+  <si>
+    <t>0557521754</t>
+  </si>
+  <si>
+    <t>DESTIA Bordeaux</t>
+  </si>
+  <si>
+    <t>DESTIA Bordeaux - Mérignac</t>
+  </si>
+  <si>
+    <t>0556238918</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Saint-Médard-en-Jalles, Talence</t>
+  </si>
+  <si>
+    <t>CONFIEZ NOUS</t>
+  </si>
+  <si>
+    <t>CONFIEZ NOUS - Podensac</t>
+  </si>
+  <si>
+    <t>0556768841</t>
+  </si>
+  <si>
+    <t>http://www.confiez-nous.fr</t>
+  </si>
+  <si>
+    <t>Arbanats, Barsac, Béguey, Cadillac, Cérons, Illats, Loupiac, Paillet, Podensac, Portets, Preignac, Rions, Saint-Michel-de-Rieufret, Sainte-Croix-du-Mont, Virelade</t>
+  </si>
+  <si>
+    <t>AMELIS</t>
+  </si>
+  <si>
+    <t>AMELIS - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556080383</t>
+  </si>
+  <si>
+    <t>https://www.amelis-services.com/</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Le Bouscat, Mérignac, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'accompagnement à domicile du CCAS de Martignas-sur-Jalles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'accompagnement à domicile du CCAS de Martignas-sur-Jalles - Martignas-sur-Jalle</t>
+  </si>
+  <si>
+    <t>0557970051</t>
+  </si>
+  <si>
+    <t>https://www.ville-martignas.fr/services-et-maintie</t>
+  </si>
+  <si>
+    <t>Martignas-sur-Jalle</t>
+  </si>
+  <si>
+    <t>ADHAP Services</t>
+  </si>
+  <si>
+    <t>ADHAP Services - Libourne</t>
+  </si>
+  <si>
+    <t>0557848282</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr/aide-a-domicile-bordeaux-rive</t>
+  </si>
+  <si>
+    <t>Abzac, Anglade, Arbis, Arveyres, Asques, Auriolles, Baigneaux, Baron, Baurech, Bayas, Bayon-sur-Gironde, Bellebat, Bellefond, Belvès-de-Castillon, Berson, Beychac-et-Caillau, Blasimon, Blaye, Blésignac, Bonnetan, Bonzac, Bossugan, Bourg, Branne, Braud-et-Saint-Louis, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Campugnan, Cantois, Capian, Caplong, Carignan-de-Bordeaux, Cars, Cartelègue, Castelmoron-d'Albret, Castelviel, Castillon-la-Bataille, Caumont, Cavignac, Cazaugitat, Cénac, Cessac, Cézac, Chamadelle, Civrac-de-Blaye, Civrac-sur-Dordogne, Cleyrac, Coirac, Comps, Coubeyrac, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubnezais, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donnezac, Doulezon, Espiet, Étauliers, Eynesse, Eyrans, Faleyras, Fargues-Saint-Hilaire, Flaujagues, Fours, Francs, Fronsac, Frontenac, Galgon, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gensac, Gornac, Gours, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Roquille, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouat, Landerrouet-sur-Ségur, Langoiran, Lansac, Lapouyade, Laruscade, Latresne, Le Fieu, Le Pout, Le Puy, Le Tourne, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Libourne, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Loupes, Lugaignac, Lugasson, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Marcenais, Marcillac, Margueron, Marsas, Martres, Massugas, Mauriac, Mazion, Mérignas, Mesterrieux, Mombrier, Montagne, Montignac, Montussan, Mouillac, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Néac, Nérigean, Neuffons, Pellegrue, Périssac, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols, Puynormand, Quinsac, Rauzan, Reignac, Rimons, Riocaud, Romagne, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Branne, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Magne-de-Castillon, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Palais, Saint-Paul, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Eulalie, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Gemme, Sainte-Radegonde, Sainte-Terre, Sallebœuf, Samonac, Saugon, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Villeneuve, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>ASAP DOMICILE</t>
+  </si>
+  <si>
+    <t>ASAP DOMICILE - BORDEAUX</t>
+  </si>
+  <si>
+    <t>0556023560</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Bassens, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Eysines, Floirac, Gaillan-en-Médoc, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lesparre-Médoc, Lormont, Martignas-sur-Jalle, Mérignac, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vincent-de-Paul, Saint-Yzans-de-Médoc, Talence, Vertheuil, Villenave-d'Ornon</t>
   </si>
   <si>
     <t>CCAS de LORMONT</t>
   </si>
   <si>
     <t>CCAS de LORMONT - LORMONT</t>
   </si>
   <si>
     <t>0557776360</t>
   </si>
   <si>
     <t>https://www.lormont.fr</t>
   </si>
   <si>
     <t>Lormont</t>
   </si>
   <si>
-    <t>ADHAP Services</t>
-[...26 lines deleted...]
-    <t>Bègles, Bordeaux rive gauche, Le Bouscat, Mérignac, Villenave-d'Ornon</t>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Bouscat</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Bouscat - Le Bouscat</t>
+  </si>
+  <si>
+    <t>0557222736</t>
+  </si>
+  <si>
+    <t>https://www.bouscat.fr/vie-municipale/les-services</t>
+  </si>
+  <si>
+    <t>Le Bouscat</t>
+  </si>
+  <si>
+    <t>DESTIA</t>
+  </si>
+  <si>
+    <t>DESTIA - Gujan-Mestras</t>
+  </si>
+  <si>
+    <t>0557164159</t>
   </si>
   <si>
     <t>AIDE ET SERVICE</t>
   </si>
   <si>
     <t>AIDE ET SERVICE - Eysines</t>
   </si>
   <si>
     <t>0556387154</t>
   </si>
   <si>
     <t>http://www.aideetservice.fr</t>
   </si>
   <si>
     <t>Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Saint-Médard-en-Jalles</t>
   </si>
   <si>
-    <t>Association Les Coteaux de Bordeaux</t>
-[...935 lines deleted...]
-    <t>Ayguemorte-les-Graves, Beautiran, Belin-Béliet, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Isle-Saint-Georges, La Brède, Le Barp, Léognan, Lugos, Martillac, Pessac, Saint-Magne, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Salles, Saucats, Talence, Villenave-d'Ornon</t>
+    <t>Le Plaisir de s'Entraider</t>
+  </si>
+  <si>
+    <t>Le Plaisir de s'Entraider - Floirac</t>
+  </si>
+  <si>
+    <t>0556818036</t>
+  </si>
+  <si>
+    <t>https://www.leplaisirdesentraider.fr</t>
+  </si>
+  <si>
+    <t>AXEO SERVICES</t>
+  </si>
+  <si>
+    <t>AXEO SERVICES - Gradignan</t>
+  </si>
+  <si>
+    <t>0556490212</t>
+  </si>
+  <si>
+    <t>https://www.axeoservices.fr</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Bazas, Beautiran, Bègles, Belin-Béliet, Bordeaux rive gauche, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Grignols, Isle-Saint-Georges, La Brède, Langon, Le Bouscat, Léognan, Martillac, Mérignac, Pessac, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Saucats, Talence, Villenave-d'Ornon</t>
   </si>
   <si>
     <t>Résidence Services Seniors Espace &amp; Vie</t>
   </si>
   <si>
     <t>Résidence Services Seniors Espace &amp; Vie  - Saint-Aubin-de-Médoc</t>
   </si>
   <si>
     <t>0557209200</t>
   </si>
   <si>
     <t>https://www.espaceetvie.fr</t>
   </si>
   <si>
     <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Audenge, Bassens, Bègles, Biganos, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Carcans, Cenon, Cussac-Fort-Médoc, Eysines, Floirac, Gradignan, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Lanton, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Le Verdon-sur-Mer, Lège-Cap-Ferret, Lormont, Ludon-Médoc, Macau, Marcheprime, Margaux-Cantenac, Martignas-sur-Jalle, Mérignac, Mios, Naujac-sur-Mer, Parempuyre, Pessac, Queyrac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Villenave-d'Ornon</t>
-  </si>
-[...1009 lines deleted...]
-    <t>Ambarès-et-Lagrave, Ambès, Bassens, Carbon-Blanc, Saint-Louis-de-Montferrand, Saint-Vincent-de-Paul</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2607,3069 +2607,3069 @@
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
-      <c r="E2" t="s">
+      <c r="E2"/>
+      <c r="F2" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" t="s">
         <v>12</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>13</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>14</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>15</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
         <v>18</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D5" t="s">
         <v>25</v>
       </c>
-      <c r="E5"/>
+      <c r="E5" t="s">
+        <v>26</v>
+      </c>
       <c r="F5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="E6" t="s">
         <v>30</v>
       </c>
+      <c r="E6"/>
       <c r="F6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>34</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>35</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
         <v>38</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" t="s">
         <v>39</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="E8"/>
+      <c r="F8" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" t="s">
         <v>43</v>
       </c>
-      <c r="B9" t="s">
+      <c r="E9" t="s">
         <v>44</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="F9" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" t="s">
         <v>48</v>
       </c>
-      <c r="B10" t="s">
+      <c r="E10" t="s">
         <v>49</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="F10" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" t="s">
         <v>53</v>
       </c>
-      <c r="B11" t="s">
+      <c r="E11" t="s">
         <v>54</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="F11" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>57</v>
+      </c>
+      <c r="C12" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" t="s">
         <v>58</v>
       </c>
-      <c r="B12" t="s">
+      <c r="E12" t="s">
         <v>59</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="F12" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" t="s">
+        <v>62</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
         <v>63</v>
       </c>
-      <c r="B13" t="s">
+      <c r="E13" t="s">
         <v>64</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="F13" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" t="s">
         <v>68</v>
       </c>
-      <c r="B14" t="s">
+      <c r="E14" t="s">
         <v>69</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="F14" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" t="s">
+        <v>72</v>
+      </c>
+      <c r="C15" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" t="s">
         <v>73</v>
       </c>
-      <c r="B15" t="s">
+      <c r="E15"/>
+      <c r="F15" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" t="s">
+        <v>76</v>
+      </c>
+      <c r="C16" t="s">
+        <v>19</v>
+      </c>
+      <c r="D16" t="s">
+        <v>77</v>
+      </c>
+      <c r="E16" t="s">
         <v>78</v>
       </c>
-      <c r="B16" t="s">
+      <c r="F16" t="s">
         <v>79</v>
-      </c>
-[...10 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
+        <v>80</v>
+      </c>
+      <c r="B17" t="s">
+        <v>81</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>82</v>
+      </c>
+      <c r="E17" t="s">
         <v>83</v>
       </c>
-      <c r="B17" t="s">
+      <c r="F17" t="s">
         <v>84</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" t="s">
+        <v>19</v>
+      </c>
+      <c r="D18" t="s">
+        <v>87</v>
+      </c>
+      <c r="E18" t="s">
         <v>88</v>
       </c>
-      <c r="B18" t="s">
+      <c r="F18" t="s">
         <v>89</v>
-      </c>
-[...10 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
+        <v>90</v>
+      </c>
+      <c r="B19" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" t="s">
+        <v>92</v>
+      </c>
+      <c r="E19" t="s">
         <v>93</v>
       </c>
-      <c r="B19" t="s">
+      <c r="F19" t="s">
         <v>94</v>
-      </c>
-[...10 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B20" t="s">
+        <v>96</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>97</v>
+      </c>
+      <c r="E20" t="s">
         <v>98</v>
       </c>
-      <c r="B20" t="s">
+      <c r="F20" t="s">
         <v>99</v>
-      </c>
-[...10 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
+        <v>100</v>
+      </c>
+      <c r="B21" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" t="s">
+        <v>102</v>
+      </c>
+      <c r="E21" t="s">
         <v>103</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
         <v>104</v>
-      </c>
-[...10 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
+        <v>105</v>
+      </c>
+      <c r="B22" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" t="s">
+        <v>107</v>
+      </c>
+      <c r="E22"/>
+      <c r="F22" t="s">
         <v>108</v>
-      </c>
-[...13 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
+        <v>109</v>
+      </c>
+      <c r="B23" t="s">
+        <v>110</v>
+      </c>
+      <c r="C23" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" t="s">
+        <v>111</v>
+      </c>
+      <c r="E23" t="s">
+        <v>112</v>
+      </c>
+      <c r="F23" t="s">
         <v>113</v>
-      </c>
-[...13 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
+        <v>114</v>
+      </c>
+      <c r="B24" t="s">
+        <v>115</v>
+      </c>
+      <c r="C24" t="s">
+        <v>19</v>
+      </c>
+      <c r="D24" t="s">
+        <v>116</v>
+      </c>
+      <c r="E24" t="s">
+        <v>117</v>
+      </c>
+      <c r="F24" t="s">
         <v>118</v>
-      </c>
-[...11 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
+        <v>119</v>
+      </c>
+      <c r="B25" t="s">
+        <v>120</v>
+      </c>
+      <c r="C25" t="s">
+        <v>19</v>
+      </c>
+      <c r="D25" t="s">
+        <v>121</v>
+      </c>
+      <c r="E25" t="s">
         <v>122</v>
       </c>
-      <c r="B25" t="s">
+      <c r="F25" t="s">
         <v>123</v>
-      </c>
-[...10 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
+        <v>124</v>
+      </c>
+      <c r="B26" t="s">
+        <v>125</v>
+      </c>
+      <c r="C26" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" t="s">
+        <v>126</v>
+      </c>
+      <c r="E26" t="s">
         <v>127</v>
       </c>
-      <c r="B26" t="s">
+      <c r="F26" t="s">
         <v>128</v>
-      </c>
-[...8 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
+        <v>129</v>
+      </c>
+      <c r="B27" t="s">
+        <v>130</v>
+      </c>
+      <c r="C27" t="s">
+        <v>19</v>
+      </c>
+      <c r="D27" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
+        <v>133</v>
+      </c>
+      <c r="B28" t="s">
+        <v>134</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
         <v>135</v>
       </c>
-      <c r="B28" t="s">
+      <c r="E28" t="s">
         <v>136</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28" t="s">
+      <c r="F28" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
+        <v>138</v>
+      </c>
+      <c r="B29" t="s">
+        <v>139</v>
+      </c>
+      <c r="C29" t="s">
+        <v>19</v>
+      </c>
+      <c r="D29" t="s">
         <v>140</v>
       </c>
-      <c r="B29" t="s">
+      <c r="E29"/>
+      <c r="F29" t="s">
         <v>141</v>
-      </c>
-[...10 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
+        <v>142</v>
+      </c>
+      <c r="B30" t="s">
+        <v>143</v>
+      </c>
+      <c r="C30" t="s">
+        <v>144</v>
+      </c>
+      <c r="D30" t="s">
         <v>145</v>
       </c>
-      <c r="B30" t="s">
+      <c r="E30"/>
+      <c r="F30" t="s">
         <v>146</v>
-      </c>
-[...10 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
+        <v>147</v>
+      </c>
+      <c r="B31" t="s">
+        <v>148</v>
+      </c>
+      <c r="C31" t="s">
+        <v>19</v>
+      </c>
+      <c r="D31" t="s">
+        <v>149</v>
+      </c>
+      <c r="E31" t="s">
         <v>150</v>
       </c>
-      <c r="B31" t="s">
+      <c r="F31" t="s">
         <v>151</v>
-      </c>
-[...10 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
+        <v>152</v>
+      </c>
+      <c r="B32" t="s">
+        <v>153</v>
+      </c>
+      <c r="C32" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" t="s">
+        <v>154</v>
+      </c>
+      <c r="E32" t="s">
         <v>155</v>
       </c>
-      <c r="B32" t="s">
+      <c r="F32" t="s">
         <v>156</v>
-      </c>
-[...8 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
+        <v>157</v>
+      </c>
+      <c r="B33" t="s">
+        <v>158</v>
+      </c>
+      <c r="C33" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" t="s">
         <v>159</v>
       </c>
-      <c r="B33" t="s">
+      <c r="E33" t="s">
         <v>160</v>
       </c>
-      <c r="C33" t="s">
-[...2 lines deleted...]
-      <c r="D33" t="s">
+      <c r="F33" t="s">
         <v>161</v>
-      </c>
-[...2 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
+        <v>162</v>
+      </c>
+      <c r="B34" t="s">
         <v>163</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" t="s">
         <v>164</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>165</v>
       </c>
-      <c r="E34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>167</v>
+        <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
+        <v>166</v>
+      </c>
+      <c r="B35" t="s">
+        <v>167</v>
+      </c>
+      <c r="C35" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" t="s">
         <v>168</v>
       </c>
-      <c r="B35" t="s">
+      <c r="E35" t="s">
         <v>169</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="s">
+      <c r="F35" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
+        <v>171</v>
+      </c>
+      <c r="B36" t="s">
+        <v>172</v>
+      </c>
+      <c r="C36" t="s">
+        <v>19</v>
+      </c>
+      <c r="D36" t="s">
         <v>173</v>
       </c>
-      <c r="B36" t="s">
+      <c r="E36" t="s">
         <v>174</v>
       </c>
-      <c r="C36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F36" t="s">
-        <v>177</v>
+        <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
+        <v>175</v>
+      </c>
+      <c r="B37" t="s">
+        <v>176</v>
+      </c>
+      <c r="C37" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" t="s">
+        <v>177</v>
+      </c>
+      <c r="E37" t="s">
         <v>178</v>
       </c>
-      <c r="B37" t="s">
+      <c r="F37" t="s">
         <v>179</v>
-      </c>
-[...10 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
+        <v>180</v>
+      </c>
+      <c r="B38" t="s">
+        <v>181</v>
+      </c>
+      <c r="C38" t="s">
+        <v>182</v>
+      </c>
+      <c r="D38" t="s">
         <v>183</v>
       </c>
-      <c r="B38" t="s">
+      <c r="E38" t="s">
         <v>184</v>
       </c>
-      <c r="C38" t="s">
-[...2 lines deleted...]
-      <c r="D38" t="s">
+      <c r="F38" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
+        <v>186</v>
+      </c>
+      <c r="B39" t="s">
+        <v>187</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
         <v>188</v>
       </c>
-      <c r="B39" t="s">
+      <c r="E39" t="s">
         <v>189</v>
       </c>
-      <c r="C39" t="s">
-[...2 lines deleted...]
-      <c r="D39" t="s">
+      <c r="F39" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
+        <v>191</v>
+      </c>
+      <c r="B40" t="s">
+        <v>192</v>
+      </c>
+      <c r="C40" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" t="s">
         <v>193</v>
       </c>
-      <c r="B40" t="s">
+      <c r="E40" t="s">
         <v>194</v>
       </c>
-      <c r="C40" t="s">
+      <c r="F40" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B41" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C41" t="s">
         <v>8</v>
       </c>
       <c r="D41" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
+        <v>200</v>
+      </c>
+      <c r="B42" t="s">
+        <v>201</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>202</v>
+      </c>
+      <c r="E42" t="s">
         <v>203</v>
       </c>
-      <c r="B42" t="s">
+      <c r="F42" t="s">
         <v>204</v>
-      </c>
-[...10 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
+        <v>205</v>
+      </c>
+      <c r="B43" t="s">
+        <v>206</v>
+      </c>
+      <c r="C43" t="s">
+        <v>19</v>
+      </c>
+      <c r="D43" t="s">
+        <v>207</v>
+      </c>
+      <c r="E43" t="s">
         <v>208</v>
       </c>
-      <c r="B43" t="s">
+      <c r="F43" t="s">
         <v>209</v>
-      </c>
-[...10 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
+        <v>210</v>
+      </c>
+      <c r="B44" t="s">
+        <v>211</v>
+      </c>
+      <c r="C44" t="s">
+        <v>19</v>
+      </c>
+      <c r="D44" t="s">
+        <v>212</v>
+      </c>
+      <c r="E44" t="s">
         <v>213</v>
       </c>
-      <c r="B44" t="s">
+      <c r="F44" t="s">
         <v>214</v>
-      </c>
-[...10 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
+        <v>215</v>
+      </c>
+      <c r="B45" t="s">
+        <v>216</v>
+      </c>
+      <c r="C45" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" t="s">
+        <v>217</v>
+      </c>
+      <c r="E45"/>
+      <c r="F45" t="s">
         <v>218</v>
-      </c>
-[...13 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
+        <v>219</v>
+      </c>
+      <c r="B46" t="s">
+        <v>220</v>
+      </c>
+      <c r="C46" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" t="s">
+        <v>221</v>
+      </c>
+      <c r="E46" t="s">
         <v>222</v>
       </c>
-      <c r="B46" t="s">
+      <c r="F46" t="s">
         <v>223</v>
-      </c>
-[...8 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
+        <v>224</v>
+      </c>
+      <c r="B47" t="s">
+        <v>225</v>
+      </c>
+      <c r="C47" t="s">
+        <v>19</v>
+      </c>
+      <c r="D47" t="s">
         <v>226</v>
       </c>
-      <c r="B47" t="s">
+      <c r="E47" t="s">
         <v>227</v>
       </c>
-      <c r="C47" t="s">
-[...2 lines deleted...]
-      <c r="D47" t="s">
+      <c r="F47" t="s">
         <v>228</v>
-      </c>
-[...2 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
+        <v>109</v>
+      </c>
+      <c r="B48" t="s">
+        <v>229</v>
+      </c>
+      <c r="C48" t="s">
+        <v>19</v>
+      </c>
+      <c r="D48" t="s">
         <v>230</v>
       </c>
-      <c r="B48" t="s">
+      <c r="E48" t="s">
         <v>231</v>
       </c>
-      <c r="C48" t="s">
-[...2 lines deleted...]
-      <c r="D48" t="s">
+      <c r="F48" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
+        <v>233</v>
+      </c>
+      <c r="B49" t="s">
+        <v>234</v>
+      </c>
+      <c r="C49" t="s">
+        <v>19</v>
+      </c>
+      <c r="D49" t="s">
         <v>235</v>
       </c>
-      <c r="B49" t="s">
+      <c r="E49" t="s">
         <v>236</v>
       </c>
-      <c r="C49" t="s">
-[...2 lines deleted...]
-      <c r="D49" t="s">
+      <c r="F49" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
+        <v>238</v>
+      </c>
+      <c r="B50" t="s">
+        <v>239</v>
+      </c>
+      <c r="C50" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" t="s">
         <v>240</v>
       </c>
-      <c r="B50" t="s">
+      <c r="E50"/>
+      <c r="F50" t="s">
         <v>241</v>
-      </c>
-[...10 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
+        <v>242</v>
+      </c>
+      <c r="B51" t="s">
+        <v>243</v>
+      </c>
+      <c r="C51" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" t="s">
+        <v>244</v>
+      </c>
+      <c r="E51" t="s">
         <v>245</v>
       </c>
-      <c r="B51" t="s">
+      <c r="F51" t="s">
         <v>246</v>
-      </c>
-[...10 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>163</v>
+        <v>247</v>
       </c>
       <c r="B52" t="s">
+        <v>248</v>
+      </c>
+      <c r="C52" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" t="s">
+        <v>249</v>
+      </c>
+      <c r="E52"/>
+      <c r="F52" t="s">
         <v>250</v>
-      </c>
-[...10 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
+        <v>251</v>
+      </c>
+      <c r="B53" t="s">
+        <v>252</v>
+      </c>
+      <c r="C53" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" t="s">
         <v>253</v>
       </c>
-      <c r="B53" t="s">
+      <c r="E53"/>
+      <c r="F53" t="s">
         <v>254</v>
-      </c>
-[...10 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
+        <v>255</v>
+      </c>
+      <c r="B54" t="s">
+        <v>256</v>
+      </c>
+      <c r="C54" t="s">
+        <v>19</v>
+      </c>
+      <c r="D54" t="s">
+        <v>257</v>
+      </c>
+      <c r="E54" t="s">
         <v>258</v>
       </c>
-      <c r="B54" t="s">
+      <c r="F54" t="s">
         <v>259</v>
-      </c>
-[...8 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
+        <v>260</v>
+      </c>
+      <c r="B55" t="s">
+        <v>261</v>
+      </c>
+      <c r="C55" t="s">
+        <v>19</v>
+      </c>
+      <c r="D55" t="s">
         <v>262</v>
       </c>
-      <c r="B55" t="s">
+      <c r="E55" t="s">
         <v>263</v>
       </c>
-      <c r="C55" t="s">
-[...2 lines deleted...]
-      <c r="D55" t="s">
+      <c r="F55" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
+        <v>265</v>
+      </c>
+      <c r="B56" t="s">
         <v>266</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" t="s">
         <v>267</v>
       </c>
-      <c r="C56" t="s">
-[...2 lines deleted...]
-      <c r="D56" t="s">
+      <c r="E56" t="s">
         <v>268</v>
       </c>
-      <c r="E56"/>
       <c r="F56" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>270</v>
       </c>
       <c r="B57" t="s">
         <v>271</v>
       </c>
       <c r="C57" t="s">
         <v>8</v>
       </c>
       <c r="D57" t="s">
         <v>272</v>
       </c>
       <c r="E57" t="s">
         <v>273</v>
       </c>
       <c r="F57" t="s">
-        <v>172</v>
+        <v>274</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B58" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C58" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D58" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="E58" t="s">
         <v>277</v>
       </c>
+      <c r="E58"/>
       <c r="F58" t="s">
-        <v>278</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
+        <v>278</v>
+      </c>
+      <c r="B59" t="s">
         <v>279</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" t="s">
         <v>280</v>
       </c>
-      <c r="C59" t="s">
-[...2 lines deleted...]
-      <c r="D59" t="s">
+      <c r="E59" t="s">
         <v>281</v>
       </c>
-      <c r="E59" t="s">
+      <c r="F59" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
+        <v>283</v>
+      </c>
+      <c r="B60" t="s">
         <v>284</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" t="s">
         <v>285</v>
       </c>
-      <c r="C60" t="s">
-[...2 lines deleted...]
-      <c r="D60" t="s">
+      <c r="E60"/>
+      <c r="F60" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
+        <v>287</v>
+      </c>
+      <c r="B61" t="s">
         <v>288</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
+        <v>19</v>
+      </c>
+      <c r="D61" t="s">
         <v>289</v>
       </c>
-      <c r="C61" t="s">
-[...2 lines deleted...]
-      <c r="D61" t="s">
+      <c r="E61" t="s">
         <v>290</v>
       </c>
-      <c r="E61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" t="s">
-        <v>292</v>
+        <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
+        <v>291</v>
+      </c>
+      <c r="B62" t="s">
+        <v>292</v>
+      </c>
+      <c r="C62" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" t="s">
         <v>293</v>
       </c>
-      <c r="B62" t="s">
+      <c r="E62"/>
+      <c r="F62" t="s">
         <v>294</v>
-      </c>
-[...10 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
+        <v>295</v>
+      </c>
+      <c r="B63" t="s">
+        <v>296</v>
+      </c>
+      <c r="C63" t="s">
+        <v>19</v>
+      </c>
+      <c r="D63" t="s">
+        <v>297</v>
+      </c>
+      <c r="E63" t="s">
         <v>298</v>
       </c>
-      <c r="B63" t="s">
+      <c r="F63" t="s">
         <v>299</v>
-      </c>
-[...10 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>163</v>
+        <v>300</v>
       </c>
       <c r="B64" t="s">
+        <v>301</v>
+      </c>
+      <c r="C64" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" t="s">
+        <v>302</v>
+      </c>
+      <c r="E64" t="s">
         <v>303</v>
       </c>
-      <c r="C64" t="s">
-[...2 lines deleted...]
-      <c r="D64" t="s">
+      <c r="F64" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
+        <v>305</v>
+      </c>
+      <c r="B65" t="s">
+        <v>306</v>
+      </c>
+      <c r="C65" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" t="s">
         <v>307</v>
       </c>
-      <c r="B65" t="s">
+      <c r="E65"/>
+      <c r="F65" t="s">
         <v>308</v>
-      </c>
-[...10 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
+        <v>309</v>
+      </c>
+      <c r="B66" t="s">
+        <v>310</v>
+      </c>
+      <c r="C66" t="s">
+        <v>8</v>
+      </c>
+      <c r="D66" t="s">
+        <v>311</v>
+      </c>
+      <c r="E66" t="s">
         <v>312</v>
       </c>
-      <c r="B66" t="s">
+      <c r="F66" t="s">
         <v>313</v>
-      </c>
-[...10 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
+        <v>314</v>
+      </c>
+      <c r="B67" t="s">
+        <v>315</v>
+      </c>
+      <c r="C67" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" t="s">
         <v>316</v>
       </c>
-      <c r="B67" t="s">
+      <c r="E67" t="s">
         <v>317</v>
       </c>
-      <c r="C67" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F67" t="s">
-        <v>319</v>
+        <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
+        <v>318</v>
+      </c>
+      <c r="B68" t="s">
+        <v>319</v>
+      </c>
+      <c r="C68" t="s">
+        <v>19</v>
+      </c>
+      <c r="D68" t="s">
         <v>320</v>
       </c>
-      <c r="B68" t="s">
+      <c r="E68" t="s">
         <v>321</v>
       </c>
-      <c r="C68" t="s">
-[...2 lines deleted...]
-      <c r="D68" t="s">
+      <c r="F68" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
+        <v>323</v>
+      </c>
+      <c r="B69" t="s">
+        <v>324</v>
+      </c>
+      <c r="C69" t="s">
+        <v>19</v>
+      </c>
+      <c r="D69" t="s">
         <v>325</v>
       </c>
-      <c r="B69" t="s">
+      <c r="E69"/>
+      <c r="F69" t="s">
         <v>326</v>
-      </c>
-[...10 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>163</v>
+        <v>327</v>
       </c>
       <c r="B70" t="s">
+        <v>328</v>
+      </c>
+      <c r="C70" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" t="s">
+        <v>329</v>
+      </c>
+      <c r="E70" t="s">
         <v>330</v>
       </c>
-      <c r="C70" t="s">
-[...2 lines deleted...]
-      <c r="D70" t="s">
+      <c r="F70" t="s">
         <v>331</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
+        <v>332</v>
+      </c>
+      <c r="B71" t="s">
         <v>333</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
+        <v>19</v>
+      </c>
+      <c r="D71" t="s">
         <v>334</v>
       </c>
-      <c r="C71" t="s">
-[...2 lines deleted...]
-      <c r="D71" t="s">
+      <c r="E71" t="s">
         <v>335</v>
       </c>
-      <c r="E71" t="s">
+      <c r="F71" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
+        <v>337</v>
+      </c>
+      <c r="B72" t="s">
         <v>338</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
+        <v>8</v>
+      </c>
+      <c r="D72" t="s">
         <v>339</v>
       </c>
-      <c r="C72" t="s">
-[...2 lines deleted...]
-      <c r="D72" t="s">
+      <c r="E72" t="s">
         <v>340</v>
       </c>
-      <c r="E72" t="s">
+      <c r="F72" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
+        <v>342</v>
+      </c>
+      <c r="B73" t="s">
         <v>343</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" t="s">
         <v>344</v>
       </c>
-      <c r="C73" t="s">
+      <c r="E73" t="s">
         <v>345</v>
       </c>
-      <c r="D73" t="s">
+      <c r="F73" t="s">
         <v>346</v>
-      </c>
-[...2 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
+        <v>347</v>
+      </c>
+      <c r="B74" t="s">
         <v>348</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" t="s">
         <v>349</v>
       </c>
-      <c r="C74" t="s">
-[...2 lines deleted...]
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>350</v>
       </c>
-      <c r="E74"/>
       <c r="F74" t="s">
-        <v>162</v>
+        <v>351</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B75" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C75" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="D75" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E75" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F75" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B76" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C76" t="s">
         <v>8</v>
       </c>
       <c r="D76" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E76" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F76" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B77" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C77" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D77" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E77" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F77" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B78" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C78" t="s">
         <v>8</v>
       </c>
       <c r="D78" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E78" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F78" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B79" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C79" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D79" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E79" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F79" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B80" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C80" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D80" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E80" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F80" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B81" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C81" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D81" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E81" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F81" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B82" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C82" t="s">
         <v>8</v>
       </c>
       <c r="D82" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E82" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F82" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B83" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C83" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="D83" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E83" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F83" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B84" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C84" t="s">
         <v>8</v>
       </c>
       <c r="D84" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E84" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F84" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B85" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C85" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="D85" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E85" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F85" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B86" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C86" t="s">
         <v>8</v>
       </c>
       <c r="D86" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E86" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F86" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B87" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C87" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D87" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E87" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F87" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B88" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C88" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D88" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E88" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F88" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B89" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C89" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D89" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E89" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F89" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B90" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C90" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D90" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="E90"/>
+        <v>429</v>
+      </c>
+      <c r="E90" t="s">
+        <v>430</v>
+      </c>
       <c r="F90" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B91" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C91" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="D91" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="E91" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="F91" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B92" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C92" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D92" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="E92" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="F92" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B93" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C93" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D93" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E93" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F93" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B94" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C94" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D94" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="E94" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="F94" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B95" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C95" t="s">
         <v>8</v>
       </c>
       <c r="D95" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="E95" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="F95" t="s">
-        <v>172</v>
+        <v>456</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>113</v>
+        <v>457</v>
       </c>
       <c r="B96" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C96" t="s">
         <v>8</v>
       </c>
       <c r="D96" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="E96" t="s">
-        <v>116</v>
+        <v>460</v>
       </c>
       <c r="F96" t="s">
-        <v>265</v>
+        <v>461</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="B97" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="C97" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D97" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="E97" t="s">
-        <v>30</v>
+        <v>465</v>
       </c>
       <c r="F97" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="B98" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="C98" t="s">
         <v>8</v>
       </c>
       <c r="D98" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="E98" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="F98" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="B99" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="C99" t="s">
         <v>8</v>
       </c>
       <c r="D99" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="E99" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="F99" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="B100" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="C100" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D100" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="E100" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="F100" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="B101" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="C101" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D101" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="E101" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="F101" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="B102" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="C102" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D102" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="E102" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="F102" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="B103" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="C103" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="D103" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="E103" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
       <c r="F103" t="s">
-        <v>172</v>
+        <v>496</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="B104" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="C104" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D104" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="E104" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="F104" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>494</v>
+        <v>502</v>
       </c>
       <c r="B105" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="C105" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D105" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
       <c r="E105" t="s">
-        <v>497</v>
+        <v>505</v>
       </c>
       <c r="F105" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>499</v>
+        <v>507</v>
       </c>
       <c r="B106" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
       <c r="C106" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D106" t="s">
-        <v>501</v>
-[...1 lines deleted...]
-      <c r="E106"/>
+        <v>509</v>
+      </c>
+      <c r="E106" t="s">
+        <v>510</v>
+      </c>
       <c r="F106" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>503</v>
+        <v>109</v>
       </c>
       <c r="B107" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="C107" t="s">
         <v>8</v>
       </c>
       <c r="D107" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="E107"/>
+        <v>513</v>
+      </c>
+      <c r="E107" t="s">
+        <v>112</v>
+      </c>
       <c r="F107" t="s">
-        <v>172</v>
+        <v>514</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="B108" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C108" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D108" t="s">
-        <v>508</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="E108"/>
       <c r="F108" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
       <c r="B109" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C109" t="s">
         <v>8</v>
       </c>
       <c r="D109" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="E109" t="s">
-        <v>514</v>
+        <v>425</v>
       </c>
       <c r="F109" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="B110" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="C110" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D110" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="E110" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="F110" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="B111" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="C111" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D111" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="E111" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="F111" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="B112" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="C112" t="s">
         <v>8</v>
       </c>
       <c r="D112" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="E112" t="s">
-        <v>369</v>
+        <v>536</v>
       </c>
       <c r="F112" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
       <c r="B113" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="C113" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D113" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="E113" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="F113" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="B114" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="C114" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D114" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="E114" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="F114" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="B115" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="C115" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D115" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
       <c r="E115" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="F115" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="B116" t="s">
-        <v>546</v>
+        <v>554</v>
       </c>
       <c r="C116" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D116" t="s">
-        <v>547</v>
-[...3 lines deleted...]
-      </c>
+        <v>555</v>
+      </c>
+      <c r="E116"/>
       <c r="F116" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="B117" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="C117" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D117" t="s">
-        <v>552</v>
-[...1 lines deleted...]
-      <c r="E117"/>
+        <v>559</v>
+      </c>
+      <c r="E117" t="s">
+        <v>560</v>
+      </c>
       <c r="F117" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="B118" t="s">
-        <v>555</v>
+        <v>563</v>
       </c>
       <c r="C118" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D118" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="E118" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="F118" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="B119" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="C119" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D119" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="E119" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="F119" t="s">
-        <v>563</v>
+        <v>571</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="B120" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="C120" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D120" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="E120" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
       <c r="F120" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>569</v>
+        <v>109</v>
       </c>
       <c r="B121" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="C121" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D121" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="E121" t="s">
-        <v>572</v>
+        <v>231</v>
       </c>
       <c r="F121" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="B122" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="C122" t="s">
         <v>8</v>
       </c>
       <c r="D122" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="E122" t="s">
-        <v>153</v>
+        <v>583</v>
       </c>
       <c r="F122" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="B123" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="C123" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D123" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="B124" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="C124" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="D124" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="E124" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="F124" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>587</v>
+        <v>109</v>
       </c>
       <c r="B125" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="C125" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D125" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="E125" t="s">
-        <v>590</v>
+        <v>231</v>
       </c>
       <c r="F125" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="B126" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="C126" t="s">
         <v>8</v>
       </c>
       <c r="D126" t="s">
-        <v>594</v>
-[...1 lines deleted...]
-      <c r="E126"/>
+        <v>599</v>
+      </c>
+      <c r="E126" t="s">
+        <v>600</v>
+      </c>
       <c r="F126" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="B127" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="C127" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="D127" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="E127" t="s">
-        <v>599</v>
+        <v>298</v>
       </c>
       <c r="F127" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="B128" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="C128" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D128" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="E128" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="F128" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="B129" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="C129" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D129" t="s">
-        <v>608</v>
-[...1 lines deleted...]
-      <c r="E129"/>
+        <v>613</v>
+      </c>
+      <c r="E129" t="s">
+        <v>614</v>
+      </c>
       <c r="F129" t="s">
-        <v>609</v>
+        <v>31</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="B130" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="C130" t="s">
         <v>8</v>
       </c>
       <c r="D130" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="E130" t="s">
-        <v>613</v>
+        <v>546</v>
       </c>
       <c r="F130" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>163</v>
+        <v>619</v>
       </c>
       <c r="B131" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="C131" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D131" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="E131" t="s">
-        <v>166</v>
+        <v>622</v>
       </c>
       <c r="F131" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="B132" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="C132" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D132" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="E132" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="F132" t="s">
-        <v>172</v>
+        <v>628</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="B133" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="C133" t="s">
-        <v>14</v>
+        <v>182</v>
       </c>
       <c r="D133" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="E133" t="s">
-        <v>625</v>
+        <v>184</v>
       </c>
       <c r="F133" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="B134" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="C134" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="D134" t="s">
-        <v>629</v>
-[...3 lines deleted...]
-      </c>
+        <v>635</v>
+      </c>
+      <c r="E134"/>
       <c r="F134" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="B135" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="C135" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D135" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="E135" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="F135" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="B136" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="C136" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D136" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="E136" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="F136" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="B137" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="C137" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D137" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="E137" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="F137" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="B138" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="C138" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D138" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="E138" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="F138" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="B139" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="C139" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D139" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="E139" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="F139" t="s">
-        <v>656</v>
+        <v>31</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="B140" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="C140" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D140" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="E140" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="F140" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="B141" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="C141" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D141" t="s">
-        <v>664</v>
-[...1 lines deleted...]
-      <c r="E141"/>
+        <v>668</v>
+      </c>
+      <c r="E141" t="s">
+        <v>669</v>
+      </c>
       <c r="F141" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>666</v>
+        <v>538</v>
       </c>
       <c r="B142" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="C142" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D142" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="E142" t="s">
-        <v>669</v>
+        <v>541</v>
       </c>
       <c r="F142" t="s">
-        <v>670</v>
+        <v>282</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B143" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C143" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D143" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="E143" t="s">
-        <v>674</v>
+        <v>435</v>
       </c>
       <c r="F143" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B144" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C144" t="s">
         <v>8</v>
       </c>
       <c r="D144" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E144" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F144" t="s">
-        <v>172</v>
+        <v>681</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B145" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C145" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D145" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="E145" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="F145" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B146" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C146" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D146" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="E146" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="F146" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="B147" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C147" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D147" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="E147" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="F147" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="B148" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="C148" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D148" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="E148" t="s">
-        <v>698</v>
+        <v>531</v>
       </c>
       <c r="F148" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B149" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C149" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D149" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="E149" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="F149" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B150" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C150" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D150" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="E150" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="F150" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B151" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C151" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D151" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="E151" t="s">
-        <v>468</v>
+        <v>435</v>
       </c>
       <c r="F151" t="s">
-        <v>713</v>
+        <v>282</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>714</v>
       </c>
       <c r="B152" t="s">
         <v>715</v>
       </c>
       <c r="C152" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D152" t="s">
         <v>716</v>
       </c>
       <c r="E152" t="s">
         <v>717</v>
       </c>
       <c r="F152" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>719</v>
       </c>
       <c r="B153" t="s">
         <v>720</v>
       </c>
       <c r="C153" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D153" t="s">
         <v>721</v>
       </c>
       <c r="E153" t="s">
         <v>722</v>
       </c>
       <c r="F153" t="s">
-        <v>723</v>
+        <v>31</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
+        <v>723</v>
+      </c>
+      <c r="B154" t="s">
         <v>724</v>
       </c>
-      <c r="B154" t="s">
+      <c r="C154" t="s">
+        <v>19</v>
+      </c>
+      <c r="D154" t="s">
         <v>725</v>
       </c>
-      <c r="C154" t="s">
-[...2 lines deleted...]
-      <c r="D154" t="s">
+      <c r="E154" t="s">
         <v>726</v>
       </c>
-      <c r="E154" t="s">
+      <c r="F154" t="s">
         <v>727</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
+        <v>728</v>
+      </c>
+      <c r="B155" t="s">
         <v>729</v>
       </c>
-      <c r="B155" t="s">
+      <c r="C155" t="s">
+        <v>13</v>
+      </c>
+      <c r="D155" t="s">
         <v>730</v>
       </c>
-      <c r="C155" t="s">
-[...2 lines deleted...]
-      <c r="D155" t="s">
+      <c r="E155" t="s">
         <v>731</v>
       </c>
-      <c r="E155"/>
       <c r="F155" t="s">
         <v>732</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>