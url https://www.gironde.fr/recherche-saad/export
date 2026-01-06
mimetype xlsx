--- v2 (2025-12-14)
+++ v3 (2026-01-06)
@@ -32,2229 +32,2229 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="733">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Horaires</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Communes d'intervention</t>
   </si>
   <si>
+    <t>AMALLYA</t>
+  </si>
+  <si>
+    <t>AMALLYA - Tresses</t>
+  </si>
+  <si>
+    <t>Entre 7h et 20h</t>
+  </si>
+  <si>
+    <t>0547336494</t>
+  </si>
+  <si>
+    <t>http://www.amallya.fr</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Arveyres, Baigneaux, Baron, Bassens, Baurech, Bellebat, Blésignac, Bonnetan, Bordeaux rive droite, Bouliac, Branne, Cadarsac, Cambes, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Cardan, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Daignac, Dardenac, Faleyras, Fargues-Saint-Hilaire, Floirac, Génissac, Grézillac, Guillac, Haux, La Sauve, Langoiran, Le Pout, Le Tourne, Lestiac-sur-Garonne, Lignan-de-Bordeaux, Lormont, Loupes, Lugaignac, Madirac, Montussan, Moulon, Naujan-et-Postiac, Nérigean, Paillet, Pompignac, Quinsac, Romagne, Sadirac, Saint-Aubin-de-Branne, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Germain-du-Puch, Saint-Léon, Saint-Quentin-de-Baron, Sainte-Eulalie, Sallebœuf, Soulignac, Tabanac, Targon, Tizac-de-Curton, Tresses, Vayres, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Floirac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Floirac - Floirac</t>
+  </si>
+  <si>
+    <t>0557808710</t>
+  </si>
+  <si>
+    <t>http://www.ville-floirac33.fr/la-solidarite/aides-</t>
+  </si>
+  <si>
+    <t>Floirac</t>
+  </si>
+  <si>
+    <t>FREEDOM SENIOR COMPAGNIE</t>
+  </si>
+  <si>
+    <t>FREEDOM SENIOR COMPAGNIE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556523479</t>
+  </si>
+  <si>
+    <t>https://www.senior-compagnie.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Cenon, Eysines, Floirac, Le Bouscat, Lormont, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>APEF MERIGNAC PESSAC</t>
+  </si>
+  <si>
+    <t>APEF MERIGNAC PESSAC - Mérignac</t>
+  </si>
+  <si>
+    <t>0556964395</t>
+  </si>
+  <si>
+    <t>https://www.apef.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive droite, Cenon, Floirac, Mérignac, Pessac</t>
+  </si>
+  <si>
+    <t>DOMIFASERVICES</t>
+  </si>
+  <si>
+    <t>DOMIFASERVICES - Cenon</t>
+  </si>
+  <si>
+    <t>Entre 7h et 20h, Après 20h</t>
+  </si>
+  <si>
+    <t>0556409905</t>
+  </si>
+  <si>
+    <t>http://www.domifaservices.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bègles, Beychac-et-Caillau, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Camarsac, Carbon-Blanc, Carignan-de-Bordeaux, Cenon, Fargues-Saint-Hilaire, Floirac, Lormont, Montussan, Pompignac, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>Association P'tit Plus</t>
+  </si>
+  <si>
+    <t>Association P'tit Plus - Tresses</t>
+  </si>
+  <si>
+    <t>0556749010</t>
+  </si>
+  <si>
+    <t>http://www.assoptitplus.fr</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Baurech, Bonnetan, Bordeaux rive droite, Bouliac, Camarsac, Cambes, Camblanes-et-Meynac, Carignan-de-Bordeaux, Cénac, Cenon, Fargues-Saint-Hilaire, Floirac, Langoiran, Latresne, Le Tourne, Lignan-de-Bordeaux, Lormont, Pompignac, Quinsac, Saint-Caprais-de-Bordeaux, Sallebœuf, Tabanac, Tresses</t>
+  </si>
+  <si>
+    <t>PIVOINE</t>
+  </si>
+  <si>
+    <t>PIVOINE - Saint-Selve</t>
+  </si>
+  <si>
+    <t>Avant 7h, Entre 7h et 20h, Après 20h</t>
+  </si>
+  <si>
+    <t>0626798648</t>
+  </si>
+  <si>
+    <t>https://www.association-pivoine.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Balizac, Bassens, Bègles, Bieujac, Blanquefort, Bommes, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourideys, Bruges, Carbon-Blanc, Castets et Castillon, Cazalis, Cenon, Coimères, Eysines, Fargues, Floirac, Gradignan, Hostens, Langon, Le Bouscat, Le Haillan, Le Pian-sur-Garonne, Le Taillan-Médoc, Le Tuzan, Léogeats, Lormont, Louchats, Lucmau, Martignas-sur-Jalle, Mazères, Mérignac, Noaillan, Origne, Parempuyre, Pessac, Pompéjac, Préchac, Roaillan, Saint-André-du-Bois, Saint-Aubin-de-Médoc, Saint-Germain-de-Grave, Saint-Léger-de-Balson, Saint-Loubert, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Médard-en-Jalles, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Saint-Symphorien, Saint-Vincent-de-Paul, Sauternes, Semens, Talence, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>ONELA</t>
+  </si>
+  <si>
+    <t>ONELA - BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>0140080811</t>
+  </si>
+  <si>
+    <t>https://www.onela.com</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arès, Artigues-près-Bordeaux, Arveyres, Audenge, Bassens, Bayas, Bayon-sur-Gironde, Bègles, Belvès-de-Castillon, Berson, Biganos, Blanquefort, Blaye, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Braud-et-Saint-Louis, Bruges, Cadarsac, Camps-sur-l'Isle, Campugnan, Carbon-Blanc, Cars, Cartelègue, Cavignac, Cenon, Cézac, Chamadelle, Civrac-de-Blaye, Comps, Coutras, Cubnezais, Cubzac-les-Ponts, Daignac, Dardenac, Donnezac, Espiet, Étauliers, Eyrans, Eysines, Floirac, Fours, Francs, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gours, Gradignan, Guîtres, Izon, Lagorce, Lalande-de-Pomerol, Lansac, Lanton, Lapouyade, Laruscade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Lège-Cap-Ferret, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Lussac, Maransin, Marcenais, Marcillac, Marsas, Martignas-sur-Jalle, Mazion, Mérignac, Mombrier, Montagne, Moulon, Néac, Nérigean, Parempuyre, Pessac, Petit-Palais-et-Cornemps, Peujard, Plassac, Pleine-Selve, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Puynormand, Reignac, Sablons, Saint-André-de-Cubzac, Saint-Androny, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Caprais-de-Blaye, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hippolyte, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Louis-de-Montferrand, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Palais, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Terre, Samonac, Saugon, Savignac-de-l'Isle, Talence, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Vayres, Vignonet, Villenave-d'Ornon, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>ASAP MEDOC</t>
+  </si>
+  <si>
+    <t>ASAP MEDOC - Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>0556456797</t>
+  </si>
+  <si>
+    <t>https://www.asapdomicile-bordeauxmetropole.fr</t>
+  </si>
+  <si>
+    <t>Bégadan, Blaignan, Blanquefort, Carcans, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Gaillan-en-Médoc, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Lacanau, Le Haillan, Le Taillan-Médoc, Le Verdon-sur-Mer, Lesparre-Médoc, Martignas-sur-Jalle, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Prignac-en-Médoc, Queyrac, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Soulac-sur-Mer, Talais, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil</t>
+  </si>
+  <si>
+    <t>AAPAM</t>
+  </si>
+  <si>
+    <t>AAPAM - Blaignan-Prignac</t>
+  </si>
+  <si>
+    <t>0556731950</t>
+  </si>
+  <si>
+    <t>https://www.aapam-medoc.fr</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Bégadan, Blaignan, Brach, Carcans, Castelnau-de-Médoc, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Gaillan-en-Médoc, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Le Pian-Médoc, Le Porge, Le Temple, Le Verdon-sur-Mer, Lesparre-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Pauillac, Prignac-en-Médoc, Queyrac, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saumos, Soulac-sur-Mer, Soussans, Talais, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DOMICILE SANTE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DOMICILE SANTE - Gradignan</t>
+  </si>
+  <si>
+    <t>0556895867</t>
+  </si>
+  <si>
+    <t>https://www.association-domicile-sante.com/</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Beautiran, Belin-Béliet, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Isle-Saint-Georges, La Brède, Le Barp, Léognan, Lugos, Martillac, Pessac, Saint-Magne, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Salles, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Groupement ESAD - AEM Association d'Entraide Multiple</t>
+  </si>
+  <si>
+    <t>Groupement ESAD - AEM Association d'Entraide Multiple - Saint-Ciers-sur-Gironde</t>
+  </si>
+  <si>
+    <t>0557327320</t>
+  </si>
+  <si>
+    <t>Anglade, Braud-et-Saint-Louis, Cartelègue, Étauliers, Eyrans, Marcillac, Mazion, Pleine-Selve, Reignac, Saint-Androny, Saint-Aubin-de-Blaye, Saint-Caprais-de-Blaye, Saint-Ciers-sur-Gironde, Saint-Palais, Saint-Seurin-de-Cursac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Audenge</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Audenge - Audenge</t>
+  </si>
+  <si>
+    <t>0557170115</t>
+  </si>
+  <si>
+    <t>https://www.ville-audenge.fr/saad/</t>
+  </si>
+  <si>
+    <t>Audenge</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Saint Macaire</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Saint Macaire - Saint-Macaire</t>
+  </si>
+  <si>
+    <t>0556638620</t>
+  </si>
+  <si>
+    <t>https://saintmacaire.fr/</t>
+  </si>
+  <si>
+    <t>Saint-Macaire</t>
+  </si>
+  <si>
+    <t>PROSENIORS</t>
+  </si>
+  <si>
+    <t>PROSENIORS - Arcachon</t>
+  </si>
+  <si>
+    <t>0557521754</t>
+  </si>
+  <si>
+    <t>https://pro-seniors.fr</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Belin-Béliet, Biganos, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Barp, Le Teich, Lège-Cap-Ferret, Lugos, Marcheprime, Mios, Saint-Magne, Salles</t>
+  </si>
+  <si>
+    <t>CCAS DE BASSENS</t>
+  </si>
+  <si>
+    <t>CCAS DE BASSENS - Bassens</t>
+  </si>
+  <si>
+    <t>0557808150</t>
+  </si>
+  <si>
+    <t>Bassens</t>
+  </si>
+  <si>
+    <t>o2 Libourne</t>
+  </si>
+  <si>
+    <t>o2 Libourne - Libourne</t>
+  </si>
+  <si>
+    <t>0557501788</t>
+  </si>
+  <si>
+    <t>https://www.o2.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Arveyres, Asques, Baron, Bayas, Belvès-de-Castillon, Blésignac, Bonzac, Bossugan, Bourg, Branne, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Capian, Castillon-la-Bataille, Cavignac, Chamadelle, Civrac-sur-Dordogne, Coubeyrac, Coutras, Créon, Croignon, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Doulezon, Espiet, Flaujagues, Francs, Fronsac, Galgon, Gardegan-et-Tourtirac, Gauriaguet, Génissac, Gensac, Gours, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Sauve, Lagorce, Lalande-de-Pomerol, Lansac, Lapouyade, Laruscade, Le Fieu, Le Pout, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Les Salles-de-Castillon, Libourne, Loupes, Lugaignac, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Marcenais, Marsas, Mérignas, Mombrier, Montagne, Mouillac, Mouliets-et-Villemartin, Moulon, Naujan-et-Postiac, Néac, Nérigean, Périssac, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Peujard, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols, Puynormand, Rauzan, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Léon, Saint-Magne-de-Castillon, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Trojan, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Radegonde, Sainte-Terre, Savignac-de-l'Isle, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Virsac</t>
+  </si>
+  <si>
+    <t>CIAS LES RIVES DE LA LAURENCE</t>
+  </si>
+  <si>
+    <t>CIAS LES RIVES DE LA LAURENCE - Saint-Loubès</t>
+  </si>
+  <si>
+    <t>0556789111</t>
+  </si>
+  <si>
+    <t>http://www.cdcsaintloubes.fr/les-services/le-c-i-a</t>
+  </si>
+  <si>
+    <t>Beychac-et-Caillau, Montussan, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Yvrac</t>
+  </si>
+  <si>
+    <t>o2 Bordeaux Mérignac</t>
+  </si>
+  <si>
+    <t>o2 Bordeaux Mérignac - Mérignac</t>
+  </si>
+  <si>
+    <t>0787498234</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bruges, Eysines, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Médard-en-Jalles, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>RESO EMPLOIS A DOMICILE</t>
+  </si>
+  <si>
+    <t>RESO EMPLOIS A DOMICILE - Eysines</t>
+  </si>
+  <si>
+    <t>0556159188</t>
+  </si>
+  <si>
+    <t>https://resoadom33.org/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcins, Arsac, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Cussac-Fort-Médoc, Eysines, Floirac, Gradignan, Labarde, Lamarque, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Lormont, Ludon-Médoc, Macau, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>DOM'ILLAC</t>
+  </si>
+  <si>
+    <t>DOM'ILLAC - Saint-Jean-d'Illac</t>
+  </si>
+  <si>
+    <t>0556217633</t>
+  </si>
+  <si>
+    <t>http://www.ducdelorge.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Audenge, Bassens, Bègles, Béguey, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cadillac, Canéjan, Carbon-Blanc, Cardan, Cenon, Cérons, Cestas, Eysines, Floirac, Gradignan, Illats, Landiras, Lanton, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lestiac-sur-Garonne, Lormont, Loupiac, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Monprimblanc, Omet, Paillet, Parempuyre, Pessac, Podensac, Portets, Preignac, Rions, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Générale Des Services Bordeaux Rive Droite</t>
+  </si>
+  <si>
+    <t>Générale Des Services Bordeaux Rive Droite - Bordeaux</t>
+  </si>
+  <si>
+    <t>0524703270</t>
+  </si>
+  <si>
+    <t>http://bordeaux-rive-droite.generaledesservices.co</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Floirac, Lormont</t>
+  </si>
+  <si>
+    <t>AMDPA</t>
+  </si>
+  <si>
+    <t>AMDPA - Pellegrue</t>
+  </si>
+  <si>
+    <t>0556613085</t>
+  </si>
+  <si>
+    <t>Auriolles, Caplong, Caumont, Cazaugitat, Eynesse, Landerrouat, Les Lèves-et-Thoumeyragues, Listrac-de-Durèze, Massugas, Pellegrue, Saint-André-et-Appelles, Saint-Antoine-du-Queyret, Saint-Ferme, Saint-Quentin-de-Caplong, Soussac, Taillecavat</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Andernos</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Andernos - Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>0556828998</t>
+  </si>
+  <si>
+    <t>https://www.andernoslesbains.fr/listes/solidarite/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>AAD  FRANCE  PRESENCE</t>
+  </si>
+  <si>
+    <t>AAD  FRANCE  PRESENCE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556008145</t>
+  </si>
+  <si>
+    <t>https://www.france-presence.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Bassens, Bayas, Bègles, Beychac-et-Caillau, Blanquefort, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cadarsac, Camps-sur-l'Isle, Carbon-Blanc, Carignan-de-Bordeaux, Cenon, Cestas, Chamadelle, Coutras, Daignac, Dardenac, Espiet, Eysines, Floirac, Génissac, Gours, Gradignan, Guîtres, Izon, Lagorce, Lalande-de-Pomerol, Lapouyade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Maransin, Martignas-sur-Jalle, Mérignac, Montussan, Moulon, Nérigean, Parempuyre, Pessac, Pomerol, Pompignac, Porchères, Puynormand, Sablons, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Savignac-de-l'Isle, Talence, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>AILE EMPLOIS FAMILIAUX</t>
+  </si>
+  <si>
+    <t>AILE EMPLOIS FAMILIAUX - Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>0557961011</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Beautiran, Bègles, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Isle-Saint-Georges, La Brède, Léognan, Martillac, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AMSADHG</t>
+  </si>
+  <si>
+    <t>AMSADHG - Saint-Savin</t>
+  </si>
+  <si>
+    <t>0557589733</t>
+  </si>
+  <si>
+    <t>https://www.amsad33.fr</t>
+  </si>
+  <si>
+    <t>Anglade, Bayon-sur-Gironde, Berson, Blaye, Bourg, Braud-et-Saint-Louis, Campugnan, Cars, Cartelègue, Cavignac, Cézac, Civrac-de-Blaye, Comps, Cubnezais, Cubzac-les-Ponts, Donnezac, Étauliers, Eyrans, Fours, Gauriac, Gauriaguet, Générac, Lansac, Laruscade, Marcenais, Marcillac, Marsas, Mazion, Mombrier, Peujard, Plassac, Pleine-Selve, Prignac-et-Marcamps, Pugnac, Reignac, Saint-André-de-Cubzac, Saint-Androny, Saint-Aubin-de-Blaye, Saint-Caprais-de-Blaye, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Genès-de-Blaye, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Laurent-d'Arce, Saint-Mariens, Saint-Martin-Lacaussade, Saint-Palais, Saint-Paul, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Trojan, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Samonac, Saugon, Tauriac, Teuillac, Val de Virvée, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>AUXI LIFE</t>
+  </si>
+  <si>
+    <t>AUXI LIFE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556926277</t>
+  </si>
+  <si>
+    <t>https://www.auxilife.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Arbis, Artigues-près-Bordeaux, Arveyres, Asques, Baigneaux, Baron, Bassens, Baurech, Bayas, Bègles, Bellebat, Bellefond, Beychac-et-Caillau, Blanquefort, Blasimon, Blésignac, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bouliac, Branne, Bruges, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Cantois, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Castelmoron-d'Albret, Castelviel, Castillon-la-Bataille, Caumont, Cavignac, Cazaugitat, Cénac, Cenon, Cessac, Cézac, Chamadelle, Civrac-de-Blaye, Civrac-sur-Dordogne, Cleyrac, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubnezais, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donnezac, Doulezon, Espiet, Eysines, Faleyras, Fargues-Saint-Hilaire, Flaujagues, Floirac, Fronsac, Frontenac, Galgon, Génissac, Gensac, Gornac, Gours, Gradignan, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouet-sur-Ségur, Langoiran, Lapouyade, Laruscade, Latresne, Le Bouscat, Le Fieu, Le Haillan, Le Pout, Le Puy, Le Taillan-Médoc, Le Tourne, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Les Salles-de-Castillon, Libourne, Lignan-de-Bordeaux, Lormont, Loupes, Lugaignac, Lugasson, Lugon-et-l'Île-du-Carnay, Madirac, Maransin, Marcenais, Marsas, Martignas-sur-Jalle, Martres, Mauriac, Mérignac, Mérignas, Mesterrieux, Montignac, Montussan, Mouillac, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Nérigean, Neuffons, Parempuyre, Périssac, Pessac, Pessac-sur-Dordogne, Pomerol, Pompignac, Porchères, Pujols, Puynormand, Quinsac, Rauzan, Rimons, Romagne, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Aubin-de-Médoc, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Hilaire-du-Bois, Saint-Jean-de-Blaignac, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Magne-de-Castillon, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Fronsac, Saint-Pey-de-Castets, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Saint-Vincent-de-Pertignas, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Eulalie, Sainte-Florence, Sainte-Gemme, Sainte-Radegonde, Sallebœuf, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Talence, Targon, Tarnès, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Vérac, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>Vitalliance</t>
+  </si>
+  <si>
+    <t>Vitalliance - Eysines</t>
+  </si>
+  <si>
+    <t>0556505134</t>
+  </si>
+  <si>
+    <t>https://www.vitalliance.fr/agences/bordeaux-rive-gauche-KbPPN</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arbanats, Arbis, Arcachon, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Asques, Aubiac, Audenge, Auriolles, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Baurech, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Béguey, Belin-Béliet, Bellebat, Bellefond, Belvès-de-Castillon, Bernos-Beaulac, Berson, Berthez, Beychac-et-Caillau, Bieujac, Biganos, Birac, Blaignac, Blaignan, Blanquefort, Blasimon, Blaye, Blésignac, Bommes, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Braud-et-Saint-Louis, Brouqueyran, Bruges, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Campugnan, Canéjan, Cantois, Capian, Caplong, Captieux, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Cartelègue, Casseuil, Castelmoron-d'Albret, Castelnau-de-Médoc, Castelviel, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cavignac, Cazalis, Cazats, Cazaugitat, Cénac, Cenon, Cérons, Cessac, Cestas, Cézac, Cissac-Médoc, Civrac-de-Blaye, Civrac-en-Médoc, Cleyrac, Coimères, Coirac, Comps, Couquèques, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutras, Coutures, Créon, Croignon, Cubnezais, Cubzac-les-Ponts, Cudos, Cursan, Cussac-Fort-Médoc, Daignac, Daubèze, Dieulivol, Donnezac, Donzac, Escaudes, Escoussans, Étauliers, Eynesse, Eyrans, Eysines, Faleyras, Fargues, Fargues-Saint-Hilaire, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Francs, Fronsac, Frontenac, Gabarnac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gradignan, Grayan-et-l'Hôpital, Grézillac, Grignols, Guillos, Gujan-Mestras, Haux, Hostens, Hourtin, Hure, Illats, Isle-Saint-Georges, Izon, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Roquille, La Sauve, La Teste-de-Buch, Labarde, Labescau, Lacanau, Ladaux, Lados, Lamarque, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langoiran, Langon, Lansac, Lanton, Laroque, Lartigue, Laruscade, Latresne, Lavazan, Le Barp, Le Bouscat, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Puy, Le Taillan-Médoc, Le Teich, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Les Artigues-de-Lussac, Les Esseintes, Les Lèves-et-Thoumeyragues, Lesparre-Médoc, Lestiac-sur-Garonne, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugasson, Lugon-et-l'Île-du-Carnay, Lugos, Lussac, Macau, Madirac, Maransin, Marcenais, Marcheprime, Marcillac, Margaux-Cantenac, Margueron, Marimbault, Marions, Marsas, Martignas-sur-Jalle, Martillac, Martres, Masseilles, Massugas, Mauriac, Mazères, Mazion, Mérignac, Mesterrieux, Mios, Mombrier, Mongauzy, Monprimblanc, Monségur, Montagne, Montagoudin, Montignac, Montussan, Morizès, Mouillac, Moulis-en-Médoc, Mourens, Naujac-sur-Mer, Néac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Ordonnac, Origne, Paillet, Parempuyre, Pauillac, Pellegrue, Périssac, Pessac, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Podensac, Pompéjac, Pompignac, Pondaurat, Portets, Préchac, Preignac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols-sur-Ciron, Puybarban, Queyrac, Quinsac, Reignac, Rimons, Riocaud, Rions, Roaillan, Romagne, Roquebrune, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-du-Queyret, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Estèphe, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Mariens, Saint-Martial, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Palais, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Savin, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Seurin-de-Cursac, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzan-de-Soudiac, Saint-Yzans-de-Médoc, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Hélène, Sainte-Terre, Salaunes, Sallebœuf, Salles, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soulignac, Soussac, Soussans, Tabanac, Taillecavat, Talais, Talence, Targon, Tarnès, Tauriac, Tayac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Vignonet, Villandraut, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Bruges</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Bruges - Bruges</t>
+  </si>
+  <si>
+    <t>0556168081</t>
+  </si>
+  <si>
+    <t>https://www.mairie-bruges.fr</t>
+  </si>
+  <si>
+    <t>Bruges</t>
+  </si>
+  <si>
+    <t>DANAE</t>
+  </si>
+  <si>
+    <t>DANAE - Mérignac</t>
+  </si>
+  <si>
+    <t>0556281511</t>
+  </si>
+  <si>
+    <t>https://www.residences-danae.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lormont, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>APAISAD du Nord et Est Libournais</t>
+  </si>
+  <si>
+    <t>APAISAD du Nord et Est Libournais - Abzac</t>
+  </si>
+  <si>
+    <t>0557693616</t>
+  </si>
+  <si>
+    <t>Abzac, Auriolles, Bayas, Belvès-de-Castillon, Bonzac, Bossugan, Camps-sur-l'Isle, Caplong, Castillon-la-Bataille, Chamadelle, Civrac-sur-Dordogne, Coubeyrac, Coutras, Doulezon, Eynesse, Flaujagues, Francs, Gardegan-et-Tourtirac, Gensac, Gours, Guîtres, Juillac, La Roquille, Lagorce, Landerrouat, Lapouyade, Le Fieu, Les Artigues-de-Lussac, Les Églisottes-et-Chalaures, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Ligueux, Listrac-de-Durèze, Lussac, Maransin, Margueron, Massugas, Montagne, Mouliets-et-Villemartin, Néac, Pellegrue, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Pineuilh, Porchères, Puisseguin, Pujols, Puynormand, Rauzan, Riocaud, Sablons, Saint-André-et-Appelles, Saint-Antoine-sur-l'Isle, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Magne-de-Castillon, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Radegonde, Sainte-Terre, Savignac-de-l'Isle, Tayac, Tizac-de-Lapouyade, Vignonet</t>
+  </si>
+  <si>
+    <t>AUXILEO SERVICES</t>
+  </si>
+  <si>
+    <t>AUXILEO SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556177808</t>
+  </si>
+  <si>
+    <t>https://www.auxileoservices.fr</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>TCA</t>
+  </si>
+  <si>
+    <t>TCA - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556900297</t>
+  </si>
+  <si>
+    <t>http://tcasso.org/</t>
+  </si>
+  <si>
+    <t>ADMR DE LA GIRONDE</t>
+  </si>
+  <si>
+    <t>ADMR DE LA GIRONDE - Langon</t>
+  </si>
+  <si>
+    <t>0556636095</t>
+  </si>
+  <si>
+    <t>https://www.fede33.admr.org/</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arbanats, Arbis, Arcachon, Arès, Artigues-près-Bordeaux, Arveyres, Aubiac, Audenge, Auriolles, Auros, Ayguemorte-les-Graves, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Bayas, Bazas, Beautiran, Béguey, Bellebat, Bellefond, Belvès-de-Castillon, Bernos-Beaulac, Berthez, Beychac-et-Caillau, Bieujac, Biganos, Birac, Blaignac, Blanquefort, Blasimon, Blésignac, Bommes, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bourdelles, Bourideys, Brach, Branne, Brannens, Brouqueyran, Bruges, Budos, Cabara, Cadarsac, Cadillac, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Camps-sur-l'Isle, Cantois, Capian, Caplong, Captieux, Carbon-Blanc, Carcans, Cardan, Casseuil, Castelmoron-d'Albret, Castelnau-de-Médoc, Castelviel, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cénac, Cenon, Cérons, Cessac, Chamadelle, Civrac-sur-Dordogne, Cleyrac, Coimères, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutras, Coutures, Créon, Croignon, Cudos, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donzac, Doulezon, Escaudes, Escoussans, Espiet, Eynesse, Eysines, Faleyras, Fargues, Fargues-Saint-Hilaire, Flaujagues, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Francs, Frontenac, Gabarnac, Gajac, Gans, Gardegan-et-Tourtirac, Génissac, Gensac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gours, Grézillac, Grignols, Guillac, Guillos, Guîtres, Gujan-Mestras, Haux, Hostens, Hourtin, Hure, Illats, Izon, Jugazan, Juillac, La Réole, La Roquille, La Sauve, La Teste-de-Buch, Labescau, Lacanau, Ladaux, Lados, Lagorce, Lalande-de-Pomerol, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langoiran, Langon, Lanton, Lapouyade, Laroque, Lartigue, Lavazan, Le Bouscat, Le Fieu, Le Haillan, Le Nizan, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Puy, Le Teich, Le Temple, Le Tourne, Le Tuzan, Lège-Cap-Ferret, Léogeats, Lerm-et-Musset, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Esseintes, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Lestiac-sur-Garonne, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Lugaignac, Lugasson, Lussac, Madirac, Maransin, Marcheprime, Margueron, Marimbault, Marions, Martres, Masseilles, Massugas, Mauriac, Mazères, Mérignac, Mérignas, Mesterrieux, Mios, Mongauzy, Monprimblanc, Monségur, Montagne, Montagoudin, Montignac, Montussan, Morizès, Mouliets-et-Villemartin, Moulon, Mourens, Naujac-sur-Mer, Naujan-et-Postiac, Néac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Origne, Paillet, Pellegrue, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Pineuilh, Podensac, Pomerol, Pompéjac, Pondaurat, Porchères, Portets, Préchac, Preignac, Puisseguin, Pujols, Pujols-sur-Ciron, Puybarban, Puynormand, Rauzan, Rimons, Riocaud, Rions, Roaillan, Romagne, Roquebrune, Ruch, Sablons, Sadirac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Castillon, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-Grave, Saint-Germain-du-Puch, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Martial, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Médard-de-Guizières, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Monségur, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Hélène, Sainte-Radegonde, Sainte-Terre, Salaunes, Sallebœuf, Saumos, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Savignac-de-l'Isle, Semens, Sendets, Sigalens, Sillas, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tayac, Tizac-de-Curton, Tizac-de-Lapouyade, Toulenne, Tresses, Uzeste, Vayres, Verdelais, Vignonet, Villandraut, Villenave-de-Rions, Virelade, Yvrac</t>
+  </si>
+  <si>
+    <t>VITAME BORDEAUX</t>
+  </si>
+  <si>
+    <t>VITAME BORDEAUX - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557107003</t>
+  </si>
+  <si>
+    <t>https://www.vitamebordeaux.fr/</t>
+  </si>
+  <si>
+    <t>AGAPES</t>
+  </si>
+  <si>
+    <t>AGAPES - Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>0556491938</t>
+  </si>
+  <si>
+    <t>https://www.agapes-sad.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Cenon, Floirac, Lormont, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>SARL 33 AGGIR A DOM</t>
+  </si>
+  <si>
+    <t>SARL 33 AGGIR A DOM - Floirac</t>
+  </si>
+  <si>
+    <t>0536893795</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Haux, La Sauve, Langoiran, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Martignas-sur-Jalle, Mérignac, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>AMALLYA - Langon</t>
+  </si>
+  <si>
+    <t>0556322010</t>
+  </si>
+  <si>
+    <t>Aubiac, Bazas, Bieujac, Bommes, Castets et Castillon, Cazats, Coimères, Fargues, Gans, Lados, Langon, Le Nizan, Le Pian-sur-Garonne, Léogeats, Lignan-de-Bazas, Marimbault, Mazères, Noaillan, Roaillan, Saint-André-du-Bois, Saint-Germain-de-Grave, Saint-Macaire, Saint-Maixant, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Sauternes, Sauviac, Semens, Toulenne, Uzeste, Verdelais, Villandraut</t>
+  </si>
+  <si>
+    <t>DOMUSVI DOMICILE</t>
+  </si>
+  <si>
+    <t>DOMUSVI DOMICILE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0533003179</t>
+  </si>
+  <si>
+    <t>https://www.domusvi.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arès, Artigues-près-Bordeaux, Audenge, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Biganos, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Gujan-Mestras, Haux, La Sauve, La Teste-de-Buch, Langoiran, Lanton, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Teich, Le Tourne, Lège-Cap-Ferret, Libourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>DOMIS +</t>
+  </si>
+  <si>
+    <t>DOMIS + - Bazas</t>
+  </si>
+  <si>
+    <t>0556651200</t>
+  </si>
+  <si>
+    <t>https://www.domisplus.com</t>
+  </si>
+  <si>
+    <t>Aillas, Arbanats, Arbis, Aubiac, Auros, Ayguemorte-les-Graves, Baigneaux, Balizac, Barie, Baron, Barsac, Baurech, Bazas, Beautiran, Béguey, Belin-Béliet, Bellebat, Bellefond, Bernos-Beaulac, Berthez, Bieujac, Birac, Blésignac, Bommes, Bourideys, Brannens, Brouqueyran, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Canéjan, Cantois, Captieux, Cardan, Casseuil, Castelviel, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cénac, Cérons, Cestas, Coimères, Coirac, Courpiac, Cours-les-Bains, Cudos, Cursan, Donzac, Escaudes, Escoussans, Faleyras, Fargues, Fontet, Gabarnac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Grignols, Guillos, Haux, Hostens, Hure, Illats, Isle-Saint-Georges, La Brède, La Sauve, Labescau, Ladaux, Lados, Landiras, Langoiran, Langon, Laroque, Lartigue, Latresne, Lavazan, Le Barp, Le Nizan, Le Pian-sur-Garonne, Le Pout, Le Tourne, Le Tuzan, Léogeats, Léognan, Lerm-et-Musset, Lestiac-sur-Garonne, Lignan-de-Bazas, Lignan-de-Bordeaux, Louchats, Loupes, Loupiac, Lucmau, Lugos, Madirac, Marimbault, Marions, Martillac, Masseilles, Mazères, Monprimblanc, Noaillan, Omet, Origne, Paillet, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols-sur-Ciron, Puybarban, Quinsac, Rimons, Rions, Roaillan, Romagne, Sadirac, Saint-André-du-Bois, Saint-Caprais-de-Bordeaux, Saint-Côme, Saint-Genès-de-Lombaud, Saint-Germain-de-Grave, Saint-Hilaire-du-Bois, Saint-Laurent-du-Bois, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Médard-d'Eyrans, Saint-Michel-de-Castelnau, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Selve, Saint-Symphorien, Sainte-Croix-du-Mont, Salles, Saucats, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulignac, Tabanac, Taillecavat, Targon, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-d'Ornon, Villenave-de-Rions, Virelade</t>
+  </si>
+  <si>
+    <t>SIBIENCHEMOI</t>
+  </si>
+  <si>
+    <t>SIBIENCHEMOI - Mérignac</t>
+  </si>
+  <si>
+    <t>0624270376</t>
+  </si>
+  <si>
+    <t>https://www.sibienchemoi.com</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac</t>
+  </si>
+  <si>
+    <t>Franchise O2 Lège-Cap-Ferret</t>
+  </si>
+  <si>
+    <t>Franchise O2 Lège-Cap-Ferret - Arès</t>
+  </si>
+  <si>
+    <t>Avant 7h, Entre 7h et 20h</t>
+  </si>
+  <si>
+    <t>0557183995</t>
+  </si>
+  <si>
+    <t>https://www.o2.fr/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arès, Audenge, Carcans, Lacanau, Lanton, Lège-Cap-Ferret, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>Les Mésanges Bleues</t>
+  </si>
+  <si>
+    <t>Les Mésanges Bleues - Créon</t>
+  </si>
+  <si>
+    <t>0556690794</t>
+  </si>
+  <si>
+    <t>Baron, Blésignac, Camiac-et-Saint-Denis, Capian, Créon, Croignon, Cursan, Haux, La Sauve, Le Pout, Loupes, Madirac, Sadirac, Saint-Genès-de-Lombaud, Saint-Léon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'accompagnement à domicile du CCAS de Martignas-sur-Jalles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'accompagnement à domicile du CCAS de Martignas-sur-Jalles - Martignas-sur-Jalle</t>
+  </si>
+  <si>
+    <t>0557970051</t>
+  </si>
+  <si>
+    <t>https://www.ville-martignas.fr/services-et-maintie</t>
+  </si>
+  <si>
+    <t>Martignas-sur-Jalle</t>
+  </si>
+  <si>
+    <t>SAAD - CCAS DE TALENCE</t>
+  </si>
+  <si>
+    <t>SAAD - CCAS DE TALENCE - Talence</t>
+  </si>
+  <si>
+    <t>0556847875</t>
+  </si>
+  <si>
+    <t>Talence</t>
+  </si>
+  <si>
+    <t>VIVRADOM</t>
+  </si>
+  <si>
+    <t>VIVRADOM - Latresne</t>
+  </si>
+  <si>
+    <t>0556200648</t>
+  </si>
+  <si>
+    <t>https://www.vivradom.fr/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arbis, Artigues-près-Bordeaux, Baigneaux, Baron, Bassens, Baurech, Bègles, Bellebat, Bellefond, Beychac-et-Caillau, Blasimon, Blésignac, Bonnetan, Bordeaux rive droite, Bouliac, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Cantois, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Castelmoron-d'Albret, Castelviel, Caumont, Cazaugitat, Cénac, Cenon, Cessac, Cleyrac, Coirac, Courpiac, Cours-de-Monségur, Coutures, Créon, Croignon, Cursan, Daubèze, Dieulivol, Eysines, Faleyras, Fargues-Saint-Hilaire, Floirac, Frontenac, Gornac, Haux, La Sauve, Ladaux, Landerrouet-sur-Ségur, Langoiran, Latresne, Le Pout, Le Puy, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Lugasson, Madirac, Martres, Mauriac, Mesterrieux, Montignac, Montussan, Mourens, Neuffons, Pompignac, Quinsac, Rimons, Romagne, Sadirac, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Martin-de-Lerm, Saint-Martin-du-Puy, Saint-Pierre-de-Bat, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sainte-Gemme, Sallebœuf, Sauveterre-de-Guyenne, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>ESAD - CIAS de l'Estuaire</t>
+  </si>
+  <si>
+    <t>ESAD - CIAS de l'Estuaire - Saint-Ciers-sur-Gironde</t>
+  </si>
+  <si>
+    <t>0557326699</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Vayres</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Vayres - Vayres</t>
+  </si>
+  <si>
+    <t>0533030013</t>
+  </si>
+  <si>
+    <t>http://www.mairie-vayres.com/Centre-Communal-d-Action-Sociale</t>
+  </si>
+  <si>
+    <t>Vayres</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS de Blanquefort</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS de Blanquefort - Blanquefort</t>
+  </si>
+  <si>
+    <t>0556574855</t>
+  </si>
+  <si>
+    <t>https://www.ville-blanquefort.fr/portfolio_page/ai</t>
+  </si>
+  <si>
+    <t>Blanquefort</t>
+  </si>
+  <si>
+    <t>DOMIDOM</t>
+  </si>
+  <si>
+    <t>DOMIDOM - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557591330</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Arveyres, Audenge, Avensan, Ayguemorte-les-Graves, Bassens, Bayas, Beautiran, Bègles, Belin-Béliet, Beychac-et-Caillau, Biganos, Blanquefort, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Brach, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Camarsac, Camps-sur-l'Isle, Canéjan, Carbon-Blanc, Carignan-de-Bordeaux, Castelnau-de-Médoc, Castres-Gironde, Cavignac, Cenon, Cestas, Cézac, Chamadelle, Civrac-de-Blaye, Coutras, Cubnezais, Cubzac-les-Ponts, Cussac-Fort-Médoc, Daignac, Dardenac, Donnezac, Espiet, Eysines, Fargues-Saint-Hilaire, Floirac, Gauriaguet, Génissac, Gours, Gradignan, Guîtres, Gujan-Mestras, Isle-Saint-Georges, Izon, La Brède, La Teste-de-Buch, Labarde, Lagorce, Lalande-de-Pomerol, Lamarque, Lansac, Lanton, Lapouyade, Laruscade, Le Barp, Le Bouscat, Le Fieu, Le Haillan, Le Pian-Médoc, Le Porge, Le Taillan-Médoc, Le Teich, Le Temple, Lège-Cap-Ferret, Léognan, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Listrac-Médoc, Lormont, Ludon-Médoc, Lugos, Macau, Maransin, Marcenais, Marcheprime, Margaux-Cantenac, Marsas, Martignas-sur-Jalle, Martillac, Mérignac, Mios, Mombrier, Montussan, Moulis-en-Médoc, Moulon, Nérigean, Parempuyre, Pessac, Peujard, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puynormand, Sablons, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Gervais, Saint-Jean-d'Illac, Saint-Laurent-d'Arce, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Magne, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Selve, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Yzan-de-Soudiac, Sainte-Eulalie, Sainte-Hélène, Salaunes, Sallebœuf, Salles, Saucats, Saumos, Savignac-de-l'Isle, Soussans, Talence, Tauriac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Villenave-d'Ornon, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Barp</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Barp - Le Barp</t>
+  </si>
+  <si>
+    <t>0557719859</t>
+  </si>
+  <si>
+    <t>http://www.ville-le-barp.fr/66-aide-au-maintien-a-</t>
+  </si>
+  <si>
+    <t>Le Barp</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de La Teste de Buch</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de La Teste de Buch - La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>0557736980</t>
+  </si>
+  <si>
+    <t>https://www.latestedebuch.fr/</t>
+  </si>
+  <si>
+    <t>La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Sud Gironde</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Sud Gironde - Villandraut</t>
+  </si>
+  <si>
+    <t>0556258555</t>
+  </si>
+  <si>
+    <t>https://www.cdcsudgironde.fr</t>
+  </si>
+  <si>
+    <t>Balizac, Bourideys, Cazalis, Hostens, Le Tuzan, Louchats, Lucmau, Noaillan, Origne, Pompéjac, Préchac, Saint-Léger-de-Balson, Saint-Symphorien, Uzeste, Villandraut</t>
+  </si>
+  <si>
+    <t>ADHM</t>
+  </si>
+  <si>
+    <t>ADHM - Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>0556054584</t>
+  </si>
+  <si>
+    <t>http://www.adhm33.fr</t>
+  </si>
+  <si>
+    <t>Blanquefort, Eysines, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Ludon-Médoc, Macau, Martignas-sur-Jalle, Parempuyre, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>AMALLYA - Castillon-la-Bataille</t>
+  </si>
+  <si>
+    <t>0557483119</t>
+  </si>
+  <si>
+    <t>https://www.amallya.fr</t>
+  </si>
+  <si>
+    <t>Belvès-de-Castillon, Caplong, Castillon-la-Bataille, Civrac-sur-Dordogne, Doulezon, Eynesse, Flaujagues, Gardegan-et-Tourtirac, Gensac, Juillac, La Roquille, Les Lèves-et-Thoumeyragues, Les Salles-de-Castillon, Ligueux, Massugas, Mérignas, Montagne, Mouliets-et-Villemartin, Pessac-sur-Dordogne, Pineuilh, Puisseguin, Pujols, Ruch, Saint-André-et-Appelles, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Christophe-des-Bardes, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Magne-de-Castillon, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Radegonde, Sainte-Terre, Vignonet</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Seurin-sur-l'Isle - Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>0557560105</t>
+  </si>
+  <si>
+    <t>http://www.stseurinsurlisle.com/vie_quotidienne/do</t>
+  </si>
+  <si>
+    <t>Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>AMALLYA - Arcachon</t>
+  </si>
+  <si>
+    <t>0556225206</t>
+  </si>
+  <si>
+    <t>Arcachon, Gujan-Mestras, La Teste-de-Buch, Le Teich</t>
+  </si>
+  <si>
+    <t>SOS SOLUTION SERVICES</t>
+  </si>
+  <si>
+    <t>SOS SOLUTION SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0967778322</t>
+  </si>
+  <si>
+    <t>http://sossolutionservices.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Cenon, Eysines, Floirac, Gradignan, Le Bouscat, Lormont, Mérignac, Pessac, Talence</t>
+  </si>
+  <si>
+    <t>CCAS de LORMONT</t>
+  </si>
+  <si>
+    <t>CCAS de LORMONT - LORMONT</t>
+  </si>
+  <si>
+    <t>0557776360</t>
+  </si>
+  <si>
+    <t>https://www.lormont.fr</t>
+  </si>
+  <si>
+    <t>Lormont</t>
+  </si>
+  <si>
+    <t>AD Seniors Merignac</t>
+  </si>
+  <si>
+    <t>AD Seniors Merignac - Mérignac</t>
+  </si>
+  <si>
+    <t>0631725079</t>
+  </si>
+  <si>
+    <t>https://www.adseniors.com</t>
+  </si>
+  <si>
+    <t>Eysines, Mérignac</t>
+  </si>
+  <si>
+    <t>SAD du C.C.A.S. de BEGLES</t>
+  </si>
+  <si>
+    <t>SAD du C.C.A.S. de BEGLES - Bègles</t>
+  </si>
+  <si>
+    <t>0556498845</t>
+  </si>
+  <si>
+    <t>https://www.mairie-begles.fr/</t>
+  </si>
+  <si>
+    <t>Bègles</t>
+  </si>
+  <si>
+    <t>ESPACE ET VIE LIBOURNE</t>
+  </si>
+  <si>
+    <t>ESPACE ET VIE LIBOURNE - Libourne</t>
+  </si>
+  <si>
+    <t>0557508000</t>
+  </si>
+  <si>
+    <t>https://www.residences-espaceetvie.fr</t>
+  </si>
+  <si>
+    <t>Libourne</t>
+  </si>
+  <si>
+    <t>DOMA VITAE</t>
+  </si>
+  <si>
+    <t>DOMA VITAE - Biganos</t>
+  </si>
+  <si>
+    <t>0557161021</t>
+  </si>
+  <si>
+    <t>https://www.maintien-adom.com</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Belin-Béliet, Biganos, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Barp, Le Teich, Lège-Cap-Ferret, Lugos, Marcheprime, Mios, Salles</t>
+  </si>
+  <si>
+    <t>MOSAIQUE SERVICES</t>
+  </si>
+  <si>
+    <t>MOSAIQUE SERVICES - Léognan</t>
+  </si>
+  <si>
+    <t>Avant 7h, Après 20h</t>
+  </si>
+  <si>
+    <t>0667353146</t>
+  </si>
+  <si>
+    <t>Arbis, Ayguemorte-les-Graves, Baigneaux, Beautiran, Bellebat, Bellefond, Blasimon, Cabanac-et-Villagrains, Cadaujac, Cantois, Castelmoron-d'Albret, Castelviel, Castres-Gironde, Caumont, Cazaugitat, Cessac, Cleyrac, Coirac, Courpiac, Cours-de-Monségur, Coutures, Daubèze, Dieulivol, Faleyras, Frontenac, Gornac, Isle-Saint-Georges, La Brède, Ladaux, Landerrouet-sur-Ségur, Le Puy, Léognan, Lugasson, Martillac, Martres, Mauriac, Mesterrieux, Montignac, Mourens, Neuffons, Rimons, Romagne, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Laurent-du-Bois, Saint-Martin-de-Lerm, Saint-Martin-du-Puy, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Pierre-de-Bat, Saint-Selve, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Sainte-Gemme, Saucats, Sauveterre-de-Guyenne, Soulignac, Soussac, Taillecavat, Targon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cadaujac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cadaujac - Cadaujac</t>
+  </si>
+  <si>
+    <t>0557838218</t>
+  </si>
+  <si>
+    <t>http://www.mairie-cadaujac.fr/solidarite/action-so</t>
+  </si>
+  <si>
+    <t>Cadaujac</t>
+  </si>
+  <si>
+    <t>SOS AIDES A DOMICILE</t>
+  </si>
+  <si>
+    <t>SOS AIDES A DOMICILE - Talence</t>
+  </si>
+  <si>
+    <t>0556290644</t>
+  </si>
+  <si>
+    <t>https://WWW.SOS-AIDES-A-DOMICILE.FR</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Gradignan, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>adomi begles</t>
+  </si>
+  <si>
+    <t>adomi begles - Bègles</t>
+  </si>
+  <si>
+    <t>0556859900</t>
+  </si>
+  <si>
+    <t>https://www.adomi-begles.com</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Martignas-sur-Jalle, Saint-Jean-d'Illac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>CCAS AMBES</t>
+  </si>
+  <si>
+    <t>CCAS AMBES - AMBES</t>
+  </si>
+  <si>
+    <t>0556773540</t>
+  </si>
+  <si>
+    <t>https://www.villeambes.fr/</t>
+  </si>
+  <si>
+    <t>Ambès</t>
+  </si>
+  <si>
+    <t>NERIGEA'DOM</t>
+  </si>
+  <si>
+    <t>NERIGEA'DOM - Nérigean</t>
+  </si>
+  <si>
+    <t>0557515913</t>
+  </si>
+  <si>
+    <t>https://nerigean.fr/nerigeadom/</t>
+  </si>
+  <si>
+    <t>Daignac, Dardenac, Espiet, Génissac, Moulon, Nérigean, Saint-Germain-du-Puch, Saint-Quentin-de-Baron, Tizac-de-Curton</t>
+  </si>
+  <si>
+    <t>AMALLYA - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556431804</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Bruges, Eysines, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>SEREN'AIDES</t>
+  </si>
+  <si>
+    <t>SEREN'AIDES - TALENCE</t>
+  </si>
+  <si>
+    <t>0619286153</t>
+  </si>
+  <si>
+    <t>AIDE@VENIR</t>
+  </si>
+  <si>
+    <t>AIDE@VENIR - Langon</t>
+  </si>
+  <si>
+    <t>0556631433</t>
+  </si>
+  <si>
+    <t>https://www.aide-a-venir.com</t>
+  </si>
+  <si>
+    <t>Aillas, Ambarès-et-Lagrave, Ambès, Arbanats, Arcins, Arsac, Artigues-près-Bordeaux, Asques, Aubiac, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Baurech, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Béguey, Bernos-Beaulac, Berson, Berthez, Beychac-et-Caillau, Bieujac, Birac, Blaignac, Blaignan, Blanquefort, Blaye, Blésignac, Bommes, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Brouqueyran, Bruges, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Campugnan, Canéjan, Capian, Captieux, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Casseuil, Castelnau-de-Médoc, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cénac, Cenon, Cérons, Cestas, Cissac-Médoc, Civrac-en-Médoc, Coimères, Comps, Couquèques, Cours-les-Bains, Créon, Croignon, Cubzac-les-Ponts, Cudos, Cursan, Cussac-Fort-Médoc, Donzac, Escaudes, Escoussans, Eysines, Fargues, Fargues-Saint-Hilaire, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Fronsac, Gabarnac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gauriac, Gauriaguet, Générac, Gironde-sur-Dropt, Giscos, Goualade, Gradignan, Grayan-et-l'Hôpital, Grignols, Guillos, Haux, Hostens, Hourtin, Hure, Illats, Isle-Saint-Georges, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Sauve, Labarde, Labescau, Lacanau, Lados, Lamarque, Lamothe-Landerron, Landiras, Langoiran, Langon, Lansac, Laroque, Lartigue, Latresne, Lavazan, Le Bouscat, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Taillan-Médoc, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Léogeats, Léognan, Lerm-et-Musset, Les Esseintes, Lesparre-Médoc, Lestiac-sur-Garonne, Lignan-de-Bazas, Lignan-de-Bordeaux, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugon-et-l'Île-du-Carnay, Macau, Madirac, Margaux-Cantenac, Marimbault, Marions, Martignas-sur-Jalle, Martillac, Masseilles, Mazères, Mérignac, Mombrier, Mongauzy, Monprimblanc, Monségur, Montagoudin, Montussan, Morizès, Mouillac, Moulis-en-Médoc, Naujac-sur-Mer, Noaillac, Noaillan, Omet, Ordonnac, Origne, Paillet, Parempuyre, Pauillac, Périssac, Pessac, Peujard, Plassac, Podensac, Pompéjac, Pompignac, Pondaurat, Portets, Préchac, Preignac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Pujols-sur-Ciron, Puybarban, Queyrac, Quinsac, Rions, Roaillan, Roquebrune, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Ciers-de-Canesse, Saint-Côme, Saint-Estèphe, Saint-Exupéry, Saint-Genès-de-Blaye, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Sève, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzans-de-Médoc, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Foy-la-Longue, Sainte-Hélène, Salaunes, Sallebœuf, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soussans, Tabanac, Talais, Talence, Tarnès, Tauriac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Valeyrac, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Villandraut, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide au Maintien à Domicile des Portes de l'Entre-Deux-Mers</t>
+  </si>
+  <si>
+    <t>Service d'Aide au Maintien à Domicile des Portes de l'Entre-Deux-Mers - Latresne</t>
+  </si>
+  <si>
+    <t>0556208360</t>
+  </si>
+  <si>
+    <t>http://www.cdc-portesentredeuxmers.fr/vie-quotidie</t>
+  </si>
+  <si>
+    <t>Baurech, Cambes, Camblanes-et-Meynac, Cénac, Langoiran, Latresne, Le Tourne, Lignan-de-Bordeaux, Loupes, Quinsac, Sadirac, Saint-Caprais-de-Bordeaux, Tabanac</t>
+  </si>
+  <si>
+    <t>SPASAD du Vivier du CCAS</t>
+  </si>
+  <si>
+    <t>SPASAD du Vivier du CCAS  - Mérignac</t>
+  </si>
+  <si>
+    <t>0556556656</t>
+  </si>
+  <si>
+    <t>Mérignac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Canéjan</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Canéjan - Canéjan</t>
+  </si>
+  <si>
+    <t>0556899676</t>
+  </si>
+  <si>
+    <t>https://www.canejan.fr/</t>
+  </si>
+  <si>
+    <t>Canéjan</t>
+  </si>
+  <si>
+    <t>AZAE BORDEAUX NORD</t>
+  </si>
+  <si>
+    <t>AZAE BORDEAUX NORD - Bruges</t>
+  </si>
+  <si>
+    <t>0556587220</t>
+  </si>
+  <si>
+    <t>https://www.azae.com</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Brach, Carcans, Castelnau-de-Médoc, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Gaillan-en-Médoc, Gradignan, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Le Pian-Médoc, Le Temple, Le Verdon-sur-Mer, Lesparre-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Queyrac, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saumos, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AIDE ET SERVICE</t>
+  </si>
+  <si>
+    <t>AIDE ET SERVICE - Eysines</t>
+  </si>
+  <si>
+    <t>0556387154</t>
+  </si>
+  <si>
+    <t>http://www.aideetservice.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>FREE DOM' SENIOR COMPAGNIE BASSIN D'ARCACHON</t>
+  </si>
+  <si>
+    <t>FREE DOM' SENIOR COMPAGNIE BASSIN D'ARCACHON - La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>0557524749</t>
+  </si>
+  <si>
+    <t>https://bassindarcachon.senior-compagnie.fr/</t>
+  </si>
+  <si>
+    <t>oligad</t>
+  </si>
+  <si>
+    <t>oligad - Libourne</t>
+  </si>
+  <si>
+    <t>0557740526</t>
+  </si>
+  <si>
+    <t>https://www.oligad.com</t>
+  </si>
+  <si>
+    <t>Abzac, Arveyres, Bonzac, Branne, Cabara, Cadarsac, Chamadelle, Coutras, Espiet, Génissac, Guîtres, Lagorce, Lalande-de-Pomerol, Les Billaux, Les Églisottes-et-Chalaures, Libourne, Moulon, Naujan-et-Postiac, Nérigean, Pomerol, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Martin-du-Bois, Saint-Quentin-de-Baron, Tizac-de-Curton</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Bouscat</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Bouscat - Le Bouscat</t>
+  </si>
+  <si>
+    <t>0557222736</t>
+  </si>
+  <si>
+    <t>https://www.bouscat.fr/vie-municipale/les-services</t>
+  </si>
+  <si>
+    <t>Le Bouscat</t>
+  </si>
+  <si>
+    <t>DOMALIANCE</t>
+  </si>
+  <si>
+    <t>DOMALIANCE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557883677</t>
+  </si>
+  <si>
+    <t>https://www.domaliance.fr/index-des-agences-par-ville/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Haux, Izon, La Sauve, Langoiran, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Martignas-sur-Jalle, Mérignac, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>AXEO SERVICES</t>
+  </si>
+  <si>
+    <t>AXEO SERVICES - Gradignan</t>
+  </si>
+  <si>
+    <t>0556490212</t>
+  </si>
+  <si>
+    <t>https://www.axeoservices.fr</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Bazas, Beautiran, Bègles, Belin-Béliet, Bordeaux rive gauche, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Grignols, Isle-Saint-Georges, La Brède, Langon, Le Bouscat, Léognan, Martillac, Mérignac, Pessac, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Belin-Beliet</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Belin-Beliet - Belin-Béliet</t>
+  </si>
+  <si>
+    <t>0556888153</t>
+  </si>
+  <si>
+    <t>https://www.belin-beliet.fr/service-daides-a-domic</t>
+  </si>
+  <si>
+    <t>Belin-Béliet</t>
+  </si>
+  <si>
+    <t>A.A.D.P.</t>
+  </si>
+  <si>
+    <t>A.A.D.P. - Langon</t>
+  </si>
+  <si>
+    <t>0556767878</t>
+  </si>
+  <si>
+    <t>Balizac, Bieujac, Bommes, Bourideys, Castets et Castillon, Cazalis, Coimères, Fargues, Hostens, Langon, Le Pian-sur-Garonne, Le Tuzan, Léogeats, Louchats, Lucmau, Mazères, Noaillan, Origne, Pompéjac, Préchac, Roaillan, Saint-André-du-Bois, Saint-Germain-de-Grave, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Saint-Symphorien, Sauternes, Semens, Toulenne, Uzeste, Verdelais, Villandraut</t>
+  </si>
+  <si>
+    <t>ADOMICILE33</t>
+  </si>
+  <si>
+    <t>ADOMICILE33 - Eysines</t>
+  </si>
+  <si>
+    <t>0564371337</t>
+  </si>
+  <si>
+    <t>https://www.aide-a-domicile-33.com/</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>Unadev</t>
+  </si>
+  <si>
+    <t>Unadev - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556338581</t>
+  </si>
+  <si>
+    <t>https://www.unadev.fr</t>
+  </si>
+  <si>
+    <t>DESTIA VILLENAVE D'ORNON</t>
+  </si>
+  <si>
+    <t>DESTIA VILLENAVE D'ORNON - Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>0556374909</t>
+  </si>
+  <si>
+    <t>https://www.destia.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Cenon, Floirac, Gradignan, Le Bouscat, Lormont, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS PESSAC</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS PESSAC - Pessac</t>
+  </si>
+  <si>
+    <t>0557936746</t>
+  </si>
+  <si>
+    <t>https://www.pessac.fr</t>
+  </si>
+  <si>
+    <t>Pessac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Sainte Terre</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Sainte Terre - Sainte-Terre</t>
+  </si>
+  <si>
+    <t>0557471623</t>
+  </si>
+  <si>
+    <t>http://www.sainteterre.fr</t>
+  </si>
+  <si>
+    <t>Sainte-Terre</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Lanton</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Lanton - Lanton</t>
+  </si>
+  <si>
+    <t>0556038625</t>
+  </si>
+  <si>
+    <t>https://www.mairie-lanton.fr/quotidien/solidarite/</t>
+  </si>
+  <si>
+    <t>Lanton</t>
+  </si>
+  <si>
+    <t>ALSP Association Libournaise de Services aux Personnes</t>
+  </si>
+  <si>
+    <t>ALSP Association Libournaise de Services aux Personnes - Libourne</t>
+  </si>
+  <si>
+    <t>0557741301</t>
+  </si>
+  <si>
+    <t>https://alsp.fr</t>
+  </si>
+  <si>
+    <t>Arveyres, Lalande-de-Pomerol, Les Billaux, Les Peintures, Libourne, Montagne, Moulon, Nérigean, Pomerol, Saint-Denis-de-Pile, Saint-Émilion</t>
+  </si>
+  <si>
+    <t>VITAME SERVICES MEDOC</t>
+  </si>
+  <si>
+    <t>VITAME SERVICES MEDOC - Avensan</t>
+  </si>
+  <si>
+    <t>0557881589</t>
+  </si>
+  <si>
+    <t>https://www.vitame-medoc.fr</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Blanquefort, Brach, Carcans, Castelnau-de-Médoc, Cussac-Fort-Médoc, Eysines, Hourtin, Labarde, Lacanau, Lamarque, Le Haillan, Le Pian-Médoc, Le Porge, Le Taillan-Médoc, Le Temple, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Parempuyre, Pauillac, Saint-Aubin-de-Médoc, Saint-Estèphe, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Saint-Sauveur, Sainte-Hélène, Salaunes, Saumos, Soussans</t>
+  </si>
+  <si>
+    <t>LA VIE A DOMICILE - MAISON DE LA SANTE ET DES AIDANTS</t>
+  </si>
+  <si>
+    <t>LA VIE A DOMICILE - MAISON DE LA SANTE ET DES AIDANTS - Mérignac</t>
+  </si>
+  <si>
+    <t>0556550438</t>
+  </si>
+  <si>
+    <t>https://www.lavieadomicile33.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche, Martignas-sur-Jalle, Mérignac</t>
+  </si>
+  <si>
+    <t>A.I.S.A.D.</t>
+  </si>
+  <si>
+    <t>A.I.S.A.D. - Mios</t>
+  </si>
+  <si>
+    <t>0556267594</t>
+  </si>
+  <si>
+    <t>Biganos, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>PROSENIORS - Lesparre-Médoc</t>
+  </si>
+  <si>
+    <t>0556736075</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcins, Arsac, Artigues-près-Bordeaux, Avensan, Ayguemorte-les-Graves, Bassens, Beautiran, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Brach, Bruges, Cabanac-et-Villagrains, Cadaujac, Canéjan, Carbon-Blanc, Carcans, Castelnau-de-Médoc, Castres-Gironde, Cenon, Cestas, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Eysines, Floirac, Gaillan-en-Médoc, Gradignan, Grayan-et-l'Hôpital, Hourtin, Isle-Saint-Georges, Jau-Dignac-et-Loirac, La Brède, Labarde, Lacanau, Lamarque, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Porge, Le Temple, Le Verdon-sur-Mer, Léognan, Lesparre-Médoc, Listrac-Médoc, Lormont, Ludon-Médoc, Macau, Margaux-Cantenac, Martignas-sur-Jalle, Martillac, Mérignac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Queyrac, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Sauveur, Saint-Selve, Saint-Seurin-de-Cadourne, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saucats, Saumos, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Pierre d'Aurillac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Pierre d'Aurillac - Saint-Pierre-d'Aurillac</t>
+  </si>
+  <si>
+    <t>0556633027</t>
+  </si>
+  <si>
+    <t>Saint-André-du-Bois, Saint-Laurent-du-Plan, Saint-Martial, Saint-Martin-de-Sescas, Saint-Pierre-d'Aurillac, Semens, Verdelais</t>
+  </si>
+  <si>
     <t>Le Patio Vaillant</t>
   </si>
   <si>
     <t>Le Patio Vaillant - Bordeaux</t>
   </si>
   <si>
-    <t>Entre 7h et 20h</t>
-[...1 lines deleted...]
-  <si>
     <t>0974197575</t>
   </si>
   <si>
     <t>Bordeaux rive gauche</t>
   </si>
   <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Fronsadais</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Fronsadais - Saint-Germain-de-la-Rivière</t>
+  </si>
+  <si>
+    <t>0557840709</t>
+  </si>
+  <si>
+    <t>https://www.cdc-fronsadais.com</t>
+  </si>
+  <si>
+    <t>Asques, Cadillac-en-Fronsadais, Fronsac, Galgon, La Lande-de-Fronsac, La Rivière, Lugon-et-l'Île-du-Carnay, Mouillac, Périssac, Saillans, Saint-Aignan, Saint-Ciers-d'Abzac, Saint-Genès-de-Fronsac, Saint-Germain-de-la-Rivière, Saint-Michel-de-Fronsac, Saint-Romain-la-Virvée, Tarnès, Vérac, Villegouge</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Blaye</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Blaye - Blaye</t>
+  </si>
+  <si>
+    <t>0557427523</t>
+  </si>
+  <si>
+    <t>https://ccb-blaye.com/service-a-la-personne/le-cen</t>
+  </si>
+  <si>
+    <t>Bayon-sur-Gironde, Berson, Blaye, Campugnan, Cars, Comps, Fours, Gauriac, Générac, Plassac, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Genès-de-Blaye, Saint-Girons-d'Aiguevives, Saint-Martin-Lacaussade, Saint-Paul, Saint-Seurin-de-Bourg, Samonac, Saugon, Villeneuve</t>
+  </si>
+  <si>
+    <t>ORMALI</t>
+  </si>
+  <si>
+    <t>ORMALI - Parempuyre</t>
+  </si>
+  <si>
+    <t>0556451156</t>
+  </si>
+  <si>
+    <t>https://ormali-service-33.fr/</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Blanquefort, Bordeaux rive gauche, Bruges, Castelnau-de-Médoc, Cussac-Fort-Médoc, Eysines, Labarde, Lamarque, Le Bouscat, Le Pian-Médoc, Le Taillan-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Parempuyre, Pauillac, Saint-Aubin-de-Médoc, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Soussans</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Créon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Créon - Créon</t>
+  </si>
+  <si>
+    <t>0557345466</t>
+  </si>
+  <si>
+    <t>http://www.mairie-creon.fr/ccas/</t>
+  </si>
+  <si>
+    <t>Baron, Blésignac, Camiac-et-Saint-Denis, Créon, Croignon, Cursan, Haux, La Sauve, Le Pout, Madirac, Sadirac, Saint-Genès-de-Lombaud, Saint-Léon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>AMAD</t>
+  </si>
+  <si>
+    <t>AMAD - Martres</t>
+  </si>
+  <si>
+    <t>0556713202</t>
+  </si>
+  <si>
+    <t>https://www.amad33.fr</t>
+  </si>
+  <si>
+    <t>Arbis, Baigneaux, Bellebat, Bellefond, Blasimon, Cantois, Castelviel, Cessac, Cleyrac, Coirac, Courpiac, Cursan, Daubèze, Escoussans, Espiet, Faleyras, Frontenac, Gornac, Grézillac, Guillac, Jugazan, La Sauve, Ladaux, Lugasson, Martres, Mauriac, Mérignas, Montignac, Moulon, Mourens, Naujan-et-Postiac, Rauzan, Rions, Romagne, Ruch, Saint-Brice, Saint-Félix-de-Foncaude, Saint-Genis-du-Bois, Saint-Laurent-du-Bois, Saint-Léon, Saint-Martin-du-Puy, Saint-Pierre-de-Bat, Saint-Sulpice-de-Pommiers, Saint-Vincent-de-Pertignas, Sauveterre-de-Guyenne, Soulignac, Targon</t>
+  </si>
+  <si>
+    <t>Le Plaisir de s'Entraider</t>
+  </si>
+  <si>
+    <t>Le Plaisir de s'Entraider - Floirac</t>
+  </si>
+  <si>
+    <t>0556818036</t>
+  </si>
+  <si>
+    <t>https://www.leplaisirdesentraider.fr</t>
+  </si>
+  <si>
+    <t>SPASAD LE TEMPS DE VIVRE</t>
+  </si>
+  <si>
+    <t>SPASAD LE TEMPS DE VIVRE - Saint-Loubès</t>
+  </si>
+  <si>
+    <t>0556686178</t>
+  </si>
+  <si>
+    <t>https://www.assoletempsdevivre.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Bassens, Beychac-et-Caillau, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Floirac, Izon, Lormont, Montussan, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Tresses, Vayres, Yvrac</t>
+  </si>
+  <si>
+    <t>AZAE LIBOURNE</t>
+  </si>
+  <si>
+    <t>AZAE LIBOURNE - Libourne</t>
+  </si>
+  <si>
+    <t>0557848501</t>
+  </si>
+  <si>
+    <t>Abzac, Arbis, Arveyres, Asques, Baigneaux, Baron, Baurech, Bayas, Bayon-sur-Gironde, Bellebat, Bellefond, Belvès-de-Castillon, Berson, Beychac-et-Caillau, Blasimon, Blaye, Blésignac, Bonnetan, Bonzac, Bourg, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Campugnan, Cantois, Capian, Carignan-de-Bordeaux, Cars, Castelmoron-d'Albret, Castelviel, Caumont, Cazaugitat, Cénac, Cessac, Chamadelle, Cleyrac, Coirac, Comps, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Espiet, Faleyras, Fargues-Saint-Hilaire, Fours, Francs, Fronsac, Frontenac, Galgon, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gornac, Gours, Guîtres, Haux, Izon, La Lande-de-Fronsac, La Rivière, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouet-sur-Ségur, Langoiran, Lansac, Lapouyade, Latresne, Le Fieu, Le Pout, Le Puy, Le Tourne, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lignan-de-Bordeaux, Loupes, Lugasson, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Martres, Mauriac, Mesterrieux, Mombrier, Montagne, Montignac, Montussan, Mouillac, Moulon, Mourens, Néac, Nérigean, Neuffons, Périssac, Petit-Palais-et-Cornemps, Peujard, Plassac, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Puynormand, Quinsac, Rimons, Romagne, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-de-Bourg, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vivien-de-Blaye, Sainte-Eulalie, Sainte-Gemme, Sainte-Terre, Sallebœuf, Samonac, Saugon, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Villeneuve, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>CONFIEZ NOUS</t>
+  </si>
+  <si>
+    <t>CONFIEZ NOUS - Podensac</t>
+  </si>
+  <si>
+    <t>0556768841</t>
+  </si>
+  <si>
+    <t>http://www.confiez-nous.fr</t>
+  </si>
+  <si>
+    <t>Arbanats, Barsac, Béguey, Cadillac, Cérons, Illats, Loupiac, Paillet, Podensac, Portets, Preignac, Rions, Saint-Michel-de-Rieufret, Sainte-Croix-du-Mont, Virelade</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Guîtres</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Guîtres - Guîtres</t>
+  </si>
+  <si>
+    <t>0557561948</t>
+  </si>
+  <si>
+    <t>Bonzac, Guîtres, Lagorce, Lapouyade, Maransin, Sablons, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Savignac-de-l'Isle, Tizac-de-Lapouyade</t>
+  </si>
+  <si>
+    <t>Soins Sante Domicile</t>
+  </si>
+  <si>
+    <t>Soins Sante Domicile - Pessac</t>
+  </si>
+  <si>
+    <t>0556450293</t>
+  </si>
+  <si>
+    <t>https://www.soinssantedomicile.fr</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Castillon-Pujols</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Castillon-Pujols - Castillon-la-Bataille</t>
+  </si>
+  <si>
+    <t>0564101292</t>
+  </si>
+  <si>
+    <t>https://www.castillonpujols.fr/</t>
+  </si>
+  <si>
+    <t>Branne, Cabara, Castillon-la-Bataille, Grézillac, Guillac, Jugazan, Lugaignac, Naujan-et-Postiac, Saint-Aubin-de-Branne, Sainte-Colombe</t>
+  </si>
+  <si>
+    <t>Coup d'pouce33</t>
+  </si>
+  <si>
+    <t>Coup d'pouce33 - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557958349</t>
+  </si>
+  <si>
+    <t>https://coupdpouce33.wixsite.com/website</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AAD33</t>
+  </si>
+  <si>
+    <t>AAD33 - Bordeaux</t>
+  </si>
+  <si>
+    <t>0535311863</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Le Bouscat, Le Haillan, Lormont, Mérignac, Pessac, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>A DOM SERVICES</t>
+  </si>
+  <si>
+    <t>A DOM SERVICES - Langon</t>
+  </si>
+  <si>
+    <t>0556620440</t>
+  </si>
+  <si>
+    <t>https://www.adom-services.fr</t>
+  </si>
+  <si>
+    <t>Aillas, Aubiac, Auros, Bagas, Barie, Barsac, Bassanne, Bazas, Béguey, Bernos-Beaulac, Berthez, Bieujac, Birac, Blaignac, Bommes, Bourdelles, Bourideys, Brannens, Brouqueyran, Budos, Cadillac, Camiran, Captieux, Cardan, Casseuil, Castets et Castillon, Caudrot, Cauvignac, Cazats, Cérons, Coimères, Cours-les-Bains, Cudos, Donzac, Escaudes, Fargues, Floudès, Fontet, Fossès-et-Baleyssac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Goualade, Grignols, Hure, Illats, La Réole, Labescau, Lados, Lamothe-Landerron, Landiras, Langon, Laroque, Lartigue, Lavazan, Le Nizan, Le Pian-sur-Garonne, Léogeats, Lerm-et-Musset, Les Esseintes, Lignan-de-Bazas, Loubens, Loupiac, Loupiac-de-la-Réole, Marimbault, Marions, Masseilles, Mazères, Mongauzy, Monprimblanc, Monségur, Montagoudin, Morizès, Noaillac, Noaillan, Paillet, Podensac, Pondaurat, Preignac, Pujols-sur-Ciron, Puybarban, Rions, Roaillan, Roquebrune, Saint-André-du-Bois, Saint-Côme, Saint-Exupéry, Saint-Hilaire-de-la-Noaille, Saint-Laurent-du-Plan, Saint-Loubert, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Sève, Saint-Symphorien, Saint-Vivien-de-Monségur, Sainte-Croix-du-Mont, Sainte-Foy-la-Longue, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Toulenne, Verdelais</t>
+  </si>
+  <si>
+    <t>Azaé Bassin d'Arcachon</t>
+  </si>
+  <si>
+    <t>Azaé Bassin d'Arcachon - Biganos</t>
+  </si>
+  <si>
+    <t>0556264150</t>
+  </si>
+  <si>
+    <t>https://www.azae.com/</t>
+  </si>
+  <si>
+    <t>Aillas, Andernos-les-Bains, Arbanats, Arbis, Arcachon, Arès, Aubiac, Audenge, Auros, Ayguemorte-les-Graves, Baigneaux, Balizac, Barie, Barsac, Bassanne, Bazas, Beautiran, Bègles, Béguey, Belin-Béliet, Bellebat, Bellefond, Bernos-Beaulac, Berthez, Bieujac, Biganos, Birac, Blaignac, Blasimon, Bommes, Bordeaux rive gauche, Bourdelles, Bourideys, Brannens, Brouqueyran, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Canéjan, Cantois, Captieux, Casseuil, Castelmoron-d'Albret, Castelviel, Castets et Castillon, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cérons, Cessac, Cestas, Cleyrac, Coimères, Coirac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutures, Cudos, Daubèze, Dieulivol, Escaudes, Faleyras, Fargues, Floudès, Fontet, Frontenac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gradignan, Grignols, Guillos, Gujan-Mestras, Hostens, Hure, Illats, Isle-Saint-Georges, La Brède, La Réole, La Teste-de-Buch, Labescau, Ladaux, Lados, Landerrouet-sur-Ségur, Landiras, Langon, Lanton, Lartigue, Lavazan, Le Barp, Le Nizan, Le Pian-sur-Garonne, Le Porge, Le Puy, Le Teich, Le Tuzan, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Lignan-de-Bazas, Louchats, Loupiac-de-la-Réole, Lucmau, Lugasson, Lugos, Marcheprime, Marimbault, Marions, Martillac, Martres, Masseilles, Mauriac, Mazères, Mesterrieux, Mios, Montignac, Mourens, Neuffons, Noaillac, Noaillan, Origne, Pessac, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols-sur-Ciron, Puybarban, Rimons, Rions, Roaillan, Romagne, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Côme, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Jean-d'Illac, Saint-Laurent-du-Bois, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Médard-d'Eyrans, Saint-Michel-de-Castelnau, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Selve, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Symphorien, Sainte-Croix-du-Mont, Sainte-Gemme, Salles, Saucats, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Sendets, Sigalens, Sillas, Soulignac, Soussac, Taillecavat, Talence, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-d'Ornon, Virelade</t>
+  </si>
+  <si>
+    <t>ÜBI</t>
+  </si>
+  <si>
+    <t>ÜBI - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556002525</t>
+  </si>
+  <si>
+    <t>https://www.ubi-apr.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arbanats, Arès, Artigues-près-Bordeaux, Audenge, Ayguemorte-les-Graves, Balizac, Barsac, Bassens, Baurech, Bayon-sur-Gironde, Beautiran, Bègles, Béguey, Berson, Beychac-et-Caillau, Bieujac, Biganos, Blanquefort, Blaye, Bommes, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bouliac, Bourg, Bourideys, Branne, Braud-et-Saint-Louis, Bruges, Budos, Cabanac-et-Villagrains, Cabara, Cadaujac, Cadillac, Camarsac, Cambes, Camblanes-et-Meynac, Campugnan, Canéjan, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Cavignac, Cazalis, Cénac, Cenon, Cérons, Cestas, Cézac, Civrac-de-Blaye, Civrac-sur-Dordogne, Coimères, Comps, Coubeyrac, Cubnezais, Cubzac-les-Ponts, Donnezac, Donzac, Doulezon, Escoussans, Étauliers, Eysines, Fargues, Fargues-Saint-Hilaire, Flaujagues, Floirac, Fours, Gabarnac, Gauriac, Gauriaguet, Générac, Gensac, Gradignan, Grézillac, Guillac, Guillos, Hostens, Hourtin, Illats, Isle-Saint-Georges, Izon, Jugazan, Juillac, La Brède, Lacanau, Landiras, Langoiran, Langon, Lansac, Lanton, Laroque, Laruscade, Latresne, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Taillan-Médoc, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Les Salles-de-Castillon, Lestiac-sur-Garonne, Libourne, Lignan-de-Bordeaux, Lormont, Louchats, Loupiac, Lucmau, Lugaignac, Macau, Marcenais, Marcheprime, Marsas, Martignas-sur-Jalle, Martillac, Mazères, Mazion, Mérignac, Mérignas, Mios, Mombrier, Monprimblanc, Montussan, Mouliets-et-Villemartin, Naujan-et-Postiac, Noaillan, Omet, Origne, Paillet, Parempuyre, Pessac, Pessac-sur-Dordogne, Peujard, Plassac, Podensac, Pompéjac, Pompignac, Portets, Préchac, Preignac, Prignac-et-Marcamps, Pugnac, Pujols, Pujols-sur-Ciron, Quinsac, Rauzan, Rions, Roaillan, Ruch, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-Aubin-de-Branne, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Genès-de-Blaye, Saint-Germain-de-Grave, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Jean-d'Illac, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Léger-de-Balson, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Mariens, Saint-Martial, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-de-Castets, Saint-Pierre-de-Mons, Saint-Savin, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Florence, Sainte-Radegonde, Sallebœuf, Samonac, Saucats, Saugon, Sauternes, Semens, Tabanac, Talence, Tauriac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Vayres, Verdelais, Villandraut, Villenave-d'Ornon, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>RESIDENCE COEUR DE BASSIN</t>
+  </si>
+  <si>
+    <t>RESIDENCE COEUR DE BASSIN - Audenge</t>
+  </si>
+  <si>
+    <t>0557177900</t>
+  </si>
+  <si>
+    <t>https://www.lestemplitudesaudenge.com/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arès, Audenge, Biganos, Lanton, Lège-Cap-Ferret, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>ADHAP Services</t>
+  </si>
+  <si>
+    <t>ADHAP Services - Libourne</t>
+  </si>
+  <si>
+    <t>0557848282</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr/aide-a-domicile-bordeaux-rive</t>
+  </si>
+  <si>
+    <t>Abzac, Anglade, Arbis, Arveyres, Asques, Auriolles, Baigneaux, Baron, Baurech, Bayas, Bayon-sur-Gironde, Bellebat, Bellefond, Belvès-de-Castillon, Berson, Beychac-et-Caillau, Blasimon, Blaye, Blésignac, Bonnetan, Bonzac, Bossugan, Bourg, Branne, Braud-et-Saint-Louis, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Campugnan, Cantois, Capian, Caplong, Carignan-de-Bordeaux, Cars, Cartelègue, Castelmoron-d'Albret, Castelviel, Castillon-la-Bataille, Caumont, Cavignac, Cazaugitat, Cénac, Cessac, Cézac, Chamadelle, Civrac-de-Blaye, Civrac-sur-Dordogne, Cleyrac, Coirac, Comps, Coubeyrac, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubnezais, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donnezac, Doulezon, Espiet, Étauliers, Eynesse, Eyrans, Faleyras, Fargues-Saint-Hilaire, Flaujagues, Fours, Francs, Fronsac, Frontenac, Galgon, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gensac, Gornac, Gours, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Roquille, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouat, Landerrouet-sur-Ségur, Langoiran, Lansac, Lapouyade, Laruscade, Latresne, Le Fieu, Le Pout, Le Puy, Le Tourne, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Libourne, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Loupes, Lugaignac, Lugasson, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Marcenais, Marcillac, Margueron, Marsas, Martres, Massugas, Mauriac, Mazion, Mérignas, Mesterrieux, Mombrier, Montagne, Montignac, Montussan, Mouillac, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Néac, Nérigean, Neuffons, Pellegrue, Périssac, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols, Puynormand, Quinsac, Rauzan, Reignac, Rimons, Riocaud, Romagne, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Branne, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Magne-de-Castillon, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Palais, Saint-Paul, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Eulalie, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Gemme, Sainte-Radegonde, Sainte-Terre, Sallebœuf, Samonac, Saugon, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Villeneuve, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Bazadais</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Bazadais - Bazas</t>
+  </si>
+  <si>
+    <t>0556654951</t>
+  </si>
+  <si>
+    <t>https://www.cdcdubazadais.fr/solidarite/saad/</t>
+  </si>
+  <si>
+    <t>Aubiac, Bazas, Bernos-Beaulac, Birac, Captieux, Cauvignac, Cazats, Cours-les-Bains, Cudos, Escaudes, Gajac, Gans, Giscos, Goualade, Grignols, Labescau, Lados, Lartigue, Lavazan, Le Nizan, Lerm-et-Musset, Lignan-de-Bazas, Marimbault, Marions, Masseilles, Saint-Côme, Saint-Michel-de-Castelnau, Sauviac, Sendets, Sigalens, Sillas</t>
+  </si>
+  <si>
     <t>SAAD du Centre de Soins du Réolais</t>
   </si>
   <si>
     <t>SAAD du Centre de Soins du Réolais - La Réole</t>
   </si>
   <si>
-    <t>Entre 7h et 20h, Après 20h</t>
-[...1 lines deleted...]
-  <si>
     <t>0556610425</t>
   </si>
   <si>
     <t>https://www.cds-reolais.org</t>
   </si>
   <si>
     <t>Bagas, Barie, Bassanne, Blaignac, Bourdelles, Camiran, Casseuil, Floudès, Fontet, Fossès-et-Baleyssac, Gironde-sur-Dropt, Hure, La Réole, Lamothe-Landerron, Les Esseintes, Loubens, Loupiac-de-la-Réole, Mongauzy, Montagoudin, Morizès, Noaillac, Pondaurat, Puybarban, Saint-Exupéry, Saint-Hilaire-de-la-Noaille, Saint-Laurent-du-Plan, Saint-Martin-de-Lerm, Saint-Michel-de-Lapujade, Saint-Sève</t>
   </si>
   <si>
+    <t>DESTIA Bordeaux</t>
+  </si>
+  <si>
+    <t>DESTIA Bordeaux - Mérignac</t>
+  </si>
+  <si>
+    <t>0556238918</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Saint-Médard-en-Jalles, Talence</t>
+  </si>
+  <si>
+    <t>CCAS AMBARES ET LAGRAVE</t>
+  </si>
+  <si>
+    <t>CCAS AMBARES ET LAGRAVE - AMBARES ET LAGRAVE</t>
+  </si>
+  <si>
+    <t>0556773456</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave</t>
+  </si>
+  <si>
+    <t>SAAD DU CCAS DE CENON</t>
+  </si>
+  <si>
+    <t>SAAD DU CCAS DE CENON - Cenon</t>
+  </si>
+  <si>
+    <t>0547305060</t>
+  </si>
+  <si>
+    <t>https://www.cenon.fr</t>
+  </si>
+  <si>
+    <t>Cenon</t>
+  </si>
+  <si>
+    <t>Ademain</t>
+  </si>
+  <si>
+    <t>Ademain   - Mérignac</t>
+  </si>
+  <si>
+    <t>0564100188</t>
+  </si>
+  <si>
+    <t>https://www.ademain.fr</t>
+  </si>
+  <si>
+    <t>Canéjan, Cestas, Gradignan, Le Haillan, Martignas-sur-Jalle, Mérignac, Pessac, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Médard-en-Jalles, Talence</t>
+  </si>
+  <si>
+    <t>Domicil + Membre du réseau Amelis</t>
+  </si>
+  <si>
+    <t>Domicil + Membre du réseau Amelis - Cenon</t>
+  </si>
+  <si>
+    <t>0556810582</t>
+  </si>
+  <si>
+    <t>https://www.amelis-services.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Fargues-Saint-Hilaire, Floirac, Lormont, Montussan, Saint-Loubès, Sainte-Eulalie, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>Résidence Services Seniors Espace &amp; Vie</t>
+  </si>
+  <si>
+    <t>Résidence Services Seniors Espace &amp; Vie  - Saint-Aubin-de-Médoc</t>
+  </si>
+  <si>
+    <t>0557209200</t>
+  </si>
+  <si>
+    <t>https://www.espaceetvie.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Audenge, Bassens, Bègles, Biganos, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Carcans, Cenon, Cussac-Fort-Médoc, Eysines, Floirac, Gradignan, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Lanton, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Le Verdon-sur-Mer, Lège-Cap-Ferret, Lormont, Ludon-Médoc, Macau, Marcheprime, Margaux-Cantenac, Martignas-sur-Jalle, Mérignac, Mios, Naujac-sur-Mer, Parempuyre, Pessac, Queyrac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cestas</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cestas - Cestas</t>
+  </si>
+  <si>
+    <t>0556788482</t>
+  </si>
+  <si>
+    <t>https://www.mairie-cestas.fr/les-seniors/</t>
+  </si>
+  <si>
+    <t>Cestas</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS d'Eysines</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS d'Eysines - Eysines</t>
+  </si>
+  <si>
+    <t>0556161814</t>
+  </si>
+  <si>
+    <t>https://www.eysines.fr/ma-ville/elus/le-ccas-2/</t>
+  </si>
+  <si>
+    <t>Eysines</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS duTeich</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS duTeich - Le Teich</t>
+  </si>
+  <si>
+    <t>0556224502</t>
+  </si>
+  <si>
+    <t>https://www.leteich.fr</t>
+  </si>
+  <si>
+    <t>Le Teich</t>
+  </si>
+  <si>
+    <t>LA CLE DES AGES</t>
+  </si>
+  <si>
+    <t>LA CLE DES AGES - Pessac</t>
+  </si>
+  <si>
+    <t>0556365555</t>
+  </si>
+  <si>
+    <t>https://www.apajh33.fr</t>
+  </si>
+  <si>
+    <t>Gradignan, La Brède, Léognan, Martillac, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>ADHAP</t>
+  </si>
+  <si>
+    <t>ADHAP - Antenne Bordeaux</t>
+  </si>
+  <si>
+    <t>0556501221</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr/aide-a-domicile-bruges</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Parempuyre</t>
+  </si>
+  <si>
+    <t>ALOÏS</t>
+  </si>
+  <si>
+    <t>ALOÏS - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557977165</t>
+  </si>
+  <si>
+    <t>http://alois.services/</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Salles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Salles - Salles</t>
+  </si>
+  <si>
+    <t>0556883010</t>
+  </si>
+  <si>
+    <t>https://www.ville-de-salles.com/solidarite/ccas/</t>
+  </si>
+  <si>
+    <t>Lugos, Salles</t>
+  </si>
+  <si>
+    <t>AGE D'OR SERVICES BORDEAUX OUEST</t>
+  </si>
+  <si>
+    <t>AGE D'OR SERVICES BORDEAUX OUEST - Pessac</t>
+  </si>
+  <si>
+    <t>0556951256</t>
+  </si>
+  <si>
+    <t>https://www.agedorservices.com</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Médard-en-Jalles, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>A.A.S.</t>
+  </si>
+  <si>
+    <t>A.A.S. - Ambarès-et-Lagrave</t>
+  </si>
+  <si>
+    <t>0556060549</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Bassens, Carbon-Blanc, Saint-Louis-de-Montferrand, Saint-Vincent-de-Paul</t>
+  </si>
+  <si>
+    <t>DESTIA</t>
+  </si>
+  <si>
+    <t>DESTIA - Gujan-Mestras</t>
+  </si>
+  <si>
+    <t>0557164159</t>
+  </si>
+  <si>
+    <t>SAD de Libourne</t>
+  </si>
+  <si>
+    <t>SAD de Libourne - Libourne</t>
+  </si>
+  <si>
+    <t>0557553374</t>
+  </si>
+  <si>
+    <t>http://www.libourne.fr</t>
+  </si>
+  <si>
+    <t>Libourne, Pomerol</t>
+  </si>
+  <si>
+    <t>AIDE SERVICE</t>
+  </si>
+  <si>
+    <t>AIDE SERVICE - LORMONT</t>
+  </si>
+  <si>
+    <t>0556383840</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Carbon-Blanc, Cenon, Floirac, Gradignan, Le Bouscat, Lormont, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>SUDGIMAD</t>
+  </si>
+  <si>
+    <t>SUDGIMAD - Caudrot</t>
+  </si>
+  <si>
+    <t>0556627500</t>
+  </si>
+  <si>
+    <t>Aillas, Arbanats, Arbis, Aubiac, Auriolles, Auros, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bazas, Béguey, Bellebat, Bellefond, Bernos-Beaulac, Berthez, Bieujac, Birac, Blaignac, Blasimon, Bommes, Bossugan, Bourdelles, Bourideys, Branne, Brannens, Brouqueyran, Budos, Cabara, Cadillac, Camiac-et-Saint-Denis, Camiran, Cantois, Capian, Captieux, Cardan, Casseuil, Castelmoron-d'Albret, Castelviel, Castets et Castillon, Castillon-la-Bataille, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cérons, Cessac, Civrac-sur-Dordogne, Cleyrac, Coimères, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutures, Cudos, Daignac, Dardenac, Daubèze, Dieulivol, Donzac, Doulezon, Escaudes, Escoussans, Espiet, Faleyras, Fargues, Flaujagues, Floudès, Fontet, Fossès-et-Baleyssac, Frontenac, Gabarnac, Gajac, Gans, Gensac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Grézillac, Grignols, Guillac, Guillos, Hostens, Hure, Illats, Jugazan, Juillac, La Réole, Labescau, Ladaux, Lados, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langon, Laroque, Lartigue, Lavazan, Le Nizan, Le Pian-sur-Garonne, Le Puy, Le Tuzan, Léogeats, Lerm-et-Musset, Les Esseintes, Les Salles-de-Castillon, Lestiac-sur-Garonne, Lignan-de-Bazas, Listrac-de-Durèze, Loubens, Louchats, Loupiac, Loupiac-de-la-Réole, Lucmau, Lugaignac, Lugasson, Marimbault, Marions, Martres, Masseilles, Massugas, Mauriac, Mazères, Mérignas, Mesterrieux, Mongauzy, Monprimblanc, Monségur, Montagoudin, Montignac, Morizès, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Origne, Paillet, Pellegrue, Pessac-sur-Dordogne, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols, Pujols-sur-Ciron, Puybarban, Rauzan, Rimons, Rions, Roaillan, Romagne, Roquebrune, Ruch, Saint-André-du-Bois, Saint-Antoine-du-Queyret, Saint-Aubin-de-Branne, Saint-Brice, Saint-Côme, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Germain-de-Grave, Saint-Germain-du-Puch, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Jean-de-Blaignac, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Martial, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pey-de-Castets, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Sève, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Symphorien, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Monségur, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Florence, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Radegonde, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulignac, Soussac, Taillecavat, Targon, Tizac-de-Curton, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-de-Rions, Virelade</t>
+  </si>
+  <si>
+    <t>ADASTRA</t>
+  </si>
+  <si>
+    <t>ADASTRA - BORDEAUX</t>
+  </si>
+  <si>
+    <t>0557359595</t>
+  </si>
+  <si>
+    <t>http://www.adastra.care</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Bruges, Cadaujac, Eysines, Gradignan, La Brède, Le Bouscat, Le Haillan, Léognan, Mérignac, Pessac, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Selve, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>O2 BORDEAUX CENON</t>
+  </si>
+  <si>
+    <t>O2 BORDEAUX CENON - Cenon</t>
+  </si>
+  <si>
+    <t>0775204798</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Baurech, Bègles, Beychac-et-Caillau, Bonnetan, Bordeaux rive droite, Bouliac, Cadaujac, Cambes, Camblanes-et-Meynac, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Fargues-Saint-Hilaire, Floirac, Latresne, Léognan, Lignan-de-Bordeaux, Lormont, Martillac, Montussan, Pompignac, Quinsac, Sadirac, Saint-Caprais-de-Bordeaux, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Tabanac, Tresses, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Arès</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Arès - Arès</t>
+  </si>
+  <si>
+    <t>0557170101</t>
+  </si>
+  <si>
+    <t>https://ville-ares.fr/social-solidarite/</t>
+  </si>
+  <si>
+    <t>Arès</t>
+  </si>
+  <si>
+    <t>SENIOR PLUS 33</t>
+  </si>
+  <si>
+    <t>SENIOR PLUS 33 - Gujan-Mestras</t>
+  </si>
+  <si>
+    <t>0557522076</t>
+  </si>
+  <si>
+    <t>https://www.ass-seniorplus.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcachon, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Gujan-Mestras, La Teste-de-Buch, Le Bouscat, Le Haillan, Le Taillan-Médoc, Le Teich, Lormont, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AMELIS</t>
+  </si>
+  <si>
+    <t>AMELIS - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556080383</t>
+  </si>
+  <si>
+    <t>https://www.amelis-services.com/</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Le Bouscat, Mérignac, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>MELVEA</t>
+  </si>
+  <si>
+    <t>MELVEA - Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>0540430010</t>
+  </si>
+  <si>
+    <t>https://www.melvea.fr</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Biganos, Eysines, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Bouscat, Le Haillan, Le Teich, Lège-Cap-Ferret, Marcheprime, Mérignac, Mios</t>
+  </si>
+  <si>
+    <t>Association Les Coteaux de Bordeaux</t>
+  </si>
+  <si>
+    <t>Association Les Coteaux de Bordeaux - Sallebœuf</t>
+  </si>
+  <si>
+    <t>0556728994</t>
+  </si>
+  <si>
+    <t>https://lescoteauxdebordeaux.fr</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Beychac-et-Caillau, Bonnetan, Bouliac, Camarsac, Carignan-de-Bordeaux, Cenon, Croignon, Fargues-Saint-Hilaire, Floirac, Le Pout, Lignan-de-Bordeaux, Lormont, Loupes, Montussan, Pompignac, Sadirac, Saint-Sulpice-et-Cameyrac, Sallebœuf, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>CIAS DU PAYS FOYEN -- Service d'Aide et d'Accompagnement à Domicile</t>
+  </si>
+  <si>
+    <t>CIAS DU PAYS FOYEN -- Service d'Aide et d'Accompagnement à Domicile - Pineuilh</t>
+  </si>
+  <si>
+    <t>0524241503</t>
+  </si>
+  <si>
+    <t>https://www.paysfoyen.fr</t>
+  </si>
+  <si>
+    <t>Caplong, Eynesse, La Roquille, Les Lèves-et-Thoumeyragues, Ligueux, Margueron, Pineuilh, Riocaud, Saint-André-et-Appelles, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Sainte-Foy-la-Grande</t>
+  </si>
+  <si>
+    <t>AIDOMI</t>
+  </si>
+  <si>
+    <t>AIDOMI - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556019191</t>
+  </si>
+  <si>
+    <t>https://www.aidomi.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive droite, Bordeaux rive gauche</t>
+  </si>
+  <si>
+    <t>Et Après Services 33</t>
+  </si>
+  <si>
+    <t>Et Après Services 33 - Eysines</t>
+  </si>
+  <si>
+    <t>0648094378</t>
+  </si>
+  <si>
+    <t>https://www.etapres-services.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Arveyres, Asques, Aubiac, Audenge, Auriolles, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Balizac, Barie, Bassanne, Bassens, Baurech, Bayas, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Belin-Béliet, Belvès-de-Castillon, Bernos-Beaulac, Berson, Berthez, Bieujac, Biganos, Birac, Blaignac, Blaignan, Blanquefort, Blaye, Bommes, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Braud-et-Saint-Louis, Brouqueyran, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Cadillac-en-Fronsadais, Cambes, Camblanes-et-Meynac, Camiran, Camps-sur-l'Isle, Campugnan, Canéjan, Caplong, Captieux, Carbon-Blanc, Carcans, Cars, Cartelègue, Casseuil, Castelnau-de-Médoc, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cénac, Cenon, Cestas, Chamadelle, Cissac-Médoc, Civrac-en-Médoc, Coimères, Comps, Couquèques, Cours-les-Bains, Coutras, Cubzac-les-Ponts, Cudos, Cussac-Fort-Médoc, Daignac, Dardenac, Escaudes, Espiet, Étauliers, Eynesse, Eyrans, Eysines, Fargues, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Francs, Fronsac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gironde-sur-Dropt, Giscos, Goualade, Gours, Gradignan, Grayan-et-l'Hôpital, Grignols, Guîtres, Hostens, Hourtin, Hure, Isle-Saint-Georges, Izon, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Roquille, Labarde, Labescau, Lacanau, Lados, Lagorce, Lalande-de-Pomerol, Lamarque, Lamothe-Landerron, Landerrouat, Langoiran, Langon, Lansac, Lanton, Lapouyade, Lartigue, Latresne, Lavazan, Le Barp, Le Bouscat, Le Fieu, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Taillan-Médoc, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Esseintes, Les Lèves-et-Thoumeyragues, Les Peintures, Lesparre-Médoc, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugon-et-l'Île-du-Carnay, Lugos, Lussac, Macau, Maransin, Marcheprime, Marcillac, Margaux-Cantenac, Margueron, Marimbault, Marions, Martignas-sur-Jalle, Martillac, Masseilles, Massugas, Mazères, Mazion, Mérignac, Mios, Mombrier, Mongauzy, Monségur, Montagne, Montagoudin, Morizès, Mouillac, Moulis-en-Médoc, Moulon, Naujac-sur-Mer, Néac, Nérigean, Noaillac, Noaillan, Ordonnac, Origne, Parempuyre, Pauillac, Pellegrue, Périssac, Pessac, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Pomerol, Pompéjac, Pondaurat, Porchères, Préchac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Puisseguin, Puybarban, Puynormand, Queyrac, Quinsac, Reignac, Riocaud, Roaillan, Roquebrune, Sablons, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Estèphe, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Hippolyte, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Loubert, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martial, Saint-Martin-de-Laye, Saint-Martin-de-Sescas, Saint-Martin-du-Bois, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Morillon, Saint-Palais, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Sauveur-de-Puynormand, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzans-de-Médoc, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Hélène, Sainte-Terre, Salaunes, Salles, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauviac, Savignac, Savignac-de-l'Isle, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soussans, Tabanac, Talais, Talence, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Toulenne, Uzeste, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Vignonet, Villandraut, Villegouge, Villenave-d'Ornon, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>ASAP DOMICILE</t>
+  </si>
+  <si>
+    <t>ASAP DOMICILE - BORDEAUX</t>
+  </si>
+  <si>
+    <t>0556023560</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Bassens, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Eysines, Floirac, Gaillan-en-Médoc, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lesparre-Médoc, Lormont, Martignas-sur-Jalle, Mérignac, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vincent-de-Paul, Saint-Yzans-de-Médoc, Talence, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>UNICARE SERVICES</t>
+  </si>
+  <si>
+    <t>UNICARE SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0535544975</t>
+  </si>
+  <si>
+    <t>https://www.unicareservices.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>SERVICE AIDE A DOMICILE</t>
+  </si>
+  <si>
+    <t>SERVICE AIDE A DOMICILE - Carbon-Blanc</t>
+  </si>
+  <si>
+    <t>0557774404</t>
+  </si>
+  <si>
+    <t>Carbon-Blanc</t>
+  </si>
+  <si>
     <t>HANDI'HOME</t>
   </si>
   <si>
     <t>HANDI'HOME - Talence</t>
   </si>
   <si>
-    <t>Avant 7h, Entre 7h et 20h, Après 20h</t>
-[...1 lines deleted...]
-  <si>
     <t>0556843910</t>
   </si>
   <si>
     <t>http://handi-home.fr</t>
   </si>
   <si>
     <t>Abzac, Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Ayguemorte-les-Graves, Bassens, Baurech, Bayas, Beautiran, Bègles, Beychac-et-Caillau, Blanquefort, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Camarsac, Cambes, Camblanes-et-Meynac, Camps-sur-l'Isle, Canéjan, Carbon-Blanc, Carignan-de-Bordeaux, Castres-Gironde, Cénac, Cenon, Cestas, Chamadelle, Coutras, Daignac, Dardenac, Espiet, Eysines, Fargues-Saint-Hilaire, Floirac, Génissac, Gours, Gradignan, Guîtres, Isle-Saint-Georges, Izon, La Brède, La Teste-de-Buch, Lagorce, Lalande-de-Pomerol, Langoiran, Lapouyade, Latresne, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Le Tourne, Léognan, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lignan-de-Bordeaux, Lormont, Maransin, Martignas-sur-Jalle, Martillac, Mérignac, Montussan, Moulon, Nérigean, Parempuyre, Pessac, Pomerol, Pompignac, Porchères, Puynormand, Quinsac, Sablons, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Jean-d'Illac, Saint-Loubès, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Selve, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Saucats, Savignac-de-l'Isle, Tabanac, Talence, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Villenave-d'Ornon, Yvrac</t>
   </si>
   <si>
-    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Saint Macaire</t>
-[...485 lines deleted...]
-    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Baurech, Bègles, Beychac-et-Caillau, Bonnetan, Bordeaux rive droite, Bouliac, Cadaujac, Cambes, Camblanes-et-Meynac, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Fargues-Saint-Hilaire, Floirac, Latresne, Léognan, Lignan-de-Bordeaux, Lormont, Martillac, Montussan, Pompignac, Quinsac, Sadirac, Saint-Caprais-de-Bordeaux, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Tabanac, Tresses, Villenave-d'Ornon, Yvrac</t>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Landiras</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Landiras - Landiras</t>
+  </si>
+  <si>
+    <t>0556625028</t>
+  </si>
+  <si>
+    <t>https://landiras.fr/c-c-a-s/</t>
+  </si>
+  <si>
+    <t>Landiras</t>
   </si>
   <si>
     <t>AVEC ANFASIAD MES SERVICES A DOMICILE</t>
   </si>
   <si>
     <t>AVEC ANFASIAD MES SERVICES A DOMICILE - Antenne Galgon</t>
   </si>
   <si>
     <t>0533094545</t>
   </si>
   <si>
     <t>https://www.avec.fr</t>
   </si>
   <si>
     <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arès, Artigues-près-Bordeaux, Arveyres, Asques, Audenge, Bassens, Bayas, Bègles, Biganos, Blanquefort, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Bruges, Cadarsac, Cadillac-en-Fronsadais, Camps-sur-l'Isle, Carbon-Blanc, Carcans, Cenon, Chamadelle, Coutras, Cubzac-les-Ponts, Daignac, Dardenac, Espiet, Eysines, Floirac, Fronsac, Galgon, Gauriaguet, Génissac, Gours, Gradignan, Grayan-et-l'Hôpital, Guîtres, Gujan-Mestras, Hourtin, Izon, Jau-Dignac-et-Loirac, La Lande-de-Fronsac, La Rivière, La Teste-de-Buch, Lacanau, Lagorce, Lalande-de-Pomerol, Lansac, Lanton, Lapouyade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Le Teich, Le Verdon-sur-Mer, Lège-Cap-Ferret, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Lugon-et-l'Île-du-Carnay, Maransin, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Mombrier, Mouillac, Moulon, Naujac-sur-Mer, Nérigean, Parempuyre, Périssac, Pessac, Peujard, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puynormand, Queyrac, Sablons, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Genès-de-Fronsac, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Laurent-d'Arce, Saint-Louis-de-Montferrand, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Fronsac, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Savignac-de-l'Isle, Soulac-sur-Mer, Talais, Talence, Tarnès, Tauriac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Villegouge, Villenave-d'Ornon, Virsac</t>
-  </si>
-[...1624 lines deleted...]
-    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Audenge, Bassens, Bègles, Biganos, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Carcans, Cenon, Cussac-Fort-Médoc, Eysines, Floirac, Gradignan, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Lanton, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Le Verdon-sur-Mer, Lège-Cap-Ferret, Lormont, Ludon-Médoc, Macau, Marcheprime, Margaux-Cantenac, Martignas-sur-Jalle, Mérignac, Mios, Naujac-sur-Mer, Parempuyre, Pessac, Queyrac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Villenave-d'Ornon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2607,3062 +2607,3062 @@
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
-      <c r="E2"/>
+      <c r="E2" t="s">
+        <v>10</v>
+      </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" t="s">
         <v>24</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>25</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
         <v>28</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
-      <c r="E6"/>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="E8"/>
+        <v>41</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
       <c r="F8" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C9" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E9" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F9" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B10" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C10" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D10" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E10" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F10" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B11" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C11" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D11" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E11" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F11" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B12" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C12" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D12" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="E12" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F12" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B13" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D13" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="E13"/>
       <c r="F13" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B14" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C14" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D14" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E14" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F14" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B15" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C15" t="s">
         <v>8</v>
       </c>
       <c r="D15" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="E15"/>
+        <v>75</v>
+      </c>
+      <c r="E15" t="s">
+        <v>76</v>
+      </c>
       <c r="F15" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B16" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C16" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E16" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F16" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B17" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D17" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="E17"/>
       <c r="F17" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B18" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C18" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D18" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E18" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F18" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B19" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C19" t="s">
         <v>8</v>
       </c>
       <c r="D19" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E19" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F19" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B20" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C20" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D20" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E20" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="F20" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B21" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C21" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D21" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E21" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F21" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B22" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>8</v>
       </c>
       <c r="D22" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E22"/>
+        <v>108</v>
+      </c>
+      <c r="E22" t="s">
+        <v>109</v>
+      </c>
       <c r="F22" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B23" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>8</v>
       </c>
       <c r="D23" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E23" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F23" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B24" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C24" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D24" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="E24"/>
       <c r="F24" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B25" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C25" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D25" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E25" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F25" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B26" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C26" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D26" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E26" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F26" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B27" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C27" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D27" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B28" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C28" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D28" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E28" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F28" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B29" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C29" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D29" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="E29"/>
+        <v>141</v>
+      </c>
+      <c r="E29" t="s">
+        <v>142</v>
+      </c>
       <c r="F29" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B30" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C30" t="s">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="D30" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="E30"/>
+        <v>146</v>
+      </c>
+      <c r="E30" t="s">
+        <v>147</v>
+      </c>
       <c r="F30" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B31" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C31" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D31" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E31" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F31" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B32" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C32" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D32" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E32" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F32" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B33" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C33" t="s">
         <v>8</v>
       </c>
       <c r="D33" t="s">
-        <v>159</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="E33"/>
       <c r="F33" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B34" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C34" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E34" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F34" t="s">
-        <v>31</v>
+        <v>167</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B35" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C35" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D35" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E35" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F35" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B36" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C36" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D36" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E36" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F36" t="s">
-        <v>31</v>
+        <v>176</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B37" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C37" t="s">
         <v>8</v>
       </c>
       <c r="D37" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E37" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="F37" t="s">
-        <v>179</v>
+        <v>158</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B38" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C38" t="s">
-        <v>182</v>
+        <v>40</v>
       </c>
       <c r="D38" t="s">
         <v>183</v>
       </c>
       <c r="E38" t="s">
         <v>184</v>
       </c>
       <c r="F38" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>186</v>
       </c>
       <c r="B39" t="s">
         <v>187</v>
       </c>
       <c r="C39" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="D39" t="s">
         <v>188</v>
       </c>
-      <c r="E39" t="s">
+      <c r="E39"/>
+      <c r="F39" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
+        <v>6</v>
+      </c>
+      <c r="B40" t="s">
+        <v>190</v>
+      </c>
+      <c r="C40" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" t="s">
         <v>191</v>
       </c>
-      <c r="B40" t="s">
+      <c r="E40" t="s">
+        <v>10</v>
+      </c>
+      <c r="F40" t="s">
         <v>192</v>
-      </c>
-[...10 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
+        <v>193</v>
+      </c>
+      <c r="B41" t="s">
+        <v>194</v>
+      </c>
+      <c r="C41" t="s">
+        <v>40</v>
+      </c>
+      <c r="D41" t="s">
+        <v>195</v>
+      </c>
+      <c r="E41" t="s">
         <v>196</v>
       </c>
-      <c r="B41" t="s">
+      <c r="F41" t="s">
         <v>197</v>
-      </c>
-[...8 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
+        <v>198</v>
+      </c>
+      <c r="B42" t="s">
+        <v>199</v>
+      </c>
+      <c r="C42" t="s">
+        <v>40</v>
+      </c>
+      <c r="D42" t="s">
         <v>200</v>
       </c>
-      <c r="B42" t="s">
+      <c r="E42" t="s">
         <v>201</v>
       </c>
-      <c r="C42" t="s">
-[...2 lines deleted...]
-      <c r="D42" t="s">
+      <c r="F42" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
+        <v>203</v>
+      </c>
+      <c r="B43" t="s">
+        <v>204</v>
+      </c>
+      <c r="C43" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" t="s">
         <v>205</v>
       </c>
-      <c r="B43" t="s">
+      <c r="E43" t="s">
         <v>206</v>
       </c>
-      <c r="C43" t="s">
-[...2 lines deleted...]
-      <c r="D43" t="s">
+      <c r="F43" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
+        <v>208</v>
+      </c>
+      <c r="B44" t="s">
+        <v>209</v>
+      </c>
+      <c r="C44" t="s">
         <v>210</v>
       </c>
-      <c r="B44" t="s">
+      <c r="D44" t="s">
         <v>211</v>
       </c>
-      <c r="C44" t="s">
-[...2 lines deleted...]
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>212</v>
       </c>
-      <c r="E44" t="s">
+      <c r="F44" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
+        <v>214</v>
+      </c>
+      <c r="B45" t="s">
         <v>215</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
+        <v>218</v>
+      </c>
+      <c r="B46" t="s">
         <v>219</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" t="s">
         <v>220</v>
       </c>
-      <c r="C46" t="s">
-[...2 lines deleted...]
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>221</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
+        <v>223</v>
+      </c>
+      <c r="B47" t="s">
         <v>224</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
+        <v>8</v>
+      </c>
+      <c r="D47" t="s">
         <v>225</v>
       </c>
-      <c r="C47" t="s">
-[...2 lines deleted...]
-      <c r="D47" t="s">
+      <c r="E47"/>
+      <c r="F47" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>109</v>
+        <v>227</v>
       </c>
       <c r="B48" t="s">
+        <v>228</v>
+      </c>
+      <c r="C48" t="s">
+        <v>40</v>
+      </c>
+      <c r="D48" t="s">
         <v>229</v>
       </c>
-      <c r="C48" t="s">
-[...2 lines deleted...]
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>230</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
+        <v>232</v>
+      </c>
+      <c r="B49" t="s">
         <v>233</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" t="s">
         <v>234</v>
       </c>
-      <c r="C49" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E49"/>
       <c r="F49" t="s">
-        <v>237</v>
+        <v>67</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
+        <v>235</v>
+      </c>
+      <c r="B50" t="s">
+        <v>236</v>
+      </c>
+      <c r="C50" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" t="s">
+        <v>237</v>
+      </c>
+      <c r="E50" t="s">
         <v>238</v>
       </c>
-      <c r="B50" t="s">
+      <c r="F50" t="s">
         <v>239</v>
-      </c>
-[...8 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
+        <v>240</v>
+      </c>
+      <c r="B51" t="s">
+        <v>241</v>
+      </c>
+      <c r="C51" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" t="s">
         <v>242</v>
       </c>
-      <c r="B51" t="s">
+      <c r="E51" t="s">
         <v>243</v>
       </c>
-      <c r="C51" t="s">
-[...2 lines deleted...]
-      <c r="D51" t="s">
+      <c r="F51" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
+        <v>245</v>
+      </c>
+      <c r="B52" t="s">
+        <v>246</v>
+      </c>
+      <c r="C52" t="s">
+        <v>40</v>
+      </c>
+      <c r="D52" t="s">
         <v>247</v>
       </c>
-      <c r="B52" t="s">
+      <c r="E52" t="s">
         <v>248</v>
       </c>
-      <c r="C52" t="s">
-[...2 lines deleted...]
-      <c r="D52" t="s">
+      <c r="F52" t="s">
         <v>249</v>
-      </c>
-[...2 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
+        <v>250</v>
+      </c>
+      <c r="B53" t="s">
         <v>251</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" t="s">
         <v>252</v>
       </c>
-      <c r="C53" t="s">
-[...2 lines deleted...]
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>253</v>
       </c>
-      <c r="E53"/>
       <c r="F53" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>255</v>
       </c>
       <c r="B54" t="s">
         <v>256</v>
       </c>
       <c r="C54" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D54" t="s">
         <v>257</v>
       </c>
       <c r="E54" t="s">
         <v>258</v>
       </c>
       <c r="F54" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>260</v>
       </c>
       <c r="B55" t="s">
         <v>261</v>
       </c>
       <c r="C55" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D55" t="s">
         <v>262</v>
       </c>
       <c r="E55" t="s">
         <v>263</v>
       </c>
       <c r="F55" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>265</v>
       </c>
       <c r="B56" t="s">
         <v>266</v>
       </c>
       <c r="C56" t="s">
         <v>8</v>
       </c>
       <c r="D56" t="s">
         <v>267</v>
       </c>
       <c r="E56" t="s">
         <v>268</v>
       </c>
       <c r="F56" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
+        <v>6</v>
+      </c>
+      <c r="B57" t="s">
         <v>270</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
+        <v>40</v>
+      </c>
+      <c r="D57" t="s">
         <v>271</v>
       </c>
-      <c r="C57" t="s">
-[...2 lines deleted...]
-      <c r="D57" t="s">
+      <c r="E57" t="s">
         <v>272</v>
       </c>
-      <c r="E57" t="s">
+      <c r="F57" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
+        <v>274</v>
+      </c>
+      <c r="B58" t="s">
         <v>275</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" t="s">
         <v>276</v>
       </c>
-      <c r="C58" t="s">
-[...2 lines deleted...]
-      <c r="D58" t="s">
+      <c r="E58" t="s">
         <v>277</v>
       </c>
-      <c r="E58"/>
       <c r="F58" t="s">
-        <v>250</v>
+        <v>278</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>278</v>
+        <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>279</v>
       </c>
       <c r="C59" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D59" t="s">
         <v>280</v>
       </c>
       <c r="E59" t="s">
+        <v>272</v>
+      </c>
+      <c r="F59" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
+        <v>282</v>
+      </c>
+      <c r="B60" t="s">
         <v>283</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" t="s">
         <v>284</v>
       </c>
-      <c r="C60" t="s">
-[...2 lines deleted...]
-      <c r="D60" t="s">
+      <c r="E60" t="s">
         <v>285</v>
       </c>
-      <c r="E60"/>
       <c r="F60" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>287</v>
       </c>
       <c r="B61" t="s">
         <v>288</v>
       </c>
       <c r="C61" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D61" t="s">
         <v>289</v>
       </c>
       <c r="E61" t="s">
         <v>290</v>
       </c>
       <c r="F61" t="s">
-        <v>31</v>
+        <v>291</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B62" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C62" t="s">
         <v>8</v>
       </c>
       <c r="D62" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="E62"/>
+        <v>294</v>
+      </c>
+      <c r="E62" t="s">
+        <v>295</v>
+      </c>
       <c r="F62" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B63" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C63" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D63" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="E63" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="F63" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B64" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C64" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D64" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="E64" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F64" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B65" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C65" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D65" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="E65"/>
+        <v>309</v>
+      </c>
+      <c r="E65" t="s">
+        <v>310</v>
+      </c>
       <c r="F65" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="B66" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C66" t="s">
-        <v>8</v>
+        <v>314</v>
       </c>
       <c r="D66" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="E66"/>
       <c r="F66" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B67" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C67" t="s">
         <v>8</v>
       </c>
       <c r="D67" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="E67" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F67" t="s">
-        <v>31</v>
+        <v>321</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B68" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C68" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D68" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="E68" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="F68" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B69" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C69" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="D69" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="E69"/>
+        <v>329</v>
+      </c>
+      <c r="E69" t="s">
+        <v>330</v>
+      </c>
       <c r="F69" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="B70" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="C70" t="s">
         <v>8</v>
       </c>
       <c r="D70" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="E70" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="F70" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="B71" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="C71" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D71" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="E71" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="F71" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>337</v>
+        <v>6</v>
       </c>
       <c r="B72" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C72" t="s">
         <v>8</v>
       </c>
       <c r="D72" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="E72" t="s">
-        <v>340</v>
+        <v>272</v>
       </c>
       <c r="F72" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B73" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C73" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D73" t="s">
-        <v>344</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="E73"/>
       <c r="F73" t="s">
-        <v>346</v>
+        <v>158</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B74" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C74" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D74" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E74" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F74" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B75" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C75" t="s">
         <v>8</v>
       </c>
       <c r="D75" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E75" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F75" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B76" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C76" t="s">
         <v>8</v>
       </c>
       <c r="D76" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="E76" t="s">
         <v>360</v>
       </c>
+      <c r="E76"/>
       <c r="F76" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>362</v>
       </c>
       <c r="B77" t="s">
         <v>363</v>
       </c>
       <c r="C77" t="s">
         <v>8</v>
       </c>
       <c r="D77" t="s">
         <v>364</v>
       </c>
       <c r="E77" t="s">
         <v>365</v>
       </c>
       <c r="F77" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
         <v>367</v>
       </c>
       <c r="B78" t="s">
         <v>368</v>
       </c>
       <c r="C78" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D78" t="s">
         <v>369</v>
       </c>
       <c r="E78" t="s">
         <v>370</v>
       </c>
       <c r="F78" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>372</v>
       </c>
       <c r="B79" t="s">
         <v>373</v>
       </c>
       <c r="C79" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D79" t="s">
         <v>374</v>
       </c>
       <c r="E79" t="s">
         <v>375</v>
       </c>
       <c r="F79" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>377</v>
       </c>
       <c r="B80" t="s">
         <v>378</v>
       </c>
       <c r="C80" t="s">
         <v>8</v>
       </c>
       <c r="D80" t="s">
         <v>379</v>
       </c>
       <c r="E80" t="s">
         <v>380</v>
       </c>
       <c r="F80" t="s">
-        <v>381</v>
+        <v>82</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
+        <v>381</v>
+      </c>
+      <c r="B81" t="s">
         <v>382</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
+        <v>29</v>
+      </c>
+      <c r="D81" t="s">
         <v>383</v>
       </c>
-      <c r="C81" t="s">
-[...2 lines deleted...]
-      <c r="D81" t="s">
+      <c r="E81" t="s">
         <v>384</v>
       </c>
-      <c r="E81" t="s">
+      <c r="F81" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
+        <v>386</v>
+      </c>
+      <c r="B82" t="s">
         <v>387</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
+        <v>8</v>
+      </c>
+      <c r="D82" t="s">
         <v>388</v>
       </c>
-      <c r="C82" t="s">
-[...2 lines deleted...]
-      <c r="D82" t="s">
+      <c r="E82" t="s">
         <v>389</v>
       </c>
-      <c r="E82" t="s">
+      <c r="F82" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
+        <v>391</v>
+      </c>
+      <c r="B83" t="s">
         <v>392</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
+        <v>8</v>
+      </c>
+      <c r="D83" t="s">
         <v>393</v>
       </c>
-      <c r="C83" t="s">
-[...2 lines deleted...]
-      <c r="D83" t="s">
+      <c r="E83" t="s">
         <v>394</v>
       </c>
-      <c r="E83" t="s">
+      <c r="F83" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
+        <v>396</v>
+      </c>
+      <c r="B84" t="s">
         <v>397</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
+        <v>40</v>
+      </c>
+      <c r="D84" t="s">
         <v>398</v>
       </c>
-      <c r="C84" t="s">
-[...2 lines deleted...]
-      <c r="D84" t="s">
+      <c r="E84" t="s">
         <v>399</v>
       </c>
-      <c r="E84" t="s">
+      <c r="F84" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
+        <v>401</v>
+      </c>
+      <c r="B85" t="s">
         <v>402</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
+        <v>8</v>
+      </c>
+      <c r="D85" t="s">
         <v>403</v>
       </c>
-      <c r="C85" t="s">
-[...2 lines deleted...]
-      <c r="D85" t="s">
+      <c r="E85" t="s">
         <v>404</v>
       </c>
-      <c r="E85" t="s">
+      <c r="F85" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
+        <v>406</v>
+      </c>
+      <c r="B86" t="s">
         <v>407</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
+        <v>8</v>
+      </c>
+      <c r="D86" t="s">
         <v>408</v>
       </c>
-      <c r="C86" t="s">
-[...2 lines deleted...]
-      <c r="D86" t="s">
+      <c r="E86"/>
+      <c r="F86" t="s">
         <v>409</v>
-      </c>
-[...4 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
+        <v>410</v>
+      </c>
+      <c r="B87" t="s">
+        <v>411</v>
+      </c>
+      <c r="C87" t="s">
+        <v>8</v>
+      </c>
+      <c r="D87" t="s">
         <v>412</v>
       </c>
-      <c r="B87" t="s">
+      <c r="E87" t="s">
         <v>413</v>
       </c>
-      <c r="C87" t="s">
-[...2 lines deleted...]
-      <c r="D87" t="s">
+      <c r="F87" t="s">
         <v>414</v>
-      </c>
-[...4 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
+        <v>415</v>
+      </c>
+      <c r="B88" t="s">
+        <v>416</v>
+      </c>
+      <c r="C88" t="s">
+        <v>8</v>
+      </c>
+      <c r="D88" t="s">
         <v>417</v>
       </c>
-      <c r="B88" t="s">
+      <c r="E88" t="s">
         <v>418</v>
       </c>
-      <c r="C88" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F88" t="s">
-        <v>421</v>
+        <v>158</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
+        <v>419</v>
+      </c>
+      <c r="B89" t="s">
+        <v>420</v>
+      </c>
+      <c r="C89" t="s">
+        <v>40</v>
+      </c>
+      <c r="D89" t="s">
+        <v>421</v>
+      </c>
+      <c r="E89" t="s">
         <v>422</v>
       </c>
-      <c r="B89" t="s">
+      <c r="F89" t="s">
         <v>423</v>
-      </c>
-[...10 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
+        <v>424</v>
+      </c>
+      <c r="B90" t="s">
+        <v>425</v>
+      </c>
+      <c r="C90" t="s">
+        <v>8</v>
+      </c>
+      <c r="D90" t="s">
+        <v>426</v>
+      </c>
+      <c r="E90" t="s">
         <v>427</v>
       </c>
-      <c r="B90" t="s">
+      <c r="F90" t="s">
         <v>428</v>
-      </c>
-[...10 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
+        <v>429</v>
+      </c>
+      <c r="B91" t="s">
+        <v>430</v>
+      </c>
+      <c r="C91" t="s">
+        <v>8</v>
+      </c>
+      <c r="D91" t="s">
+        <v>431</v>
+      </c>
+      <c r="E91" t="s">
         <v>432</v>
       </c>
-      <c r="B91" t="s">
+      <c r="F91" t="s">
         <v>433</v>
-      </c>
-[...10 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
+        <v>434</v>
+      </c>
+      <c r="B92" t="s">
+        <v>435</v>
+      </c>
+      <c r="C92" t="s">
+        <v>8</v>
+      </c>
+      <c r="D92" t="s">
+        <v>436</v>
+      </c>
+      <c r="E92" t="s">
         <v>437</v>
       </c>
-      <c r="B92" t="s">
+      <c r="F92" t="s">
         <v>438</v>
-      </c>
-[...10 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
+        <v>439</v>
+      </c>
+      <c r="B93" t="s">
+        <v>440</v>
+      </c>
+      <c r="C93" t="s">
+        <v>8</v>
+      </c>
+      <c r="D93" t="s">
+        <v>441</v>
+      </c>
+      <c r="E93" t="s">
         <v>442</v>
       </c>
-      <c r="B93" t="s">
+      <c r="F93" t="s">
         <v>443</v>
-      </c>
-[...10 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
+        <v>444</v>
+      </c>
+      <c r="B94" t="s">
+        <v>445</v>
+      </c>
+      <c r="C94" t="s">
+        <v>8</v>
+      </c>
+      <c r="D94" t="s">
+        <v>446</v>
+      </c>
+      <c r="E94" t="s">
         <v>447</v>
       </c>
-      <c r="B94" t="s">
+      <c r="F94" t="s">
         <v>448</v>
-      </c>
-[...10 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
+        <v>449</v>
+      </c>
+      <c r="B95" t="s">
+        <v>450</v>
+      </c>
+      <c r="C95" t="s">
+        <v>40</v>
+      </c>
+      <c r="D95" t="s">
+        <v>451</v>
+      </c>
+      <c r="E95" t="s">
         <v>452</v>
       </c>
-      <c r="B95" t="s">
+      <c r="F95" t="s">
         <v>453</v>
-      </c>
-[...10 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
+        <v>454</v>
+      </c>
+      <c r="B96" t="s">
+        <v>455</v>
+      </c>
+      <c r="C96" t="s">
+        <v>8</v>
+      </c>
+      <c r="D96" t="s">
+        <v>456</v>
+      </c>
+      <c r="E96"/>
+      <c r="F96" t="s">
         <v>457</v>
-      </c>
-[...13 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>462</v>
+        <v>78</v>
       </c>
       <c r="B97" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="C97" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D97" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="E97" t="s">
-        <v>465</v>
+        <v>81</v>
       </c>
       <c r="F97" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="B98" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="C98" t="s">
         <v>8</v>
       </c>
       <c r="D98" t="s">
-        <v>469</v>
-[...3 lines deleted...]
-      </c>
+        <v>463</v>
+      </c>
+      <c r="E98"/>
       <c r="F98" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="B99" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="C99" t="s">
         <v>8</v>
       </c>
       <c r="D99" t="s">
-        <v>474</v>
-[...3 lines deleted...]
-      </c>
+        <v>467</v>
+      </c>
+      <c r="E99"/>
       <c r="F99" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="B100" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="C100" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D100" t="s">
-        <v>479</v>
+        <v>471</v>
       </c>
       <c r="E100" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="F100" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="B101" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="C101" t="s">
         <v>8</v>
       </c>
       <c r="D101" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="E101" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="F101" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="B102" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
       <c r="C102" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D102" t="s">
-        <v>489</v>
+        <v>481</v>
       </c>
       <c r="E102" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
       <c r="F102" t="s">
-        <v>491</v>
+        <v>483</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
       <c r="B103" t="s">
-        <v>493</v>
+        <v>485</v>
       </c>
       <c r="C103" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D103" t="s">
-        <v>494</v>
+        <v>486</v>
       </c>
       <c r="E103" t="s">
-        <v>495</v>
+        <v>487</v>
       </c>
       <c r="F103" t="s">
-        <v>496</v>
+        <v>488</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>497</v>
+        <v>489</v>
       </c>
       <c r="B104" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="C104" t="s">
         <v>8</v>
       </c>
       <c r="D104" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="E104" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="F104" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="B105" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="C105" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D105" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="E105" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="F105" t="s">
-        <v>506</v>
+        <v>158</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="B106" t="s">
-        <v>508</v>
+        <v>499</v>
       </c>
       <c r="C106" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="D106" t="s">
-        <v>509</v>
+        <v>500</v>
       </c>
       <c r="E106" t="s">
-        <v>510</v>
+        <v>501</v>
       </c>
       <c r="F106" t="s">
-        <v>511</v>
+        <v>502</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>109</v>
+        <v>503</v>
       </c>
       <c r="B107" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
       <c r="C107" t="s">
         <v>8</v>
       </c>
       <c r="D107" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="E107" t="s">
-        <v>112</v>
+        <v>370</v>
       </c>
       <c r="F107" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
       <c r="B108" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="C108" t="s">
         <v>8</v>
       </c>
       <c r="D108" t="s">
-        <v>517</v>
-[...1 lines deleted...]
-      <c r="E108"/>
+        <v>509</v>
+      </c>
+      <c r="E108" t="s">
+        <v>510</v>
+      </c>
       <c r="F108" t="s">
-        <v>518</v>
+        <v>511</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="B109" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="C109" t="s">
         <v>8</v>
       </c>
       <c r="D109" t="s">
-        <v>521</v>
-[...3 lines deleted...]
-      </c>
+        <v>514</v>
+      </c>
+      <c r="E109"/>
       <c r="F109" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="B110" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="C110" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D110" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="E110" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
       <c r="F110" t="s">
-        <v>527</v>
+        <v>158</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="B111" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="C111" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D111" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="E111" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="F111" t="s">
-        <v>532</v>
+        <v>524</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="B112" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="C112" t="s">
         <v>8</v>
       </c>
       <c r="D112" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="E112" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="F112" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>538</v>
+        <v>530</v>
       </c>
       <c r="B113" t="s">
-        <v>539</v>
+        <v>531</v>
       </c>
       <c r="C113" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D113" t="s">
-        <v>540</v>
-[...3 lines deleted...]
-      </c>
+        <v>532</v>
+      </c>
+      <c r="E113"/>
       <c r="F113" t="s">
-        <v>542</v>
+        <v>533</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>543</v>
+        <v>534</v>
       </c>
       <c r="B114" t="s">
-        <v>544</v>
+        <v>535</v>
       </c>
       <c r="C114" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D114" t="s">
-        <v>545</v>
+        <v>536</v>
       </c>
       <c r="E114" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
       <c r="F114" t="s">
-        <v>547</v>
+        <v>538</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>548</v>
+        <v>539</v>
       </c>
       <c r="B115" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="C115" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D115" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="E115" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="F115" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
       <c r="B116" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="C116" t="s">
         <v>8</v>
       </c>
       <c r="D116" t="s">
-        <v>555</v>
-[...1 lines deleted...]
-      <c r="E116"/>
+        <v>546</v>
+      </c>
+      <c r="E116" t="s">
+        <v>547</v>
+      </c>
       <c r="F116" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="B117" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="C117" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D117" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="E117" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="F117" t="s">
-        <v>561</v>
+        <v>553</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="B118" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
       <c r="C118" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D118" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="E118" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="F118" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="B119" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="C119" t="s">
         <v>8</v>
       </c>
       <c r="D119" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="E119" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="F119" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="B120" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="C120" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D120" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="E120" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
       <c r="F120" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>109</v>
+        <v>569</v>
       </c>
       <c r="B121" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="C121" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D121" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="E121" t="s">
-        <v>231</v>
+        <v>422</v>
       </c>
       <c r="F121" t="s">
-        <v>579</v>
+        <v>572</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>580</v>
+        <v>573</v>
       </c>
       <c r="B122" t="s">
-        <v>581</v>
+        <v>574</v>
       </c>
       <c r="C122" t="s">
         <v>8</v>
       </c>
       <c r="D122" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>575</v>
+      </c>
+      <c r="E122"/>
       <c r="F122" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="B123" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="C123" t="s">
         <v>8</v>
       </c>
       <c r="D123" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="E123"/>
+        <v>579</v>
+      </c>
+      <c r="E123" t="s">
+        <v>580</v>
+      </c>
       <c r="F123" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>589</v>
+        <v>582</v>
       </c>
       <c r="B124" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="C124" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="D124" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="E124" t="s">
-        <v>592</v>
+        <v>585</v>
       </c>
       <c r="F124" t="s">
-        <v>593</v>
+        <v>586</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>109</v>
+        <v>587</v>
       </c>
       <c r="B125" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="C125" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D125" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="E125" t="s">
-        <v>231</v>
+        <v>590</v>
       </c>
       <c r="F125" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
       <c r="B126" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="C126" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D126" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="E126" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
       <c r="F126" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="B127" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
       <c r="C127" t="s">
         <v>8</v>
       </c>
       <c r="D127" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="E127" t="s">
-        <v>298</v>
+        <v>600</v>
       </c>
       <c r="F127" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
+        <v>602</v>
+      </c>
+      <c r="B128" t="s">
+        <v>603</v>
+      </c>
+      <c r="C128" t="s">
+        <v>8</v>
+      </c>
+      <c r="D128" t="s">
+        <v>604</v>
+      </c>
+      <c r="E128" t="s">
+        <v>605</v>
+      </c>
+      <c r="F128" t="s">
         <v>606</v>
-      </c>
-[...13 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
+        <v>607</v>
+      </c>
+      <c r="B129" t="s">
+        <v>608</v>
+      </c>
+      <c r="C129" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" t="s">
+        <v>609</v>
+      </c>
+      <c r="E129" t="s">
+        <v>610</v>
+      </c>
+      <c r="F129" t="s">
         <v>611</v>
-      </c>
-[...13 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
+        <v>612</v>
+      </c>
+      <c r="B130" t="s">
+        <v>613</v>
+      </c>
+      <c r="C130" t="s">
+        <v>40</v>
+      </c>
+      <c r="D130" t="s">
+        <v>614</v>
+      </c>
+      <c r="E130" t="s">
         <v>615</v>
       </c>
-      <c r="B130" t="s">
+      <c r="F130" t="s">
         <v>616</v>
-      </c>
-[...10 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
+        <v>617</v>
+      </c>
+      <c r="B131" t="s">
+        <v>618</v>
+      </c>
+      <c r="C131" t="s">
+        <v>29</v>
+      </c>
+      <c r="D131" t="s">
         <v>619</v>
       </c>
-      <c r="B131" t="s">
+      <c r="E131" t="s">
         <v>620</v>
       </c>
-      <c r="C131" t="s">
-[...2 lines deleted...]
-      <c r="D131" t="s">
+      <c r="F131" t="s">
         <v>621</v>
-      </c>
-[...4 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
+        <v>622</v>
+      </c>
+      <c r="B132" t="s">
+        <v>623</v>
+      </c>
+      <c r="C132" t="s">
+        <v>40</v>
+      </c>
+      <c r="D132" t="s">
         <v>624</v>
       </c>
-      <c r="B132" t="s">
+      <c r="E132" t="s">
         <v>625</v>
       </c>
-      <c r="C132" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F132" t="s">
-        <v>628</v>
+        <v>158</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
+        <v>626</v>
+      </c>
+      <c r="B133" t="s">
+        <v>627</v>
+      </c>
+      <c r="C133" t="s">
+        <v>8</v>
+      </c>
+      <c r="D133" t="s">
+        <v>628</v>
+      </c>
+      <c r="E133" t="s">
         <v>629</v>
       </c>
-      <c r="B133" t="s">
+      <c r="F133" t="s">
         <v>630</v>
-      </c>
-[...10 lines deleted...]
-        <v>632</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
+        <v>631</v>
+      </c>
+      <c r="B134" t="s">
+        <v>632</v>
+      </c>
+      <c r="C134" t="s">
+        <v>8</v>
+      </c>
+      <c r="D134" t="s">
         <v>633</v>
       </c>
-      <c r="B134" t="s">
+      <c r="E134" t="s">
         <v>634</v>
       </c>
-      <c r="C134" t="s">
-[...2 lines deleted...]
-      <c r="D134" t="s">
+      <c r="F134" t="s">
         <v>635</v>
-      </c>
-[...2 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
+        <v>636</v>
+      </c>
+      <c r="B135" t="s">
         <v>637</v>
       </c>
-      <c r="B135" t="s">
+      <c r="C135" t="s">
+        <v>40</v>
+      </c>
+      <c r="D135" t="s">
         <v>638</v>
       </c>
-      <c r="C135" t="s">
-[...2 lines deleted...]
-      <c r="D135" t="s">
+      <c r="E135"/>
+      <c r="F135" t="s">
         <v>639</v>
-      </c>
-[...4 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
+        <v>640</v>
+      </c>
+      <c r="B136" t="s">
+        <v>641</v>
+      </c>
+      <c r="C136" t="s">
+        <v>40</v>
+      </c>
+      <c r="D136" t="s">
         <v>642</v>
       </c>
-      <c r="B136" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E136" t="s">
-        <v>645</v>
+        <v>422</v>
       </c>
       <c r="F136" t="s">
-        <v>646</v>
+        <v>82</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
+        <v>643</v>
+      </c>
+      <c r="B137" t="s">
+        <v>644</v>
+      </c>
+      <c r="C137" t="s">
+        <v>8</v>
+      </c>
+      <c r="D137" t="s">
+        <v>645</v>
+      </c>
+      <c r="E137" t="s">
+        <v>646</v>
+      </c>
+      <c r="F137" t="s">
         <v>647</v>
-      </c>
-[...13 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="B138" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="C138" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="D138" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="E138" t="s">
-        <v>655</v>
+        <v>634</v>
       </c>
       <c r="F138" t="s">
-        <v>656</v>
+        <v>651</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="B139" t="s">
-        <v>658</v>
+        <v>653</v>
       </c>
       <c r="C139" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D139" t="s">
-        <v>659</v>
-[...3 lines deleted...]
-      </c>
+        <v>654</v>
+      </c>
+      <c r="E139"/>
       <c r="F139" t="s">
-        <v>31</v>
+        <v>655</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>661</v>
+        <v>656</v>
       </c>
       <c r="B140" t="s">
-        <v>662</v>
+        <v>657</v>
       </c>
       <c r="C140" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D140" t="s">
-        <v>663</v>
+        <v>658</v>
       </c>
       <c r="E140" t="s">
-        <v>664</v>
+        <v>659</v>
       </c>
       <c r="F140" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>666</v>
+        <v>661</v>
       </c>
       <c r="B141" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
       <c r="C141" t="s">
-        <v>8</v>
+        <v>210</v>
       </c>
       <c r="D141" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
       <c r="E141" t="s">
-        <v>669</v>
+        <v>212</v>
       </c>
       <c r="F141" t="s">
-        <v>670</v>
+        <v>664</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>538</v>
+        <v>665</v>
       </c>
       <c r="B142" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="C142" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D142" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="E142" t="s">
-        <v>541</v>
+        <v>668</v>
       </c>
       <c r="F142" t="s">
-        <v>282</v>
+        <v>669</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
+        <v>670</v>
+      </c>
+      <c r="B143" t="s">
+        <v>671</v>
+      </c>
+      <c r="C143" t="s">
+        <v>29</v>
+      </c>
+      <c r="D143" t="s">
+        <v>672</v>
+      </c>
+      <c r="E143" t="s">
         <v>673</v>
       </c>
-      <c r="B143" t="s">
+      <c r="F143" t="s">
         <v>674</v>
-      </c>
-[...10 lines deleted...]
-        <v>676</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
+        <v>675</v>
+      </c>
+      <c r="B144" t="s">
+        <v>676</v>
+      </c>
+      <c r="C144" t="s">
+        <v>40</v>
+      </c>
+      <c r="D144" t="s">
         <v>677</v>
       </c>
-      <c r="B144" t="s">
+      <c r="E144" t="s">
         <v>678</v>
       </c>
-      <c r="C144" t="s">
-[...2 lines deleted...]
-      <c r="D144" t="s">
+      <c r="F144" t="s">
         <v>679</v>
-      </c>
-[...4 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
+        <v>680</v>
+      </c>
+      <c r="B145" t="s">
+        <v>681</v>
+      </c>
+      <c r="C145" t="s">
+        <v>29</v>
+      </c>
+      <c r="D145" t="s">
         <v>682</v>
       </c>
-      <c r="B145" t="s">
+      <c r="E145" t="s">
         <v>683</v>
       </c>
-      <c r="C145" t="s">
-[...2 lines deleted...]
-      <c r="D145" t="s">
+      <c r="F145" t="s">
         <v>684</v>
-      </c>
-[...4 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
+        <v>685</v>
+      </c>
+      <c r="B146" t="s">
+        <v>686</v>
+      </c>
+      <c r="C146" t="s">
+        <v>8</v>
+      </c>
+      <c r="D146" t="s">
         <v>687</v>
       </c>
-      <c r="B146" t="s">
+      <c r="E146" t="s">
         <v>688</v>
       </c>
-      <c r="C146" t="s">
-[...2 lines deleted...]
-      <c r="D146" t="s">
+      <c r="F146" t="s">
         <v>689</v>
-      </c>
-[...4 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
+        <v>690</v>
+      </c>
+      <c r="B147" t="s">
+        <v>691</v>
+      </c>
+      <c r="C147" t="s">
+        <v>8</v>
+      </c>
+      <c r="D147" t="s">
         <v>692</v>
       </c>
-      <c r="B147" t="s">
+      <c r="E147" t="s">
         <v>693</v>
       </c>
-      <c r="C147" t="s">
-[...2 lines deleted...]
-      <c r="D147" t="s">
+      <c r="F147" t="s">
         <v>694</v>
-      </c>
-[...4 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
+        <v>695</v>
+      </c>
+      <c r="B148" t="s">
+        <v>696</v>
+      </c>
+      <c r="C148" t="s">
+        <v>40</v>
+      </c>
+      <c r="D148" t="s">
         <v>697</v>
       </c>
-      <c r="B148" t="s">
+      <c r="E148" t="s">
         <v>698</v>
       </c>
-      <c r="C148" t="s">
-[...2 lines deleted...]
-      <c r="D148" t="s">
+      <c r="F148" t="s">
         <v>699</v>
-      </c>
-[...4 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
+        <v>700</v>
+      </c>
+      <c r="B149" t="s">
         <v>701</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149" t="s">
+        <v>40</v>
+      </c>
+      <c r="D149" t="s">
         <v>702</v>
       </c>
-      <c r="C149" t="s">
-[...2 lines deleted...]
-      <c r="D149" t="s">
+      <c r="E149" t="s">
         <v>703</v>
       </c>
-      <c r="E149" t="s">
+      <c r="F149" t="s">
         <v>704</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
+        <v>705</v>
+      </c>
+      <c r="B150" t="s">
         <v>706</v>
       </c>
-      <c r="B150" t="s">
+      <c r="C150" t="s">
+        <v>40</v>
+      </c>
+      <c r="D150" t="s">
         <v>707</v>
       </c>
-      <c r="C150" t="s">
-[...2 lines deleted...]
-      <c r="D150" t="s">
+      <c r="E150" t="s">
+        <v>52</v>
+      </c>
+      <c r="F150" t="s">
         <v>708</v>
-      </c>
-[...4 lines deleted...]
-        <v>710</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
+        <v>709</v>
+      </c>
+      <c r="B151" t="s">
+        <v>710</v>
+      </c>
+      <c r="C151" t="s">
+        <v>8</v>
+      </c>
+      <c r="D151" t="s">
         <v>711</v>
       </c>
-      <c r="B151" t="s">
+      <c r="E151" t="s">
         <v>712</v>
       </c>
-      <c r="C151" t="s">
-[...2 lines deleted...]
-      <c r="D151" t="s">
+      <c r="F151" t="s">
         <v>713</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>714</v>
       </c>
       <c r="B152" t="s">
         <v>715</v>
       </c>
       <c r="C152" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D152" t="s">
         <v>716</v>
       </c>
-      <c r="E152" t="s">
+      <c r="E152"/>
+      <c r="F152" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
+        <v>718</v>
+      </c>
+      <c r="B153" t="s">
         <v>719</v>
       </c>
-      <c r="B153" t="s">
+      <c r="C153" t="s">
+        <v>40</v>
+      </c>
+      <c r="D153" t="s">
         <v>720</v>
       </c>
-      <c r="C153" t="s">
-[...2 lines deleted...]
-      <c r="D153" t="s">
+      <c r="E153" t="s">
         <v>721</v>
       </c>
-      <c r="E153" t="s">
+      <c r="F153" t="s">
         <v>722</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>723</v>
       </c>
       <c r="B154" t="s">
         <v>724</v>
       </c>
       <c r="C154" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D154" t="s">
         <v>725</v>
       </c>
       <c r="E154" t="s">
         <v>726</v>
       </c>
       <c r="F154" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
         <v>728</v>
       </c>
       <c r="B155" t="s">
         <v>729</v>
       </c>
       <c r="C155" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D155" t="s">
         <v>730</v>
       </c>
       <c r="E155" t="s">
         <v>731</v>
       </c>
       <c r="F155" t="s">
         <v>732</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>