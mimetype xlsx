--- v3 (2026-01-06)
+++ v4 (2026-02-04)
@@ -12,2249 +12,2252 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Résultats" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="733">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="734">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Horaires</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Communes d'intervention</t>
   </si>
   <si>
+    <t>DESTIA</t>
+  </si>
+  <si>
+    <t>DESTIA - Gujan-Mestras</t>
+  </si>
+  <si>
+    <t>Avant 7h, Entre 7h et 20h, Après 20h</t>
+  </si>
+  <si>
+    <t>0557164159</t>
+  </si>
+  <si>
+    <t>https://www.destia.fr</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Belin-Béliet, Biganos, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Barp, Le Teich, Lège-Cap-Ferret, Lugos, Marcheprime, Mios, Saint-Magne, Salles</t>
+  </si>
+  <si>
+    <t>ADHAP Services</t>
+  </si>
+  <si>
+    <t>ADHAP Services - Libourne</t>
+  </si>
+  <si>
+    <t>0557848282</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr/aide-a-domicile-bordeaux-rive</t>
+  </si>
+  <si>
+    <t>Abzac, Anglade, Arbis, Arveyres, Asques, Auriolles, Baigneaux, Baron, Baurech, Bayas, Bayon-sur-Gironde, Bellebat, Bellefond, Belvès-de-Castillon, Berson, Beychac-et-Caillau, Blasimon, Blaye, Blésignac, Bonnetan, Bonzac, Bossugan, Bourg, Branne, Braud-et-Saint-Louis, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Campugnan, Cantois, Capian, Caplong, Carignan-de-Bordeaux, Cars, Cartelègue, Castelmoron-d'Albret, Castelviel, Castillon-la-Bataille, Caumont, Cavignac, Cazaugitat, Cénac, Cessac, Cézac, Chamadelle, Civrac-de-Blaye, Civrac-sur-Dordogne, Cleyrac, Coirac, Comps, Coubeyrac, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubnezais, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donnezac, Doulezon, Espiet, Étauliers, Eynesse, Eyrans, Faleyras, Fargues-Saint-Hilaire, Flaujagues, Fours, Francs, Fronsac, Frontenac, Galgon, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gensac, Gornac, Gours, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Roquille, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouat, Landerrouet-sur-Ségur, Langoiran, Lansac, Lapouyade, Laruscade, Latresne, Le Fieu, Le Pout, Le Puy, Le Tourne, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Libourne, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Loupes, Lugaignac, Lugasson, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Marcenais, Marcillac, Margueron, Marsas, Martres, Massugas, Mauriac, Mazion, Mérignas, Mesterrieux, Mombrier, Montagne, Montignac, Montussan, Mouillac, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Néac, Nérigean, Neuffons, Pellegrue, Périssac, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols, Puynormand, Quinsac, Rauzan, Reignac, Rimons, Riocaud, Romagne, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Branne, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Magne-de-Castillon, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Palais, Saint-Paul, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Eulalie, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Gemme, Sainte-Radegonde, Sainte-Terre, Sallebœuf, Samonac, Saugon, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Villeneuve, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>ADHAP</t>
+  </si>
+  <si>
+    <t>ADHAP - Antenne Bordeaux</t>
+  </si>
+  <si>
+    <t>Entre 7h et 20h, Après 20h</t>
+  </si>
+  <si>
+    <t>0556501221</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr/aide-a-domicile-bruges</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Parempuyre</t>
+  </si>
+  <si>
+    <t>A DOM SERVICES</t>
+  </si>
+  <si>
+    <t>A DOM SERVICES - Langon</t>
+  </si>
+  <si>
+    <t>0556620440</t>
+  </si>
+  <si>
+    <t>https://www.adom-services.fr</t>
+  </si>
+  <si>
+    <t>Aillas, Aubiac, Auros, Bagas, Barie, Barsac, Bassanne, Bazas, Béguey, Bernos-Beaulac, Berthez, Bieujac, Birac, Blaignac, Bommes, Bourdelles, Bourideys, Brannens, Brouqueyran, Budos, Cadillac, Camiran, Captieux, Cardan, Casseuil, Castets et Castillon, Caudrot, Cauvignac, Cazats, Cérons, Coimères, Cours-les-Bains, Cudos, Donzac, Escaudes, Fargues, Floudès, Fontet, Fossès-et-Baleyssac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Goualade, Grignols, Hure, Illats, La Réole, Labescau, Lados, Lamothe-Landerron, Landiras, Langon, Laroque, Lartigue, Lavazan, Le Nizan, Le Pian-sur-Garonne, Léogeats, Lerm-et-Musset, Les Esseintes, Lignan-de-Bazas, Loubens, Loupiac, Loupiac-de-la-Réole, Marimbault, Marions, Masseilles, Mazères, Mongauzy, Monprimblanc, Monségur, Montagoudin, Morizès, Noaillac, Noaillan, Paillet, Podensac, Pondaurat, Preignac, Pujols-sur-Ciron, Puybarban, Rions, Roaillan, Roquebrune, Saint-André-du-Bois, Saint-Côme, Saint-Exupéry, Saint-Hilaire-de-la-Noaille, Saint-Laurent-du-Plan, Saint-Loubert, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Sève, Saint-Symphorien, Saint-Vivien-de-Monségur, Sainte-Croix-du-Mont, Sainte-Foy-la-Longue, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Toulenne, Verdelais</t>
+  </si>
+  <si>
+    <t>ALSP Association Libournaise de Services aux Personnes</t>
+  </si>
+  <si>
+    <t>ALSP Association Libournaise de Services aux Personnes - Libourne</t>
+  </si>
+  <si>
+    <t>Entre 7h et 20h</t>
+  </si>
+  <si>
+    <t>0557741301</t>
+  </si>
+  <si>
+    <t>https://alsp.fr</t>
+  </si>
+  <si>
+    <t>Arveyres, Lalande-de-Pomerol, Les Billaux, Les Peintures, Libourne, Montagne, Moulon, Nérigean, Pomerol, Saint-Denis-de-Pile, Saint-Émilion</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Seurin-sur-l'Isle - Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>0557560105</t>
+  </si>
+  <si>
+    <t>http://www.stseurinsurlisle.com/vie_quotidienne/do</t>
+  </si>
+  <si>
+    <t>Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>SARL 33 AGGIR A DOM</t>
+  </si>
+  <si>
+    <t>SARL 33 AGGIR A DOM - Floirac</t>
+  </si>
+  <si>
+    <t>0536893795</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Haux, La Sauve, Langoiran, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Martignas-sur-Jalle, Mérignac, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>PIVOINE</t>
+  </si>
+  <si>
+    <t>PIVOINE - Saint-Selve</t>
+  </si>
+  <si>
+    <t>0626798648</t>
+  </si>
+  <si>
+    <t>https://www.association-pivoine.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Balizac, Bassens, Bègles, Bieujac, Blanquefort, Bommes, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourideys, Bruges, Carbon-Blanc, Castets et Castillon, Cazalis, Cenon, Coimères, Eysines, Fargues, Floirac, Gradignan, Hostens, Langon, Le Bouscat, Le Haillan, Le Pian-sur-Garonne, Le Taillan-Médoc, Le Tuzan, Léogeats, Lormont, Louchats, Lucmau, Martignas-sur-Jalle, Mazères, Mérignac, Noaillan, Origne, Parempuyre, Pessac, Pompéjac, Préchac, Roaillan, Saint-André-du-Bois, Saint-Aubin-de-Médoc, Saint-Germain-de-Grave, Saint-Léger-de-Balson, Saint-Loubert, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Médard-en-Jalles, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Saint-Symphorien, Saint-Vincent-de-Paul, Sauternes, Semens, Talence, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DOMICILE SANTE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DOMICILE SANTE - Gradignan</t>
+  </si>
+  <si>
+    <t>0556895867</t>
+  </si>
+  <si>
+    <t>https://www.association-domicile-sante.com/</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Beautiran, Belin-Béliet, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Isle-Saint-Georges, La Brède, Le Barp, Léognan, Lugos, Martillac, Pessac, Saint-Magne, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Salles, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Audenge</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Audenge - Audenge</t>
+  </si>
+  <si>
+    <t>0557170115</t>
+  </si>
+  <si>
+    <t>https://www.ville-audenge.fr/saad/</t>
+  </si>
+  <si>
+    <t>Audenge</t>
+  </si>
+  <si>
+    <t>AUXI LIFE</t>
+  </si>
+  <si>
+    <t>AUXI LIFE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556926277</t>
+  </si>
+  <si>
+    <t>https://www.auxilife.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Arbis, Artigues-près-Bordeaux, Arveyres, Asques, Baigneaux, Baron, Bassens, Baurech, Bayas, Bègles, Bellebat, Bellefond, Beychac-et-Caillau, Blanquefort, Blasimon, Blésignac, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bouliac, Branne, Bruges, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Cantois, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Castelmoron-d'Albret, Castelviel, Castillon-la-Bataille, Caumont, Cavignac, Cazaugitat, Cénac, Cenon, Cessac, Cézac, Chamadelle, Civrac-de-Blaye, Civrac-sur-Dordogne, Cleyrac, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubnezais, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donnezac, Doulezon, Espiet, Eysines, Faleyras, Fargues-Saint-Hilaire, Flaujagues, Floirac, Fronsac, Frontenac, Galgon, Génissac, Gensac, Gornac, Gours, Gradignan, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouet-sur-Ségur, Langoiran, Lapouyade, Laruscade, Latresne, Le Bouscat, Le Fieu, Le Haillan, Le Pout, Le Puy, Le Taillan-Médoc, Le Tourne, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Les Salles-de-Castillon, Libourne, Lignan-de-Bordeaux, Lormont, Loupes, Lugaignac, Lugasson, Lugon-et-l'Île-du-Carnay, Madirac, Maransin, Marcenais, Marsas, Martignas-sur-Jalle, Martres, Mauriac, Mérignac, Mérignas, Mesterrieux, Montignac, Montussan, Mouillac, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Nérigean, Neuffons, Parempuyre, Périssac, Pessac, Pessac-sur-Dordogne, Pomerol, Pompignac, Porchères, Pujols, Puynormand, Quinsac, Rauzan, Rimons, Romagne, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Aubin-de-Médoc, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Hilaire-du-Bois, Saint-Jean-de-Blaignac, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Magne-de-Castillon, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Fronsac, Saint-Pey-de-Castets, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Saint-Vincent-de-Pertignas, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Eulalie, Sainte-Florence, Sainte-Gemme, Sainte-Radegonde, Sallebœuf, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Talence, Targon, Tarnès, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Vérac, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>AGE D'OR SERVICES BORDEAUX OUEST</t>
+  </si>
+  <si>
+    <t>AGE D'OR SERVICES BORDEAUX OUEST - Pessac</t>
+  </si>
+  <si>
+    <t>0556951256</t>
+  </si>
+  <si>
+    <t>https://www.agedorservices.com</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Médard-en-Jalles, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>DOMALIANCE</t>
+  </si>
+  <si>
+    <t>DOMALIANCE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557883677</t>
+  </si>
+  <si>
+    <t>https://www.domaliance.fr/index-des-agences-par-ville/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Haux, Izon, La Sauve, Langoiran, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Martignas-sur-Jalle, Mérignac, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>CCAS de LORMONT</t>
+  </si>
+  <si>
+    <t>CCAS de LORMONT - LORMONT</t>
+  </si>
+  <si>
+    <t>0557776360</t>
+  </si>
+  <si>
+    <t>https://www.lormont.fr</t>
+  </si>
+  <si>
+    <t>Lormont</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS de Blanquefort</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS de Blanquefort - Blanquefort</t>
+  </si>
+  <si>
+    <t>0556574855</t>
+  </si>
+  <si>
+    <t>https://www.ville-blanquefort.fr/portfolio_page/ai</t>
+  </si>
+  <si>
+    <t>Blanquefort</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Guîtres</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Guîtres - Guîtres</t>
+  </si>
+  <si>
+    <t>0557561948</t>
+  </si>
+  <si>
+    <t>Bonzac, Guîtres, Lagorce, Lapouyade, Maransin, Sablons, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Savignac-de-l'Isle, Tizac-de-Lapouyade</t>
+  </si>
+  <si>
+    <t>Le Patio Vaillant</t>
+  </si>
+  <si>
+    <t>Le Patio Vaillant - Bordeaux</t>
+  </si>
+  <si>
+    <t>0974197575</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche</t>
+  </si>
+  <si>
+    <t>SIBIENCHEMOI</t>
+  </si>
+  <si>
+    <t>SIBIENCHEMOI - Mérignac</t>
+  </si>
+  <si>
+    <t>0624270376</t>
+  </si>
+  <si>
+    <t>https://www.sibienchemoi.com</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac</t>
+  </si>
+  <si>
+    <t>RESO EMPLOIS A DOMICILE</t>
+  </si>
+  <si>
+    <t>RESO EMPLOIS A DOMICILE - Eysines</t>
+  </si>
+  <si>
+    <t>0556159188</t>
+  </si>
+  <si>
+    <t>https://resoadom33.org/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcins, Arsac, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Cussac-Fort-Médoc, Eysines, Floirac, Gradignan, Labarde, Lamarque, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Lormont, Ludon-Médoc, Macau, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Sainte Terre</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Sainte Terre - Sainte-Terre</t>
+  </si>
+  <si>
+    <t>0557471623</t>
+  </si>
+  <si>
+    <t>http://www.sainteterre.fr</t>
+  </si>
+  <si>
+    <t>Sainte-Terre</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Castillon-Pujols</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Castillon-Pujols - Castillon-la-Bataille</t>
+  </si>
+  <si>
+    <t>0564101292</t>
+  </si>
+  <si>
+    <t>https://www.castillonpujols.fr/</t>
+  </si>
+  <si>
+    <t>Branne, Cabara, Castillon-la-Bataille, Grézillac, Guillac, Jugazan, Lugaignac, Naujan-et-Postiac, Saint-Aubin-de-Branne, Sainte-Colombe</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cestas</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cestas - Cestas</t>
+  </si>
+  <si>
+    <t>0556788482</t>
+  </si>
+  <si>
+    <t>https://www.mairie-cestas.fr/les-seniors/</t>
+  </si>
+  <si>
+    <t>Cestas</t>
+  </si>
+  <si>
+    <t>SEREN'AIDES</t>
+  </si>
+  <si>
+    <t>SEREN'AIDES - TALENCE</t>
+  </si>
+  <si>
+    <t>0619286153</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lormont, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Landiras</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Landiras - Landiras</t>
+  </si>
+  <si>
+    <t>0556625028</t>
+  </si>
+  <si>
+    <t>https://landiras.fr/c-c-a-s/</t>
+  </si>
+  <si>
+    <t>Landiras</t>
+  </si>
+  <si>
+    <t>DOM'ILLAC</t>
+  </si>
+  <si>
+    <t>DOM'ILLAC - Saint-Jean-d'Illac</t>
+  </si>
+  <si>
+    <t>0556217633</t>
+  </si>
+  <si>
+    <t>http://www.ducdelorge.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Audenge, Bassens, Bègles, Béguey, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cadillac, Canéjan, Carbon-Blanc, Cardan, Cenon, Cérons, Cestas, Eysines, Floirac, Gradignan, Illats, Landiras, Lanton, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lestiac-sur-Garonne, Lormont, Loupiac, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Monprimblanc, Omet, Paillet, Parempuyre, Pessac, Podensac, Portets, Preignac, Rions, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>ASAP MEDOC</t>
+  </si>
+  <si>
+    <t>ASAP MEDOC - Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>0556456797</t>
+  </si>
+  <si>
+    <t>https://www.asapdomicile-bordeauxmetropole.fr</t>
+  </si>
+  <si>
+    <t>Bégadan, Blaignan, Blanquefort, Carcans, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Gaillan-en-Médoc, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Lacanau, Le Haillan, Le Taillan-Médoc, Le Verdon-sur-Mer, Lesparre-Médoc, Martignas-sur-Jalle, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Prignac-en-Médoc, Queyrac, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Soulac-sur-Mer, Talais, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil</t>
+  </si>
+  <si>
+    <t>NERIGEA'DOM</t>
+  </si>
+  <si>
+    <t>NERIGEA'DOM - Nérigean</t>
+  </si>
+  <si>
+    <t>0557515913</t>
+  </si>
+  <si>
+    <t>https://nerigean.fr/nerigeadom/</t>
+  </si>
+  <si>
+    <t>Daignac, Dardenac, Espiet, Génissac, Moulon, Nérigean, Saint-Germain-du-Puch, Saint-Quentin-de-Baron, Tizac-de-Curton</t>
+  </si>
+  <si>
+    <t>DOMIDOM</t>
+  </si>
+  <si>
+    <t>DOMIDOM - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557591330</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Arveyres, Audenge, Avensan, Ayguemorte-les-Graves, Bassens, Bayas, Beautiran, Bègles, Belin-Béliet, Beychac-et-Caillau, Biganos, Blanquefort, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Brach, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Camarsac, Camps-sur-l'Isle, Canéjan, Carbon-Blanc, Carignan-de-Bordeaux, Castelnau-de-Médoc, Castres-Gironde, Cavignac, Cenon, Cestas, Cézac, Chamadelle, Civrac-de-Blaye, Coutras, Cubnezais, Cubzac-les-Ponts, Cussac-Fort-Médoc, Daignac, Dardenac, Donnezac, Espiet, Eysines, Fargues-Saint-Hilaire, Floirac, Gauriaguet, Génissac, Gours, Gradignan, Guîtres, Gujan-Mestras, Isle-Saint-Georges, Izon, La Brède, La Teste-de-Buch, Labarde, Lagorce, Lalande-de-Pomerol, Lamarque, Lansac, Lanton, Lapouyade, Laruscade, Le Barp, Le Bouscat, Le Fieu, Le Haillan, Le Pian-Médoc, Le Porge, Le Taillan-Médoc, Le Teich, Le Temple, Lège-Cap-Ferret, Léognan, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Listrac-Médoc, Lormont, Ludon-Médoc, Lugos, Macau, Maransin, Marcenais, Marcheprime, Margaux-Cantenac, Marsas, Martignas-sur-Jalle, Martillac, Mérignac, Mios, Mombrier, Montussan, Moulis-en-Médoc, Moulon, Nérigean, Parempuyre, Pessac, Peujard, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puynormand, Sablons, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Gervais, Saint-Jean-d'Illac, Saint-Laurent-d'Arce, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Magne, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Selve, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Yzan-de-Soudiac, Sainte-Eulalie, Sainte-Hélène, Salaunes, Sallebœuf, Salles, Saucats, Saumos, Savignac-de-l'Isle, Soussans, Talence, Tauriac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Villenave-d'Ornon, Virsac, Yvrac</t>
+  </si>
+  <si>
     <t>AMALLYA</t>
   </si>
   <si>
     <t>AMALLYA - Tresses</t>
   </si>
   <si>
-    <t>Entre 7h et 20h</t>
-[...1 lines deleted...]
-  <si>
     <t>0547336494</t>
   </si>
   <si>
     <t>http://www.amallya.fr</t>
   </si>
   <si>
     <t>Artigues-près-Bordeaux, Arveyres, Baigneaux, Baron, Bassens, Baurech, Bellebat, Blésignac, Bonnetan, Bordeaux rive droite, Bouliac, Branne, Cadarsac, Cambes, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Cardan, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Daignac, Dardenac, Faleyras, Fargues-Saint-Hilaire, Floirac, Génissac, Grézillac, Guillac, Haux, La Sauve, Langoiran, Le Pout, Le Tourne, Lestiac-sur-Garonne, Lignan-de-Bordeaux, Lormont, Loupes, Lugaignac, Madirac, Montussan, Moulon, Naujan-et-Postiac, Nérigean, Paillet, Pompignac, Quinsac, Romagne, Sadirac, Saint-Aubin-de-Branne, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Germain-du-Puch, Saint-Léon, Saint-Quentin-de-Baron, Sainte-Eulalie, Sallebœuf, Soulignac, Tabanac, Targon, Tizac-de-Curton, Tresses, Vayres, Villenave-de-Rions, Yvrac</t>
   </si>
   <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Sud Gironde</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Sud Gironde - Villandraut</t>
+  </si>
+  <si>
+    <t>0556258555</t>
+  </si>
+  <si>
+    <t>https://www.cdcsudgironde.fr</t>
+  </si>
+  <si>
+    <t>Balizac, Bourideys, Cazalis, Hostens, Le Tuzan, Louchats, Lucmau, Noaillan, Origne, Pompéjac, Préchac, Saint-Léger-de-Balson, Saint-Symphorien, Uzeste, Villandraut</t>
+  </si>
+  <si>
+    <t>Générale Des Services Bordeaux Rive Droite</t>
+  </si>
+  <si>
+    <t>Générale Des Services Bordeaux Rive Droite - Bordeaux</t>
+  </si>
+  <si>
+    <t>0524703270</t>
+  </si>
+  <si>
+    <t>http://bordeaux-rive-droite.generaledesservices.co</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Floirac, Lormont</t>
+  </si>
+  <si>
+    <t>SOS AIDES A DOMICILE</t>
+  </si>
+  <si>
+    <t>SOS AIDES A DOMICILE - Talence</t>
+  </si>
+  <si>
+    <t>0556290644</t>
+  </si>
+  <si>
+    <t>https://WWW.SOS-AIDES-A-DOMICILE.FR</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Gradignan, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>SAAD DU CCAS DE CENON</t>
+  </si>
+  <si>
+    <t>SAAD DU CCAS DE CENON - Cenon</t>
+  </si>
+  <si>
+    <t>0547305060</t>
+  </si>
+  <si>
+    <t>https://www.cenon.fr</t>
+  </si>
+  <si>
+    <t>Cenon</t>
+  </si>
+  <si>
+    <t>DESTIA VILLENAVE D'ORNON</t>
+  </si>
+  <si>
+    <t>DESTIA VILLENAVE D'ORNON - Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>0556374909</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Cenon, Floirac, Gradignan, Le Bouscat, Lormont, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>CIAS LES RIVES DE LA LAURENCE</t>
+  </si>
+  <si>
+    <t>CIAS LES RIVES DE LA LAURENCE - Saint-Loubès</t>
+  </si>
+  <si>
+    <t>0556789111</t>
+  </si>
+  <si>
+    <t>http://www.cdcsaintloubes.fr/les-services/le-c-i-a</t>
+  </si>
+  <si>
+    <t>Beychac-et-Caillau, Montussan, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Yvrac</t>
+  </si>
+  <si>
+    <t>Association P'tit Plus</t>
+  </si>
+  <si>
+    <t>Association P'tit Plus - Tresses</t>
+  </si>
+  <si>
+    <t>0556749010</t>
+  </si>
+  <si>
+    <t>http://www.assoptitplus.fr</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Baurech, Bonnetan, Bordeaux rive droite, Bouliac, Camarsac, Cambes, Camblanes-et-Meynac, Carignan-de-Bordeaux, Cénac, Cenon, Fargues-Saint-Hilaire, Floirac, Langoiran, Latresne, Le Tourne, Lignan-de-Bordeaux, Lormont, Pompignac, Quinsac, Saint-Caprais-de-Bordeaux, Sallebœuf, Tabanac, Tresses</t>
+  </si>
+  <si>
+    <t>AAD33</t>
+  </si>
+  <si>
+    <t>AAD33 - Bordeaux</t>
+  </si>
+  <si>
+    <t>0535311863</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Le Bouscat, Le Haillan, Lormont, Mérignac, Pessac, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AMAD</t>
+  </si>
+  <si>
+    <t>AMAD - Martres</t>
+  </si>
+  <si>
+    <t>0556713202</t>
+  </si>
+  <si>
+    <t>https://www.amad33.fr</t>
+  </si>
+  <si>
+    <t>Arbis, Baigneaux, Bellebat, Bellefond, Blasimon, Cantois, Castelviel, Cessac, Cleyrac, Coirac, Courpiac, Cursan, Daubèze, Escoussans, Espiet, Faleyras, Frontenac, Gornac, Grézillac, Guillac, Jugazan, La Sauve, Ladaux, Lugasson, Martres, Mauriac, Mérignas, Montignac, Moulon, Mourens, Naujan-et-Postiac, Rauzan, Rions, Romagne, Ruch, Saint-Brice, Saint-Félix-de-Foncaude, Saint-Genis-du-Bois, Saint-Laurent-du-Bois, Saint-Léon, Saint-Martin-du-Puy, Saint-Pierre-de-Bat, Saint-Sulpice-de-Pommiers, Saint-Vincent-de-Pertignas, Sauveterre-de-Guyenne, Soulignac, Targon</t>
+  </si>
+  <si>
+    <t>o2 Bordeaux Mérignac</t>
+  </si>
+  <si>
+    <t>o2 Bordeaux Mérignac - Mérignac</t>
+  </si>
+  <si>
+    <t>0787498234</t>
+  </si>
+  <si>
+    <t>https://www.o2.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bruges, Eysines, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Médard-en-Jalles, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AXEO SERVICES</t>
+  </si>
+  <si>
+    <t>AXEO SERVICES - Gradignan</t>
+  </si>
+  <si>
+    <t>0556490212</t>
+  </si>
+  <si>
+    <t>https://www.axeoservices.fr</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Bazas, Beautiran, Bègles, Belin-Béliet, Bordeaux rive gauche, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Grignols, Isle-Saint-Georges, La Brède, Langon, Le Bouscat, Léognan, Martillac, Mérignac, Pessac, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Blaye</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Blaye - Blaye</t>
+  </si>
+  <si>
+    <t>0557427523</t>
+  </si>
+  <si>
+    <t>https://ccb-blaye.com/service-a-la-personne/le-cen</t>
+  </si>
+  <si>
+    <t>Bayon-sur-Gironde, Berson, Blaye, Campugnan, Cars, Comps, Fours, Gauriac, Générac, Plassac, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Genès-de-Blaye, Saint-Girons-d'Aiguevives, Saint-Martin-Lacaussade, Saint-Paul, Saint-Seurin-de-Bourg, Samonac, Saugon, Villeneuve</t>
+  </si>
+  <si>
+    <t>SAD du C.C.A.S. de BEGLES</t>
+  </si>
+  <si>
+    <t>SAD du C.C.A.S. de BEGLES - Bègles</t>
+  </si>
+  <si>
+    <t>0556498845</t>
+  </si>
+  <si>
+    <t>https://www.mairie-begles.fr/</t>
+  </si>
+  <si>
+    <t>Bègles</t>
+  </si>
+  <si>
+    <t>Les Mésanges Bleues</t>
+  </si>
+  <si>
+    <t>Les Mésanges Bleues - Créon</t>
+  </si>
+  <si>
+    <t>0556690794</t>
+  </si>
+  <si>
+    <t>Baron, Blésignac, Camiac-et-Saint-Denis, Capian, Créon, Croignon, Cursan, Haux, La Sauve, Le Pout, Loupes, Madirac, Sadirac, Saint-Genès-de-Lombaud, Saint-Léon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>LA CLE DES AGES</t>
+  </si>
+  <si>
+    <t>LA CLE DES AGES - Pessac</t>
+  </si>
+  <si>
+    <t>0556365555</t>
+  </si>
+  <si>
+    <t>https://www.apajh33.fr</t>
+  </si>
+  <si>
+    <t>Gradignan, La Brède, Léognan, Martillac, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Et Après Services 33</t>
+  </si>
+  <si>
+    <t>Et Après Services 33 - Eysines</t>
+  </si>
+  <si>
+    <t>0648094378</t>
+  </si>
+  <si>
+    <t>https://www.etapres-services.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Arveyres, Asques, Aubiac, Audenge, Auriolles, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Balizac, Barie, Bassanne, Bassens, Baurech, Bayas, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Belin-Béliet, Belvès-de-Castillon, Bernos-Beaulac, Berson, Berthez, Bieujac, Biganos, Birac, Blaignac, Blaignan, Blanquefort, Blaye, Bommes, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Braud-et-Saint-Louis, Brouqueyran, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Cadillac-en-Fronsadais, Cambes, Camblanes-et-Meynac, Camiran, Camps-sur-l'Isle, Campugnan, Canéjan, Caplong, Captieux, Carbon-Blanc, Carcans, Cars, Cartelègue, Casseuil, Castelnau-de-Médoc, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cénac, Cenon, Cestas, Chamadelle, Cissac-Médoc, Civrac-en-Médoc, Coimères, Comps, Couquèques, Cours-les-Bains, Coutras, Cubzac-les-Ponts, Cudos, Cussac-Fort-Médoc, Daignac, Dardenac, Escaudes, Espiet, Étauliers, Eynesse, Eyrans, Eysines, Fargues, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Francs, Fronsac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gironde-sur-Dropt, Giscos, Goualade, Gours, Gradignan, Grayan-et-l'Hôpital, Grignols, Guîtres, Hostens, Hourtin, Hure, Isle-Saint-Georges, Izon, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Roquille, Labarde, Labescau, Lacanau, Lados, Lagorce, Lalande-de-Pomerol, Lamarque, Lamothe-Landerron, Landerrouat, Langoiran, Langon, Lansac, Lanton, Lapouyade, Lartigue, Latresne, Lavazan, Le Barp, Le Bouscat, Le Fieu, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Taillan-Médoc, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Esseintes, Les Lèves-et-Thoumeyragues, Les Peintures, Lesparre-Médoc, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugon-et-l'Île-du-Carnay, Lugos, Lussac, Macau, Maransin, Marcheprime, Marcillac, Margaux-Cantenac, Margueron, Marimbault, Marions, Martignas-sur-Jalle, Martillac, Masseilles, Massugas, Mazères, Mazion, Mérignac, Mios, Mombrier, Mongauzy, Monségur, Montagne, Montagoudin, Morizès, Mouillac, Moulis-en-Médoc, Moulon, Naujac-sur-Mer, Néac, Nérigean, Noaillac, Noaillan, Ordonnac, Origne, Parempuyre, Pauillac, Pellegrue, Périssac, Pessac, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Pomerol, Pompéjac, Pondaurat, Porchères, Préchac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Puisseguin, Puybarban, Puynormand, Queyrac, Quinsac, Reignac, Riocaud, Roaillan, Roquebrune, Sablons, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Estèphe, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Hippolyte, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Loubert, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martial, Saint-Martin-de-Laye, Saint-Martin-de-Sescas, Saint-Martin-du-Bois, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Morillon, Saint-Palais, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Sauveur-de-Puynormand, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzans-de-Médoc, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Hélène, Sainte-Terre, Salaunes, Salles, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauviac, Savignac, Savignac-de-l'Isle, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soussans, Tabanac, Talais, Talence, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Toulenne, Uzeste, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Vignonet, Villandraut, Villegouge, Villenave-d'Ornon, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>SAD de Libourne</t>
+  </si>
+  <si>
+    <t>SAD de Libourne - Libourne</t>
+  </si>
+  <si>
+    <t>0557553374</t>
+  </si>
+  <si>
+    <t>http://www.libourne.fr</t>
+  </si>
+  <si>
+    <t>Libourne, Pomerol</t>
+  </si>
+  <si>
+    <t>FREEDOM SENIOR COMPAGNIE</t>
+  </si>
+  <si>
+    <t>FREEDOM SENIOR COMPAGNIE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556523479</t>
+  </si>
+  <si>
+    <t>https://www.senior-compagnie.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Cenon, Eysines, Floirac, Le Bouscat, Lormont, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AMSADHG</t>
+  </si>
+  <si>
+    <t>AMSADHG - Saint-Savin</t>
+  </si>
+  <si>
+    <t>0557589733</t>
+  </si>
+  <si>
+    <t>https://www.amsad33.fr</t>
+  </si>
+  <si>
+    <t>Anglade, Bayon-sur-Gironde, Berson, Blaye, Bourg, Braud-et-Saint-Louis, Campugnan, Cars, Cartelègue, Cavignac, Cézac, Civrac-de-Blaye, Comps, Cubnezais, Cubzac-les-Ponts, Donnezac, Étauliers, Eyrans, Fours, Gauriac, Gauriaguet, Générac, Lansac, Laruscade, Marcenais, Marcillac, Marsas, Mazion, Mombrier, Peujard, Plassac, Pleine-Selve, Prignac-et-Marcamps, Pugnac, Reignac, Saint-André-de-Cubzac, Saint-Androny, Saint-Aubin-de-Blaye, Saint-Caprais-de-Blaye, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Genès-de-Blaye, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Laurent-d'Arce, Saint-Mariens, Saint-Martin-Lacaussade, Saint-Palais, Saint-Paul, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Trojan, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Samonac, Saugon, Tauriac, Teuillac, Val de Virvée, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Belin-Beliet</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Belin-Beliet - Belin-Béliet</t>
+  </si>
+  <si>
+    <t>0556888153</t>
+  </si>
+  <si>
+    <t>https://www.belin-beliet.fr/service-daides-a-domic</t>
+  </si>
+  <si>
+    <t>Belin-Béliet</t>
+  </si>
+  <si>
+    <t>AMELIS</t>
+  </si>
+  <si>
+    <t>AMELIS - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556080383</t>
+  </si>
+  <si>
+    <t>https://www.amelis-services.com/</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Le Bouscat, Mérignac, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Coup d'pouce33</t>
+  </si>
+  <si>
+    <t>Coup d'pouce33 - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557958349</t>
+  </si>
+  <si>
+    <t>https://coupdpouce33.wixsite.com/website</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Ademain</t>
+  </si>
+  <si>
+    <t>Ademain - Mérignac</t>
+  </si>
+  <si>
+    <t>0564100188</t>
+  </si>
+  <si>
+    <t>https://www.ademain.fr</t>
+  </si>
+  <si>
+    <t>Canéjan, Cestas, Gradignan, Le Haillan, Martignas-sur-Jalle, Mérignac, Pessac, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Médard-en-Jalles, Talence</t>
+  </si>
+  <si>
+    <t>DOMA VITAE</t>
+  </si>
+  <si>
+    <t>DOMA VITAE - Biganos</t>
+  </si>
+  <si>
+    <t>0557161021</t>
+  </si>
+  <si>
+    <t>https://www.maintien-adom.com</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Belin-Béliet, Biganos, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Barp, Le Teich, Lège-Cap-Ferret, Lugos, Marcheprime, Mios, Salles</t>
+  </si>
+  <si>
+    <t>DANAE</t>
+  </si>
+  <si>
+    <t>DANAE - Mérignac</t>
+  </si>
+  <si>
+    <t>0556281511</t>
+  </si>
+  <si>
+    <t>https://www.residences-danae.fr</t>
+  </si>
+  <si>
+    <t>ADMR DE LA GIRONDE</t>
+  </si>
+  <si>
+    <t>ADMR DE LA GIRONDE - Langon</t>
+  </si>
+  <si>
+    <t>0556636095</t>
+  </si>
+  <si>
+    <t>https://www.fede33.admr.org/</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arbanats, Arbis, Arcachon, Arès, Artigues-près-Bordeaux, Arveyres, Aubiac, Audenge, Auriolles, Auros, Ayguemorte-les-Graves, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Bayas, Bazas, Beautiran, Béguey, Bellebat, Bellefond, Belvès-de-Castillon, Bernos-Beaulac, Berthez, Beychac-et-Caillau, Bieujac, Biganos, Birac, Blaignac, Blanquefort, Blasimon, Blésignac, Bommes, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bourdelles, Bourideys, Brach, Branne, Brannens, Brouqueyran, Bruges, Budos, Cabara, Cadarsac, Cadillac, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Camps-sur-l'Isle, Cantois, Capian, Caplong, Captieux, Carbon-Blanc, Carcans, Cardan, Casseuil, Castelmoron-d'Albret, Castelnau-de-Médoc, Castelviel, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cénac, Cenon, Cérons, Cessac, Chamadelle, Civrac-sur-Dordogne, Cleyrac, Coimères, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutras, Coutures, Créon, Croignon, Cudos, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donzac, Doulezon, Escaudes, Escoussans, Espiet, Eynesse, Eysines, Faleyras, Fargues, Fargues-Saint-Hilaire, Flaujagues, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Francs, Frontenac, Gabarnac, Gajac, Gans, Gardegan-et-Tourtirac, Génissac, Gensac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gours, Grézillac, Grignols, Guillac, Guillos, Guîtres, Gujan-Mestras, Haux, Hostens, Hourtin, Hure, Illats, Izon, Jugazan, Juillac, La Réole, La Roquille, La Sauve, La Teste-de-Buch, Labescau, Lacanau, Ladaux, Lados, Lagorce, Lalande-de-Pomerol, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langoiran, Langon, Lanton, Lapouyade, Laroque, Lartigue, Lavazan, Le Bouscat, Le Fieu, Le Haillan, Le Nizan, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Puy, Le Teich, Le Temple, Le Tourne, Le Tuzan, Lège-Cap-Ferret, Léogeats, Lerm-et-Musset, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Esseintes, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Lestiac-sur-Garonne, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Lugaignac, Lugasson, Lussac, Madirac, Maransin, Marcheprime, Margueron, Marimbault, Marions, Martres, Masseilles, Massugas, Mauriac, Mazères, Mérignac, Mérignas, Mesterrieux, Mios, Mongauzy, Monprimblanc, Monségur, Montagne, Montagoudin, Montignac, Montussan, Morizès, Mouliets-et-Villemartin, Moulon, Mourens, Naujac-sur-Mer, Naujan-et-Postiac, Néac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Origne, Paillet, Pellegrue, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Pineuilh, Podensac, Pomerol, Pompéjac, Pondaurat, Porchères, Portets, Préchac, Preignac, Puisseguin, Pujols, Pujols-sur-Ciron, Puybarban, Puynormand, Rauzan, Rimons, Riocaud, Rions, Roaillan, Romagne, Roquebrune, Ruch, Sablons, Sadirac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Castillon, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-Grave, Saint-Germain-du-Puch, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Martial, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Médard-de-Guizières, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Monségur, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Hélène, Sainte-Radegonde, Sainte-Terre, Salaunes, Sallebœuf, Saumos, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Savignac-de-l'Isle, Semens, Sendets, Sigalens, Sillas, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tayac, Tizac-de-Curton, Tizac-de-Lapouyade, Toulenne, Tresses, Uzeste, Vayres, Verdelais, Vignonet, Villandraut, Villenave-de-Rions, Virelade, Yvrac</t>
+  </si>
+  <si>
+    <t>Soins Sante Domicile</t>
+  </si>
+  <si>
+    <t>Soins Sante Domicile - Pessac</t>
+  </si>
+  <si>
+    <t>0556450293</t>
+  </si>
+  <si>
+    <t>https://www.soinssantedomicile.fr</t>
+  </si>
+  <si>
+    <t>AZAE LIBOURNE</t>
+  </si>
+  <si>
+    <t>AZAE LIBOURNE - Libourne</t>
+  </si>
+  <si>
+    <t>0557848501</t>
+  </si>
+  <si>
+    <t>https://www.azae.com</t>
+  </si>
+  <si>
+    <t>Abzac, Arbis, Arveyres, Asques, Baigneaux, Baron, Baurech, Bayas, Bayon-sur-Gironde, Bellebat, Bellefond, Belvès-de-Castillon, Berson, Beychac-et-Caillau, Blasimon, Blaye, Blésignac, Bonnetan, Bonzac, Bourg, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Campugnan, Cantois, Capian, Carignan-de-Bordeaux, Cars, Castelmoron-d'Albret, Castelviel, Caumont, Cazaugitat, Cénac, Cessac, Chamadelle, Cleyrac, Coirac, Comps, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Espiet, Faleyras, Fargues-Saint-Hilaire, Fours, Francs, Fronsac, Frontenac, Galgon, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gornac, Gours, Guîtres, Haux, Izon, La Lande-de-Fronsac, La Rivière, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouet-sur-Ségur, Langoiran, Lansac, Lapouyade, Latresne, Le Fieu, Le Pout, Le Puy, Le Tourne, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lignan-de-Bordeaux, Loupes, Lugasson, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Martres, Mauriac, Mesterrieux, Mombrier, Montagne, Montignac, Montussan, Mouillac, Moulon, Mourens, Néac, Nérigean, Neuffons, Périssac, Petit-Palais-et-Cornemps, Peujard, Plassac, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Puynormand, Quinsac, Rimons, Romagne, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-de-Bourg, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vivien-de-Blaye, Sainte-Eulalie, Sainte-Gemme, Sainte-Terre, Sallebœuf, Samonac, Saugon, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Villeneuve, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>HANDI'HOME</t>
+  </si>
+  <si>
+    <t>HANDI'HOME - Talence</t>
+  </si>
+  <si>
+    <t>0556843910</t>
+  </si>
+  <si>
+    <t>http://handi-home.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Ayguemorte-les-Graves, Bassens, Baurech, Bayas, Beautiran, Bègles, Beychac-et-Caillau, Blanquefort, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Camarsac, Cambes, Camblanes-et-Meynac, Camps-sur-l'Isle, Canéjan, Carbon-Blanc, Carignan-de-Bordeaux, Castres-Gironde, Cénac, Cenon, Cestas, Chamadelle, Coutras, Daignac, Dardenac, Espiet, Eysines, Fargues-Saint-Hilaire, Floirac, Génissac, Gours, Gradignan, Guîtres, Isle-Saint-Georges, Izon, La Brède, La Teste-de-Buch, Lagorce, Lalande-de-Pomerol, Langoiran, Lapouyade, Latresne, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Le Tourne, Léognan, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lignan-de-Bordeaux, Lormont, Maransin, Martignas-sur-Jalle, Martillac, Mérignac, Montussan, Moulon, Nérigean, Parempuyre, Pessac, Pomerol, Pompignac, Porchères, Puynormand, Quinsac, Sablons, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Jean-d'Illac, Saint-Loubès, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Selve, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Saucats, Savignac-de-l'Isle, Tabanac, Talence, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>A.A.D.P.</t>
+  </si>
+  <si>
+    <t>A.A.D.P. - Langon</t>
+  </si>
+  <si>
+    <t>0556767878</t>
+  </si>
+  <si>
+    <t>Balizac, Bieujac, Bommes, Bourideys, Castets et Castillon, Cazalis, Coimères, Fargues, Hostens, Langon, Le Pian-sur-Garonne, Le Tuzan, Léogeats, Louchats, Lucmau, Mazères, Noaillan, Origne, Pompéjac, Préchac, Roaillan, Saint-André-du-Bois, Saint-Germain-de-Grave, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Saint-Symphorien, Sauternes, Semens, Toulenne, Uzeste, Verdelais, Villandraut</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cadaujac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cadaujac - Cadaujac</t>
+  </si>
+  <si>
+    <t>0557838218</t>
+  </si>
+  <si>
+    <t>http://www.mairie-cadaujac.fr/solidarite/action-so</t>
+  </si>
+  <si>
+    <t>Cadaujac</t>
+  </si>
+  <si>
+    <t>SOS SOLUTION SERVICES</t>
+  </si>
+  <si>
+    <t>SOS SOLUTION SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0967778322</t>
+  </si>
+  <si>
+    <t>http://sossolutionservices.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Cenon, Eysines, Gradignan, Le Bouscat, Lormont, Mérignac, Pessac, Talence</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Salles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Salles - Salles</t>
+  </si>
+  <si>
+    <t>0556883010</t>
+  </si>
+  <si>
+    <t>https://www.ville-de-salles.com/solidarite/ccas/</t>
+  </si>
+  <si>
+    <t>Lugos, Salles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Lanton</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Lanton - Lanton</t>
+  </si>
+  <si>
+    <t>0556038625</t>
+  </si>
+  <si>
+    <t>https://www.mairie-lanton.fr/quotidien/solidarite/</t>
+  </si>
+  <si>
+    <t>Lanton</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Bruges</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Bruges - Bruges</t>
+  </si>
+  <si>
+    <t>0556168081</t>
+  </si>
+  <si>
+    <t>https://www.mairie-bruges.fr</t>
+  </si>
+  <si>
+    <t>Bruges</t>
+  </si>
+  <si>
+    <t>AAD  FRANCE  PRESENCE</t>
+  </si>
+  <si>
+    <t>AAD  FRANCE  PRESENCE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556008145</t>
+  </si>
+  <si>
+    <t>https://www.france-presence.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Bassens, Bayas, Bègles, Beychac-et-Caillau, Blanquefort, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cadarsac, Camps-sur-l'Isle, Carbon-Blanc, Carignan-de-Bordeaux, Cenon, Cestas, Chamadelle, Coutras, Daignac, Dardenac, Espiet, Eysines, Floirac, Génissac, Gours, Gradignan, Guîtres, Izon, Lagorce, Lalande-de-Pomerol, Lapouyade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Maransin, Martignas-sur-Jalle, Mérignac, Montussan, Moulon, Nérigean, Parempuyre, Pessac, Pomerol, Pompignac, Porchères, Puynormand, Sablons, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Savignac-de-l'Isle, Talence, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS PESSAC</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS PESSAC - Pessac</t>
+  </si>
+  <si>
+    <t>0557936746</t>
+  </si>
+  <si>
+    <t>https://www.pessac.fr</t>
+  </si>
+  <si>
+    <t>Pessac</t>
+  </si>
+  <si>
+    <t>SERVICE AIDE A DOMICILE</t>
+  </si>
+  <si>
+    <t>SERVICE AIDE A DOMICILE - Carbon-Blanc</t>
+  </si>
+  <si>
+    <t>0557774404</t>
+  </si>
+  <si>
+    <t>Carbon-Blanc</t>
+  </si>
+  <si>
+    <t>oligad</t>
+  </si>
+  <si>
+    <t>oligad - Libourne</t>
+  </si>
+  <si>
+    <t>0557740526</t>
+  </si>
+  <si>
+    <t>https://www.oligad.com</t>
+  </si>
+  <si>
+    <t>Abzac, Arveyres, Bonzac, Branne, Cabara, Cadarsac, Chamadelle, Coutras, Espiet, Génissac, Guîtres, Lagorce, Lalande-de-Pomerol, Les Billaux, Les Églisottes-et-Chalaures, Libourne, Moulon, Naujan-et-Postiac, Nérigean, Pomerol, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Martin-du-Bois, Saint-Quentin-de-Baron, Tizac-de-Curton</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Canéjan</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Canéjan - Canéjan</t>
+  </si>
+  <si>
+    <t>0556899676</t>
+  </si>
+  <si>
+    <t>https://www.canejan.fr/</t>
+  </si>
+  <si>
+    <t>Canéjan</t>
+  </si>
+  <si>
+    <t>AIDE ET SERVICE</t>
+  </si>
+  <si>
+    <t>AIDE ET SERVICE - Eysines</t>
+  </si>
+  <si>
+    <t>0556387154</t>
+  </si>
+  <si>
+    <t>http://www.aideetservice.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>VITAME SERVICES MEDOC</t>
+  </si>
+  <si>
+    <t>VITAME SERVICES MEDOC - Avensan</t>
+  </si>
+  <si>
+    <t>0557881589</t>
+  </si>
+  <si>
+    <t>https://www.vitame-medoc.fr</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Blanquefort, Brach, Carcans, Castelnau-de-Médoc, Cussac-Fort-Médoc, Eysines, Hourtin, Labarde, Lacanau, Lamarque, Le Haillan, Le Pian-Médoc, Le Porge, Le Taillan-Médoc, Le Temple, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Parempuyre, Pauillac, Saint-Aubin-de-Médoc, Saint-Estèphe, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Saint-Sauveur, Sainte-Hélène, Salaunes, Saumos, Soussans</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Saint Macaire</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Saint Macaire - Saint-Macaire</t>
+  </si>
+  <si>
+    <t>0556638620</t>
+  </si>
+  <si>
+    <t>https://saintmacaire.fr/</t>
+  </si>
+  <si>
+    <t>Saint-Macaire</t>
+  </si>
+  <si>
+    <t>AGAPES</t>
+  </si>
+  <si>
+    <t>AGAPES - Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>0556491938</t>
+  </si>
+  <si>
+    <t>https://www.agapes-sad.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Cenon, Floirac, Lormont, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>A.I.S.A.D.</t>
+  </si>
+  <si>
+    <t>A.I.S.A.D. - Mios</t>
+  </si>
+  <si>
+    <t>0556267594</t>
+  </si>
+  <si>
+    <t>Biganos, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Créon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Créon - Créon</t>
+  </si>
+  <si>
+    <t>0557345466</t>
+  </si>
+  <si>
+    <t>http://www.mairie-creon.fr/ccas/</t>
+  </si>
+  <si>
+    <t>Baron, Blésignac, Camiac-et-Saint-Denis, Créon, Croignon, Cursan, Haux, La Sauve, Le Pout, Madirac, Sadirac, Saint-Genès-de-Lombaud, Saint-Léon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>adomi begles</t>
+  </si>
+  <si>
+    <t>adomi begles - Bègles</t>
+  </si>
+  <si>
+    <t>0556859900</t>
+  </si>
+  <si>
+    <t>https://www.adomi-begles.com</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Martignas-sur-Jalle, Saint-Jean-d'Illac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Andernos</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Andernos - Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>0556828998</t>
+  </si>
+  <si>
+    <t>https://www.andernoslesbains.fr/listes/solidarite/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>CONFIEZ NOUS</t>
+  </si>
+  <si>
+    <t>CONFIEZ NOUS - Podensac</t>
+  </si>
+  <si>
+    <t>0556768841</t>
+  </si>
+  <si>
+    <t>http://www.confiez-nous.fr</t>
+  </si>
+  <si>
+    <t>Arbanats, Barsac, Béguey, Cadillac, Cérons, Illats, Loupiac, Paillet, Podensac, Portets, Preignac, Rions, Saint-Michel-de-Rieufret, Sainte-Croix-du-Mont, Virelade</t>
+  </si>
+  <si>
+    <t>SUDGIMAD</t>
+  </si>
+  <si>
+    <t>SUDGIMAD - Caudrot</t>
+  </si>
+  <si>
+    <t>0556627500</t>
+  </si>
+  <si>
+    <t>Aillas, Arbanats, Arbis, Aubiac, Auriolles, Auros, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bazas, Béguey, Bellebat, Bellefond, Bernos-Beaulac, Berthez, Bieujac, Birac, Blaignac, Blasimon, Bommes, Bossugan, Bourdelles, Bourideys, Branne, Brannens, Brouqueyran, Budos, Cabara, Cadillac, Camiac-et-Saint-Denis, Camiran, Cantois, Capian, Captieux, Cardan, Casseuil, Castelmoron-d'Albret, Castelviel, Castets et Castillon, Castillon-la-Bataille, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cérons, Cessac, Civrac-sur-Dordogne, Cleyrac, Coimères, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutures, Cudos, Daignac, Dardenac, Daubèze, Dieulivol, Donzac, Doulezon, Escaudes, Escoussans, Espiet, Faleyras, Fargues, Flaujagues, Floudès, Fontet, Fossès-et-Baleyssac, Frontenac, Gabarnac, Gajac, Gans, Gensac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Grézillac, Grignols, Guillac, Guillos, Hostens, Hure, Illats, Jugazan, Juillac, La Réole, Labescau, Ladaux, Lados, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langon, Laroque, Lartigue, Lavazan, Le Nizan, Le Pian-sur-Garonne, Le Puy, Le Tuzan, Léogeats, Lerm-et-Musset, Les Esseintes, Les Salles-de-Castillon, Lestiac-sur-Garonne, Lignan-de-Bazas, Listrac-de-Durèze, Loubens, Louchats, Loupiac, Loupiac-de-la-Réole, Lucmau, Lugaignac, Lugasson, Marimbault, Marions, Martres, Masseilles, Massugas, Mauriac, Mazères, Mérignas, Mesterrieux, Mongauzy, Monprimblanc, Monségur, Montagoudin, Montignac, Morizès, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Origne, Paillet, Pellegrue, Pessac-sur-Dordogne, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols, Pujols-sur-Ciron, Puybarban, Rauzan, Rimons, Rions, Roaillan, Romagne, Roquebrune, Ruch, Saint-André-du-Bois, Saint-Antoine-du-Queyret, Saint-Aubin-de-Branne, Saint-Brice, Saint-Côme, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Germain-de-Grave, Saint-Germain-du-Puch, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Jean-de-Blaignac, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Martial, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pey-de-Castets, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Sève, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Symphorien, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Monségur, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Florence, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Radegonde, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulignac, Soussac, Taillecavat, Targon, Tizac-de-Curton, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-de-Rions, Virelade</t>
+  </si>
+  <si>
+    <t>VITAME BORDEAUX</t>
+  </si>
+  <si>
+    <t>VITAME BORDEAUX - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557107003</t>
+  </si>
+  <si>
+    <t>https://www.vitamebordeaux.fr/</t>
+  </si>
+  <si>
+    <t>CCAS AMBES</t>
+  </si>
+  <si>
+    <t>CCAS AMBES - AMBES</t>
+  </si>
+  <si>
+    <t>0556773540</t>
+  </si>
+  <si>
+    <t>https://www.villeambes.fr/</t>
+  </si>
+  <si>
+    <t>Ambès</t>
+  </si>
+  <si>
+    <t>Groupement ESAD - AEM Association d'Entraide Multiple</t>
+  </si>
+  <si>
+    <t>Groupement ESAD - AEM Association d'Entraide Multiple - Saint-Ciers-sur-Gironde</t>
+  </si>
+  <si>
+    <t>0557327320</t>
+  </si>
+  <si>
+    <t>Anglade, Braud-et-Saint-Louis, Cartelègue, Étauliers, Eyrans, Marcillac, Mazion, Pleine-Selve, Reignac, Saint-Androny, Saint-Aubin-de-Blaye, Saint-Caprais-de-Blaye, Saint-Ciers-sur-Gironde, Saint-Palais, Saint-Seurin-de-Cursac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Fronsadais</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Fronsadais - Saint-Germain-de-la-Rivière</t>
+  </si>
+  <si>
+    <t>0557840709</t>
+  </si>
+  <si>
+    <t>https://www.cdc-fronsadais.com</t>
+  </si>
+  <si>
+    <t>Asques, Cadillac-en-Fronsadais, Fronsac, Galgon, La Lande-de-Fronsac, La Rivière, Lugon-et-l'Île-du-Carnay, Mouillac, Périssac, Saillans, Saint-Aignan, Saint-Ciers-d'Abzac, Saint-Genès-de-Fronsac, Saint-Germain-de-la-Rivière, Saint-Michel-de-Fronsac, Saint-Romain-la-Virvée, Tarnès, Vérac, Villegouge</t>
+  </si>
+  <si>
+    <t>Association Les Coteaux de Bordeaux</t>
+  </si>
+  <si>
+    <t>Association Les Coteaux de Bordeaux - Sallebœuf</t>
+  </si>
+  <si>
+    <t>0556728994</t>
+  </si>
+  <si>
+    <t>https://lescoteauxdebordeaux.fr</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Beychac-et-Caillau, Bonnetan, Bouliac, Camarsac, Carignan-de-Bordeaux, Cenon, Croignon, Fargues-Saint-Hilaire, Floirac, Le Pout, Lignan-de-Bordeaux, Lormont, Loupes, Montussan, Pompignac, Sadirac, Saint-Sulpice-et-Cameyrac, Sallebœuf, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>PROSENIORS</t>
+  </si>
+  <si>
+    <t>PROSENIORS - Arcachon</t>
+  </si>
+  <si>
+    <t>0557521754</t>
+  </si>
+  <si>
+    <t>https://pro-seniors.fr</t>
+  </si>
+  <si>
+    <t>Unadev</t>
+  </si>
+  <si>
+    <t>Unadev - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556338581</t>
+  </si>
+  <si>
+    <t>https://www.unadev.fr</t>
+  </si>
+  <si>
+    <t>DOMUSVI DOMICILE</t>
+  </si>
+  <si>
+    <t>DOMUSVI DOMICILE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0533003179</t>
+  </si>
+  <si>
+    <t>https://www.domusvi.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arès, Artigues-près-Bordeaux, Audenge, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Biganos, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Gujan-Mestras, Haux, La Sauve, La Teste-de-Buch, Langoiran, Lanton, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Teich, Le Tourne, Lège-Cap-Ferret, Libourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>AILE EMPLOIS FAMILIAUX</t>
+  </si>
+  <si>
+    <t>AILE EMPLOIS FAMILIAUX - Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>0557961011</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Beautiran, Bègles, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Isle-Saint-Georges, La Brède, Léognan, Martillac, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Franchise O2 Lège-Cap-Ferret</t>
+  </si>
+  <si>
+    <t>Franchise O2 Lège-Cap-Ferret - Arès</t>
+  </si>
+  <si>
+    <t>Avant 7h, Entre 7h et 20h</t>
+  </si>
+  <si>
+    <t>0557183995</t>
+  </si>
+  <si>
+    <t>https://www.o2.fr/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arès, Audenge, Carcans, Lacanau, Lanton, Lège-Cap-Ferret, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'accompagnement à domicile du CCAS de Martignas-sur-Jalles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'accompagnement à domicile du CCAS de Martignas-sur-Jalles - Martignas-sur-Jalle</t>
+  </si>
+  <si>
+    <t>0557970051</t>
+  </si>
+  <si>
+    <t>https://www.ville-martignas.fr/services-et-maintie</t>
+  </si>
+  <si>
+    <t>Martignas-sur-Jalle</t>
+  </si>
+  <si>
+    <t>ADHM</t>
+  </si>
+  <si>
+    <t>ADHM - Saint-Aubin-de-Médoc</t>
+  </si>
+  <si>
+    <t>0556054584</t>
+  </si>
+  <si>
+    <t>http://www.adhm33.fr</t>
+  </si>
+  <si>
+    <t>Blanquefort, Eysines, Le Haillan, Le Pian-Médoc, Le Porge, Le Taillan-Médoc, Ludon-Médoc, Macau, Parempuyre, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>MELVEA</t>
+  </si>
+  <si>
+    <t>MELVEA - Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>0540430010</t>
+  </si>
+  <si>
+    <t>https://www.melvea.fr</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Biganos, Eysines, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Bouscat, Le Haillan, Le Teich, Lège-Cap-Ferret, Marcheprime, Mérignac, Mios</t>
+  </si>
+  <si>
+    <t>AIDE SERVICE</t>
+  </si>
+  <si>
+    <t>AIDE SERVICE - LORMONT</t>
+  </si>
+  <si>
+    <t>0556383840</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Carbon-Blanc, Cenon, Floirac, Gradignan, Le Bouscat, Lormont, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>o2 Libourne</t>
+  </si>
+  <si>
+    <t>o2 Libourne - Libourne</t>
+  </si>
+  <si>
+    <t>0557501788</t>
+  </si>
+  <si>
+    <t>Abzac, Arveyres, Asques, Baron, Bayas, Belvès-de-Castillon, Blésignac, Bonzac, Bossugan, Bourg, Branne, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Capian, Castillon-la-Bataille, Cavignac, Chamadelle, Civrac-sur-Dordogne, Coubeyrac, Coutras, Créon, Croignon, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Doulezon, Espiet, Flaujagues, Francs, Fronsac, Galgon, Gardegan-et-Tourtirac, Gauriaguet, Génissac, Gensac, Gours, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Sauve, Lagorce, Lalande-de-Pomerol, Lansac, Lapouyade, Laruscade, Le Fieu, Le Pout, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Les Salles-de-Castillon, Libourne, Loupes, Lugaignac, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Marcenais, Marsas, Mérignas, Mombrier, Montagne, Mouillac, Mouliets-et-Villemartin, Moulon, Naujan-et-Postiac, Néac, Nérigean, Périssac, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Peujard, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols, Puynormand, Rauzan, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Léon, Saint-Magne-de-Castillon, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Trojan, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Radegonde, Sainte-Terre, Savignac-de-l'Isle, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Virsac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Vayres</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Vayres - Vayres</t>
+  </si>
+  <si>
+    <t>0533030013</t>
+  </si>
+  <si>
+    <t>http://www.mairie-vayres.com/Centre-Communal-d-Action-Sociale</t>
+  </si>
+  <si>
+    <t>Vayres</t>
+  </si>
+  <si>
+    <t>LA VIE A DOMICILE - MAISON DE LA SANTE ET DES AIDANTS</t>
+  </si>
+  <si>
+    <t>LA VIE A DOMICILE - MAISON DE LA SANTE ET DES AIDANTS - Mérignac</t>
+  </si>
+  <si>
+    <t>0556550438</t>
+  </si>
+  <si>
+    <t>https://www.lavieadomicile33.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche, Martignas-sur-Jalle, Mérignac</t>
+  </si>
+  <si>
+    <t>ESAD - CIAS de l'Estuaire</t>
+  </si>
+  <si>
+    <t>ESAD - CIAS de l'Estuaire - Saint-Ciers-sur-Gironde</t>
+  </si>
+  <si>
+    <t>0557326699</t>
+  </si>
+  <si>
+    <t>Domicil + Membre du réseau Amelis</t>
+  </si>
+  <si>
+    <t>Domicil + Membre du réseau Amelis - Cenon</t>
+  </si>
+  <si>
+    <t>0556810582</t>
+  </si>
+  <si>
+    <t>https://www.amelis-services.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Fargues-Saint-Hilaire, Floirac, Lormont, Montussan, Saint-Loubès, Sainte-Eulalie, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>AD Seniors Merignac</t>
+  </si>
+  <si>
+    <t>AD Seniors Merignac - Mérignac</t>
+  </si>
+  <si>
+    <t>0631725079</t>
+  </si>
+  <si>
+    <t>https://www.adseniors.com</t>
+  </si>
+  <si>
+    <t>Eysines, Mérignac</t>
+  </si>
+  <si>
+    <t>DOMIFASERVICES</t>
+  </si>
+  <si>
+    <t>DOMIFASERVICES - Cenon</t>
+  </si>
+  <si>
+    <t>0556409905</t>
+  </si>
+  <si>
+    <t>http://www.domifaservices.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bègles, Beychac-et-Caillau, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Camarsac, Carbon-Blanc, Carignan-de-Bordeaux, Cenon, Fargues-Saint-Hilaire, Floirac, Lormont, Montussan, Pompignac, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>APAISAD du Nord et Est Libournais</t>
+  </si>
+  <si>
+    <t>APAISAD du Nord et Est Libournais - Abzac</t>
+  </si>
+  <si>
+    <t>0557693616</t>
+  </si>
+  <si>
+    <t>Abzac, Auriolles, Bayas, Belvès-de-Castillon, Bonzac, Bossugan, Camps-sur-l'Isle, Caplong, Castillon-la-Bataille, Chamadelle, Civrac-sur-Dordogne, Coubeyrac, Coutras, Doulezon, Eynesse, Flaujagues, Francs, Gardegan-et-Tourtirac, Gensac, Gours, Guîtres, Juillac, La Roquille, Lagorce, Landerrouat, Lapouyade, Le Fieu, Les Artigues-de-Lussac, Les Églisottes-et-Chalaures, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Ligueux, Listrac-de-Durèze, Lussac, Maransin, Margueron, Massugas, Montagne, Mouliets-et-Villemartin, Néac, Pellegrue, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Pineuilh, Porchères, Puisseguin, Pujols, Puynormand, Rauzan, Riocaud, Sablons, Saint-André-et-Appelles, Saint-Antoine-sur-l'Isle, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Magne-de-Castillon, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Radegonde, Sainte-Terre, Savignac-de-l'Isle, Tayac, Tizac-de-Lapouyade, Vignonet</t>
+  </si>
+  <si>
+    <t>UNICARE SERVICES</t>
+  </si>
+  <si>
+    <t>UNICARE SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0535544975</t>
+  </si>
+  <si>
+    <t>https://www.unicareservices.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AIDE@VENIR</t>
+  </si>
+  <si>
+    <t>AIDE@VENIR - Langon</t>
+  </si>
+  <si>
+    <t>0556631433</t>
+  </si>
+  <si>
+    <t>https://www.aide-a-venir.com</t>
+  </si>
+  <si>
+    <t>Aillas, Ambarès-et-Lagrave, Ambès, Arbanats, Arcins, Arsac, Artigues-près-Bordeaux, Asques, Aubiac, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Baurech, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Béguey, Bernos-Beaulac, Berson, Berthez, Beychac-et-Caillau, Bieujac, Birac, Blaignac, Blaignan, Blanquefort, Blaye, Blésignac, Bommes, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Brouqueyran, Bruges, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Campugnan, Canéjan, Capian, Captieux, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Casseuil, Castelnau-de-Médoc, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cénac, Cenon, Cérons, Cestas, Cissac-Médoc, Civrac-en-Médoc, Coimères, Comps, Couquèques, Cours-les-Bains, Créon, Croignon, Cubzac-les-Ponts, Cudos, Cursan, Cussac-Fort-Médoc, Donzac, Escaudes, Escoussans, Eysines, Fargues, Fargues-Saint-Hilaire, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Fronsac, Gabarnac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gauriac, Gauriaguet, Générac, Gironde-sur-Dropt, Giscos, Goualade, Gradignan, Grayan-et-l'Hôpital, Grignols, Guillos, Haux, Hostens, Hourtin, Hure, Illats, Isle-Saint-Georges, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Sauve, Labarde, Labescau, Lacanau, Lados, Lamarque, Lamothe-Landerron, Landiras, Langoiran, Langon, Lansac, Laroque, Lartigue, Latresne, Lavazan, Le Bouscat, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Taillan-Médoc, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Léogeats, Léognan, Lerm-et-Musset, Les Esseintes, Lesparre-Médoc, Lestiac-sur-Garonne, Lignan-de-Bazas, Lignan-de-Bordeaux, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugon-et-l'Île-du-Carnay, Macau, Madirac, Margaux-Cantenac, Marimbault, Marions, Martignas-sur-Jalle, Martillac, Masseilles, Mazères, Mérignac, Mombrier, Mongauzy, Monprimblanc, Monségur, Montagoudin, Montussan, Morizès, Mouillac, Moulis-en-Médoc, Naujac-sur-Mer, Noaillac, Noaillan, Omet, Ordonnac, Origne, Paillet, Parempuyre, Pauillac, Périssac, Pessac, Peujard, Plassac, Podensac, Pompéjac, Pompignac, Pondaurat, Portets, Préchac, Preignac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Pujols-sur-Ciron, Puybarban, Queyrac, Quinsac, Rions, Roaillan, Roquebrune, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Ciers-de-Canesse, Saint-Côme, Saint-Estèphe, Saint-Exupéry, Saint-Genès-de-Blaye, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Sève, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzans-de-Médoc, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Foy-la-Longue, Sainte-Hélène, Salaunes, Sallebœuf, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soussans, Tabanac, Talais, Talence, Tarnès, Tauriac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Valeyrac, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Villandraut, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Barp</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Barp - Le Barp</t>
+  </si>
+  <si>
+    <t>0557719859</t>
+  </si>
+  <si>
+    <t>http://www.ville-le-barp.fr/66-aide-au-maintien-a-</t>
+  </si>
+  <si>
+    <t>Le Barp</t>
+  </si>
+  <si>
+    <t>SPASAD LE TEMPS DE VIVRE</t>
+  </si>
+  <si>
+    <t>SPASAD LE TEMPS DE VIVRE - Saint-Loubès</t>
+  </si>
+  <si>
+    <t>0556686178</t>
+  </si>
+  <si>
+    <t>https://www.assoletempsdevivre.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Bassens, Beychac-et-Caillau, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Floirac, Izon, Lormont, Montussan, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Tresses, Vayres, Yvrac</t>
+  </si>
+  <si>
+    <t>FREE DOM' SENIOR COMPAGNIE BASSIN D'ARCACHON</t>
+  </si>
+  <si>
+    <t>FREE DOM' SENIOR COMPAGNIE BASSIN D'ARCACHON - La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>0557524749</t>
+  </si>
+  <si>
+    <t>https://bassindarcachon.senior-compagnie.fr/</t>
+  </si>
+  <si>
+    <t>PROSENIORS - Lesparre-Médoc</t>
+  </si>
+  <si>
+    <t>0556736075</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcins, Arsac, Artigues-près-Bordeaux, Avensan, Ayguemorte-les-Graves, Bassens, Beautiran, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Brach, Bruges, Cabanac-et-Villagrains, Cadaujac, Canéjan, Carbon-Blanc, Carcans, Castelnau-de-Médoc, Castres-Gironde, Cenon, Cestas, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Eysines, Floirac, Gaillan-en-Médoc, Gradignan, Grayan-et-l'Hôpital, Hourtin, Isle-Saint-Georges, Jau-Dignac-et-Loirac, La Brède, Labarde, Lacanau, Lamarque, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Porge, Le Temple, Le Verdon-sur-Mer, Léognan, Lesparre-Médoc, Listrac-Médoc, Lormont, Ludon-Médoc, Macau, Margaux-Cantenac, Martignas-sur-Jalle, Martillac, Mérignac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Queyrac, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Sauveur, Saint-Selve, Saint-Seurin-de-Cadourne, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saucats, Saumos, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AMDPA</t>
+  </si>
+  <si>
+    <t>AMDPA - Pellegrue</t>
+  </si>
+  <si>
+    <t>0556613085</t>
+  </si>
+  <si>
+    <t>Auriolles, Caplong, Caumont, Cazaugitat, Eynesse, Landerrouat, Les Lèves-et-Thoumeyragues, Listrac-de-Durèze, Massugas, Pellegrue, Saint-André-et-Appelles, Saint-Antoine-du-Queyret, Saint-Ferme, Saint-Quentin-de-Caplong, Soussac, Taillecavat</t>
+  </si>
+  <si>
+    <t>CCAS DE BASSENS</t>
+  </si>
+  <si>
+    <t>CCAS DE BASSENS - Bassens</t>
+  </si>
+  <si>
+    <t>0557808150</t>
+  </si>
+  <si>
+    <t>Bassens</t>
+  </si>
+  <si>
+    <t>AMALLYA - Arcachon</t>
+  </si>
+  <si>
+    <t>0556225206</t>
+  </si>
+  <si>
+    <t>https://www.amallya.fr</t>
+  </si>
+  <si>
+    <t>Arcachon, Gujan-Mestras, La Teste-de-Buch, Le Teich</t>
+  </si>
+  <si>
+    <t>Service d'Aide au Maintien à Domicile des Portes de l'Entre-Deux-Mers</t>
+  </si>
+  <si>
+    <t>Service d'Aide au Maintien à Domicile des Portes de l'Entre-Deux-Mers - Latresne</t>
+  </si>
+  <si>
+    <t>0556208360</t>
+  </si>
+  <si>
+    <t>http://www.cdc-portesentredeuxmers.fr/vie-quotidie</t>
+  </si>
+  <si>
+    <t>Baurech, Cambes, Camblanes-et-Meynac, Cénac, Langoiran, Latresne, Le Tourne, Lignan-de-Bordeaux, Loupes, Quinsac, Sadirac, Saint-Caprais-de-Bordeaux, Tabanac</t>
+  </si>
+  <si>
+    <t>Résidence Services Seniors Espace &amp; Vie</t>
+  </si>
+  <si>
+    <t>Résidence Services Seniors Espace &amp; Vie  - Saint-Aubin-de-Médoc</t>
+  </si>
+  <si>
+    <t>0557209200</t>
+  </si>
+  <si>
+    <t>https://www.espaceetvie.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Audenge, Bassens, Bègles, Biganos, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Carcans, Cenon, Cussac-Fort-Médoc, Eysines, Floirac, Gradignan, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Lanton, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Le Verdon-sur-Mer, Lège-Cap-Ferret, Lormont, Ludon-Médoc, Macau, Marcheprime, Margaux-Cantenac, Martignas-sur-Jalle, Mérignac, Mios, Naujac-sur-Mer, Parempuyre, Pessac, Queyrac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Vitalliance</t>
+  </si>
+  <si>
+    <t>Vitalliance - Eysines</t>
+  </si>
+  <si>
+    <t>0556505134</t>
+  </si>
+  <si>
+    <t>https://www.vitalliance.fr/agences/bordeaux-rive-gauche-KbPPN</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arbanats, Arbis, Arcachon, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Asques, Aubiac, Audenge, Auriolles, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Baurech, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Béguey, Belin-Béliet, Bellebat, Bellefond, Belvès-de-Castillon, Bernos-Beaulac, Berson, Berthez, Beychac-et-Caillau, Bieujac, Biganos, Birac, Blaignac, Blaignan, Blanquefort, Blasimon, Blaye, Blésignac, Bommes, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Braud-et-Saint-Louis, Brouqueyran, Bruges, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Campugnan, Canéjan, Cantois, Capian, Caplong, Captieux, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Cartelègue, Casseuil, Castelmoron-d'Albret, Castelnau-de-Médoc, Castelviel, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cavignac, Cazalis, Cazats, Cazaugitat, Cénac, Cenon, Cérons, Cessac, Cestas, Cézac, Cissac-Médoc, Civrac-de-Blaye, Civrac-en-Médoc, Cleyrac, Coimères, Coirac, Comps, Couquèques, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutras, Coutures, Créon, Croignon, Cubnezais, Cubzac-les-Ponts, Cudos, Cursan, Cussac-Fort-Médoc, Daignac, Daubèze, Dieulivol, Donnezac, Donzac, Escaudes, Escoussans, Étauliers, Eynesse, Eyrans, Eysines, Faleyras, Fargues, Fargues-Saint-Hilaire, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Francs, Fronsac, Frontenac, Gabarnac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gradignan, Grayan-et-l'Hôpital, Grézillac, Grignols, Guillos, Gujan-Mestras, Haux, Hostens, Hourtin, Hure, Illats, Isle-Saint-Georges, Izon, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Roquille, La Sauve, La Teste-de-Buch, Labarde, Labescau, Lacanau, Ladaux, Lados, Lamarque, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langoiran, Langon, Lansac, Lanton, Laroque, Lartigue, Laruscade, Latresne, Lavazan, Le Barp, Le Bouscat, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Puy, Le Taillan-Médoc, Le Teich, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Les Artigues-de-Lussac, Les Esseintes, Les Lèves-et-Thoumeyragues, Lesparre-Médoc, Lestiac-sur-Garonne, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugasson, Lugon-et-l'Île-du-Carnay, Lugos, Lussac, Macau, Madirac, Maransin, Marcenais, Marcheprime, Marcillac, Margaux-Cantenac, Margueron, Marimbault, Marions, Marsas, Martignas-sur-Jalle, Martillac, Martres, Masseilles, Massugas, Mauriac, Mazères, Mazion, Mérignac, Mesterrieux, Mios, Mombrier, Mongauzy, Monprimblanc, Monségur, Montagne, Montagoudin, Montignac, Montussan, Morizès, Mouillac, Moulis-en-Médoc, Mourens, Naujac-sur-Mer, Néac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Ordonnac, Origne, Paillet, Parempuyre, Pauillac, Pellegrue, Périssac, Pessac, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Podensac, Pompéjac, Pompignac, Pondaurat, Portets, Préchac, Preignac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols-sur-Ciron, Puybarban, Queyrac, Quinsac, Reignac, Rimons, Riocaud, Rions, Roaillan, Romagne, Roquebrune, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-du-Queyret, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Estèphe, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Mariens, Saint-Martial, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Palais, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Savin, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Seurin-de-Cursac, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzan-de-Soudiac, Saint-Yzans-de-Médoc, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Hélène, Sainte-Terre, Salaunes, Sallebœuf, Salles, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soulignac, Soussac, Soussans, Tabanac, Taillecavat, Talais, Talence, Targon, Tarnès, Tauriac, Tayac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Vignonet, Villandraut, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>AMALLYA - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556431804</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Bruges, Eysines, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Bouscat</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Bouscat - Le Bouscat</t>
+  </si>
+  <si>
+    <t>0557222736</t>
+  </si>
+  <si>
+    <t>https://www.bouscat.fr/vie-municipale/les-services</t>
+  </si>
+  <si>
+    <t>Le Bouscat</t>
+  </si>
+  <si>
+    <t>ASAP DOMICILE</t>
+  </si>
+  <si>
+    <t>ASAP DOMICILE - BORDEAUX</t>
+  </si>
+  <si>
+    <t>0556023560</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Bassens, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Eysines, Floirac, Gaillan-en-Médoc, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lesparre-Médoc, Lormont, Martignas-sur-Jalle, Mérignac, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vincent-de-Paul, Saint-Yzans-de-Médoc, Talence, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>SAAD - CCAS DE TALENCE</t>
+  </si>
+  <si>
+    <t>SAAD - CCAS DE TALENCE - Talence</t>
+  </si>
+  <si>
+    <t>0556847875</t>
+  </si>
+  <si>
+    <t>Talence</t>
+  </si>
+  <si>
+    <t>ONELA</t>
+  </si>
+  <si>
+    <t>ONELA - BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>0140080811</t>
+  </si>
+  <si>
+    <t>https://www.onela.com</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arès, Artigues-près-Bordeaux, Arveyres, Audenge, Bassens, Bayas, Bayon-sur-Gironde, Bègles, Belvès-de-Castillon, Berson, Biganos, Blanquefort, Blaye, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Braud-et-Saint-Louis, Bruges, Cadarsac, Camps-sur-l'Isle, Campugnan, Carbon-Blanc, Cars, Cartelègue, Cavignac, Cenon, Cézac, Chamadelle, Civrac-de-Blaye, Comps, Coutras, Cubnezais, Cubzac-les-Ponts, Daignac, Dardenac, Donnezac, Espiet, Étauliers, Eyrans, Eysines, Floirac, Fours, Francs, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gours, Gradignan, Guîtres, Izon, Lagorce, Lalande-de-Pomerol, Lansac, Lanton, Lapouyade, Laruscade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Lège-Cap-Ferret, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Lussac, Maransin, Marcenais, Marcillac, Marsas, Martignas-sur-Jalle, Mazion, Mérignac, Mombrier, Montagne, Moulon, Néac, Nérigean, Parempuyre, Pessac, Petit-Palais-et-Cornemps, Peujard, Plassac, Pleine-Selve, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Puynormand, Reignac, Sablons, Saint-André-de-Cubzac, Saint-Androny, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Caprais-de-Blaye, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hippolyte, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Louis-de-Montferrand, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Palais, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Terre, Samonac, Saugon, Savignac-de-l'Isle, Talence, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Vayres, Vignonet, Villenave-d'Ornon, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de La Teste de Buch</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de La Teste de Buch - La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>0557736980</t>
+  </si>
+  <si>
+    <t>https://www.latestedebuch.fr/</t>
+  </si>
+  <si>
+    <t>La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>AUXILEO SERVICES</t>
+  </si>
+  <si>
+    <t>AUXILEO SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556177808</t>
+  </si>
+  <si>
+    <t>https://www.auxileoservices.fr</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>AVEC ANFASIAD MES SERVICES A DOMICILE</t>
+  </si>
+  <si>
+    <t>AVEC ANFASIAD MES SERVICES A DOMICILE - Antenne Galgon</t>
+  </si>
+  <si>
+    <t>0533094545</t>
+  </si>
+  <si>
+    <t>https://www.avec.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arès, Artigues-près-Bordeaux, Arveyres, Asques, Audenge, Bassens, Bayas, Bègles, Biganos, Blanquefort, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Bruges, Cadarsac, Cadillac-en-Fronsadais, Camps-sur-l'Isle, Carbon-Blanc, Carcans, Cenon, Chamadelle, Coutras, Cubzac-les-Ponts, Daignac, Dardenac, Espiet, Eysines, Floirac, Fronsac, Galgon, Gauriaguet, Génissac, Gours, Gradignan, Grayan-et-l'Hôpital, Guîtres, Gujan-Mestras, Hourtin, Izon, Jau-Dignac-et-Loirac, La Lande-de-Fronsac, La Rivière, La Teste-de-Buch, Lacanau, Lagorce, Lalande-de-Pomerol, Lansac, Lanton, Lapouyade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Le Teich, Le Verdon-sur-Mer, Lège-Cap-Ferret, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Lugon-et-l'Île-du-Carnay, Maransin, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Mombrier, Mouillac, Moulon, Naujac-sur-Mer, Nérigean, Parempuyre, Périssac, Pessac, Peujard, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puynormand, Queyrac, Sablons, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Genès-de-Fronsac, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Laurent-d'Arce, Saint-Louis-de-Montferrand, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Fronsac, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Savignac-de-l'Isle, Soulac-sur-Mer, Talais, Talence, Tarnès, Tauriac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Villegouge, Villenave-d'Ornon, Virsac</t>
+  </si>
+  <si>
+    <t>MOSAIQUE SERVICES</t>
+  </si>
+  <si>
+    <t>MOSAIQUE SERVICES - Léognan</t>
+  </si>
+  <si>
+    <t>Avant 7h, Après 20h</t>
+  </si>
+  <si>
+    <t>0667353146</t>
+  </si>
+  <si>
+    <t>Arbis, Ayguemorte-les-Graves, Baigneaux, Beautiran, Bellebat, Bellefond, Blasimon, Cabanac-et-Villagrains, Cadaujac, Cantois, Castelmoron-d'Albret, Castelviel, Castres-Gironde, Caumont, Cazaugitat, Cessac, Cleyrac, Coirac, Courpiac, Cours-de-Monségur, Coutures, Daubèze, Dieulivol, Faleyras, Frontenac, Gornac, Isle-Saint-Georges, La Brède, Ladaux, Landerrouet-sur-Ségur, Le Puy, Léognan, Lugasson, Martillac, Martres, Mauriac, Mesterrieux, Montignac, Mourens, Neuffons, Rimons, Romagne, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Laurent-du-Bois, Saint-Martin-de-Lerm, Saint-Martin-du-Puy, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Pierre-de-Bat, Saint-Selve, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Sainte-Gemme, Saucats, Sauveterre-de-Guyenne, Soulignac, Soussac, Taillecavat, Targon</t>
+  </si>
+  <si>
+    <t>CIAS DU PAYS FOYEN -- Service d'Aide et d'Accompagnement à Domicile</t>
+  </si>
+  <si>
+    <t>CIAS DU PAYS FOYEN -- Service d'Aide et d'Accompagnement à Domicile - Pineuilh</t>
+  </si>
+  <si>
+    <t>0524241503</t>
+  </si>
+  <si>
+    <t>https://www.paysfoyen.fr</t>
+  </si>
+  <si>
+    <t>Caplong, Eynesse, La Roquille, Les Lèves-et-Thoumeyragues, Ligueux, Margueron, Pineuilh, Riocaud, Saint-André-et-Appelles, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Sainte-Foy-la-Grande</t>
+  </si>
+  <si>
+    <t>ORMALI</t>
+  </si>
+  <si>
+    <t>ORMALI - Parempuyre</t>
+  </si>
+  <si>
+    <t>0556451156</t>
+  </si>
+  <si>
+    <t>https://ormali-service-33.fr/</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Blanquefort, Bordeaux rive gauche, Bruges, Castelnau-de-Médoc, Cussac-Fort-Médoc, Eysines, Labarde, Lamarque, Le Bouscat, Le Pian-Médoc, Le Taillan-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Parempuyre, Pauillac, Saint-Aubin-de-Médoc, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Soussans</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Pierre d'Aurillac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Pierre d'Aurillac - Saint-Pierre-d'Aurillac</t>
+  </si>
+  <si>
+    <t>0556633027</t>
+  </si>
+  <si>
+    <t>Saint-André-du-Bois, Saint-Laurent-du-Plan, Saint-Martial, Saint-Martin-de-Sescas, Saint-Pierre-d'Aurillac, Semens, Verdelais</t>
+  </si>
+  <si>
+    <t>O2 BORDEAUX CENON</t>
+  </si>
+  <si>
+    <t>O2 BORDEAUX CENON - Cenon</t>
+  </si>
+  <si>
+    <t>0775204798</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Baurech, Bègles, Beychac-et-Caillau, Bonnetan, Bordeaux rive droite, Bouliac, Cadaujac, Cambes, Camblanes-et-Meynac, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Fargues-Saint-Hilaire, Floirac, Latresne, Léognan, Lignan-de-Bordeaux, Lormont, Martillac, Montussan, Pompignac, Quinsac, Sadirac, Saint-Caprais-de-Bordeaux, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Tabanac, Tresses, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>ALOÏS</t>
+  </si>
+  <si>
+    <t>ALOÏS - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557977165</t>
+  </si>
+  <si>
+    <t>http://alois.services/</t>
+  </si>
+  <si>
+    <t>APEF MERIGNAC PESSAC</t>
+  </si>
+  <si>
+    <t>APEF MERIGNAC PESSAC - Mérignac</t>
+  </si>
+  <si>
+    <t>0556964395</t>
+  </si>
+  <si>
+    <t>https://www.apef.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive droite, Cenon, Floirac, Mérignac, Pessac</t>
+  </si>
+  <si>
+    <t>Le Plaisir de s'Entraider</t>
+  </si>
+  <si>
+    <t>Le Plaisir de s'Entraider - Floirac</t>
+  </si>
+  <si>
+    <t>0556818036</t>
+  </si>
+  <si>
+    <t>https://www.leplaisirdesentraider.fr</t>
+  </si>
+  <si>
+    <t>AIDOMI</t>
+  </si>
+  <si>
+    <t>AIDOMI - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556019191</t>
+  </si>
+  <si>
+    <t>https://www.aidomi.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive droite, Bordeaux rive gauche</t>
+  </si>
+  <si>
+    <t>AMALLYA - Castillon-la-Bataille</t>
+  </si>
+  <si>
+    <t>0557483119</t>
+  </si>
+  <si>
+    <t>Belvès-de-Castillon, Caplong, Castillon-la-Bataille, Civrac-sur-Dordogne, Doulezon, Eynesse, Flaujagues, Gardegan-et-Tourtirac, Gensac, Juillac, La Roquille, Les Lèves-et-Thoumeyragues, Les Salles-de-Castillon, Ligueux, Massugas, Mérignas, Montagne, Mouliets-et-Villemartin, Pessac-sur-Dordogne, Pineuilh, Puisseguin, Pujols, Ruch, Saint-André-et-Appelles, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Christophe-des-Bardes, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Magne-de-Castillon, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Radegonde, Sainte-Terre, Vignonet</t>
+  </si>
+  <si>
+    <t>AMALLYA - Langon</t>
+  </si>
+  <si>
+    <t>0556322010</t>
+  </si>
+  <si>
+    <t>Aubiac, Bazas, Bieujac, Bommes, Castets et Castillon, Cazats, Coimères, Fargues, Gans, Lados, Langon, Le Nizan, Le Pian-sur-Garonne, Léogeats, Lignan-de-Bazas, Marimbault, Mazères, Noaillan, Roaillan, Saint-André-du-Bois, Saint-Germain-de-Grave, Saint-Macaire, Saint-Maixant, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Sauternes, Sauviac, Semens, Toulenne, Uzeste, Verdelais, Villandraut</t>
+  </si>
+  <si>
+    <t>RESIDENCE COEUR DE BASSIN</t>
+  </si>
+  <si>
+    <t>RESIDENCE COEUR DE BASSIN - Audenge</t>
+  </si>
+  <si>
+    <t>0557177900</t>
+  </si>
+  <si>
+    <t>https://www.lestemplitudesaudenge.com/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arès, Audenge, Biganos, Lanton, Lège-Cap-Ferret, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>AAPAM</t>
+  </si>
+  <si>
+    <t>AAPAM - Blaignan-Prignac</t>
+  </si>
+  <si>
+    <t>0556731950</t>
+  </si>
+  <si>
+    <t>https://www.aapam-medoc.fr</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Bégadan, Blaignan, Brach, Carcans, Castelnau-de-Médoc, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Gaillan-en-Médoc, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Le Pian-Médoc, Le Porge, Le Temple, Le Verdon-sur-Mer, Lesparre-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Pauillac, Prignac-en-Médoc, Queyrac, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saumos, Soulac-sur-Mer, Soussans, Talais, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil</t>
+  </si>
+  <si>
+    <t>A.A.S.</t>
+  </si>
+  <si>
+    <t>A.A.S. - Ambarès-et-Lagrave</t>
+  </si>
+  <si>
+    <t>0556060549</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Bassens, Carbon-Blanc, Saint-Louis-de-Montferrand, Saint-Vincent-de-Paul</t>
+  </si>
+  <si>
+    <t>Azaé Bassin d'Arcachon</t>
+  </si>
+  <si>
+    <t>Azaé Bassin d'Arcachon - Biganos</t>
+  </si>
+  <si>
+    <t>0556264150</t>
+  </si>
+  <si>
+    <t>https://www.azae.com/</t>
+  </si>
+  <si>
+    <t>Aillas, Andernos-les-Bains, Arbanats, Arbis, Arcachon, Arès, Aubiac, Audenge, Auros, Ayguemorte-les-Graves, Baigneaux, Balizac, Barie, Barsac, Bassanne, Bazas, Beautiran, Bègles, Béguey, Belin-Béliet, Bellebat, Bellefond, Bernos-Beaulac, Berthez, Bieujac, Biganos, Birac, Blaignac, Blasimon, Bommes, Bordeaux rive gauche, Bourdelles, Bourideys, Brannens, Brouqueyran, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Canéjan, Cantois, Captieux, Casseuil, Castelmoron-d'Albret, Castelviel, Castets et Castillon, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cérons, Cessac, Cestas, Cleyrac, Coimères, Coirac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutures, Cudos, Daubèze, Dieulivol, Escaudes, Faleyras, Fargues, Floudès, Fontet, Frontenac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gradignan, Grignols, Guillos, Gujan-Mestras, Hostens, Hure, Illats, Isle-Saint-Georges, La Brède, La Réole, La Teste-de-Buch, Labescau, Ladaux, Lados, Landerrouet-sur-Ségur, Landiras, Langon, Lanton, Lartigue, Lavazan, Le Barp, Le Nizan, Le Pian-sur-Garonne, Le Porge, Le Puy, Le Teich, Le Tuzan, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Lignan-de-Bazas, Louchats, Loupiac-de-la-Réole, Lucmau, Lugasson, Lugos, Marcheprime, Marimbault, Marions, Martillac, Martres, Masseilles, Mauriac, Mazères, Mesterrieux, Mios, Montignac, Mourens, Neuffons, Noaillac, Noaillan, Origne, Pessac, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols-sur-Ciron, Puybarban, Rimons, Rions, Roaillan, Romagne, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Côme, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Jean-d'Illac, Saint-Laurent-du-Bois, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Médard-d'Eyrans, Saint-Michel-de-Castelnau, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Selve, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Symphorien, Sainte-Croix-du-Mont, Sainte-Gemme, Salles, Saucats, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Sendets, Sigalens, Sillas, Soulignac, Soussac, Taillecavat, Talence, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-d'Ornon, Virelade</t>
+  </si>
+  <si>
+    <t>ADOMICILE33</t>
+  </si>
+  <si>
+    <t>ADOMICILE33 - Eysines</t>
+  </si>
+  <si>
+    <t>Après 20h</t>
+  </si>
+  <si>
+    <t>0564371337</t>
+  </si>
+  <si>
+    <t>https://www.aide-a-domicile-33.com/</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>ESPACE ET VIE LIBOURNE</t>
+  </si>
+  <si>
+    <t>ESPACE ET VIE LIBOURNE - Libourne</t>
+  </si>
+  <si>
+    <t>0557508000</t>
+  </si>
+  <si>
+    <t>https://www.residences-espaceetvie.fr</t>
+  </si>
+  <si>
+    <t>Libourne</t>
+  </si>
+  <si>
+    <t>TCA</t>
+  </si>
+  <si>
+    <t>TCA - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556900297</t>
+  </si>
+  <si>
+    <t>http://tcasso.org/</t>
+  </si>
+  <si>
+    <t>CCAS AMBARES ET LAGRAVE</t>
+  </si>
+  <si>
+    <t>CCAS AMBARES ET LAGRAVE - AMBARES ET LAGRAVE</t>
+  </si>
+  <si>
+    <t>0556773456</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave</t>
+  </si>
+  <si>
+    <t>AZAE BORDEAUX NORD</t>
+  </si>
+  <si>
+    <t>AZAE BORDEAUX NORD - Bruges</t>
+  </si>
+  <si>
+    <t>0556587220</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Brach, Carcans, Castelnau-de-Médoc, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Gaillan-en-Médoc, Gradignan, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Le Pian-Médoc, Le Temple, Le Verdon-sur-Mer, Lesparre-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Queyrac, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saumos, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>SPASAD du Vivier du CCAS</t>
+  </si>
+  <si>
+    <t>SPASAD du Vivier du CCAS  - Mérignac</t>
+  </si>
+  <si>
+    <t>0556556656</t>
+  </si>
+  <si>
+    <t>Mérignac</t>
+  </si>
+  <si>
+    <t>SENIOR PLUS 33</t>
+  </si>
+  <si>
+    <t>SENIOR PLUS 33 - Gujan-Mestras</t>
+  </si>
+  <si>
+    <t>0557522076</t>
+  </si>
+  <si>
+    <t>https://www.ass-seniorplus.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcachon, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Gujan-Mestras, La Teste-de-Buch, Le Bouscat, Le Haillan, Le Taillan-Médoc, Le Teich, Lormont, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>VIVRADOM</t>
+  </si>
+  <si>
+    <t>VIVRADOM - Latresne</t>
+  </si>
+  <si>
+    <t>0556200648</t>
+  </si>
+  <si>
+    <t>https://www.vivradom.fr/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arbis, Artigues-près-Bordeaux, Baigneaux, Baron, Bassens, Baurech, Bègles, Bellebat, Bellefond, Beychac-et-Caillau, Blasimon, Blésignac, Bonnetan, Bordeaux rive droite, Bouliac, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Cantois, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Castelmoron-d'Albret, Castelviel, Caumont, Cazaugitat, Cénac, Cenon, Cessac, Cleyrac, Coirac, Courpiac, Cours-de-Monségur, Coutures, Créon, Croignon, Cursan, Daubèze, Dieulivol, Eysines, Faleyras, Fargues-Saint-Hilaire, Floirac, Frontenac, Gornac, Haux, La Sauve, Ladaux, Landerrouet-sur-Ségur, Langoiran, Latresne, Le Pout, Le Puy, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Lugasson, Madirac, Martres, Mauriac, Mesterrieux, Montignac, Montussan, Mourens, Neuffons, Pompignac, Quinsac, Rimons, Romagne, Sadirac, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Martin-de-Lerm, Saint-Martin-du-Puy, Saint-Pierre-de-Bat, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sainte-Gemme, Sallebœuf, Sauveterre-de-Guyenne, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Bazadais</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Bazadais - Bazas</t>
+  </si>
+  <si>
+    <t>0556654951</t>
+  </si>
+  <si>
+    <t>https://www.cdcdubazadais.fr/solidarite/saad/</t>
+  </si>
+  <si>
+    <t>Aubiac, Bazas, Bernos-Beaulac, Birac, Captieux, Cauvignac, Cazats, Cours-les-Bains, Cudos, Escaudes, Gajac, Gans, Giscos, Goualade, Grignols, Labescau, Lados, Lartigue, Lavazan, Le Nizan, Lerm-et-Musset, Lignan-de-Bazas, Marimbault, Marions, Masseilles, Saint-Côme, Saint-Michel-de-Castelnau, Sauviac, Sendets, Sigalens, Sillas</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Arès</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Arès - Arès</t>
+  </si>
+  <si>
+    <t>0557170101</t>
+  </si>
+  <si>
+    <t>https://ville-ares.fr/social-solidarite/</t>
+  </si>
+  <si>
+    <t>Arès</t>
+  </si>
+  <si>
+    <t>DESTIA Bordeaux</t>
+  </si>
+  <si>
+    <t>DESTIA Bordeaux - Mérignac</t>
+  </si>
+  <si>
+    <t>0556238918</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Saint-Médard-en-Jalles, Talence</t>
+  </si>
+  <si>
+    <t>DOMIS +</t>
+  </si>
+  <si>
+    <t>DOMIS + - Bazas</t>
+  </si>
+  <si>
+    <t>0556651200</t>
+  </si>
+  <si>
+    <t>https://www.domisplus.com</t>
+  </si>
+  <si>
+    <t>Aillas, Arbanats, Arbis, Aubiac, Auros, Ayguemorte-les-Graves, Baigneaux, Balizac, Barie, Baron, Barsac, Baurech, Bazas, Beautiran, Béguey, Belin-Béliet, Bellebat, Bellefond, Bernos-Beaulac, Berthez, Bieujac, Birac, Blésignac, Bommes, Bourideys, Brannens, Brouqueyran, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Canéjan, Cantois, Captieux, Cardan, Casseuil, Castelviel, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cénac, Cérons, Cestas, Coimères, Coirac, Courpiac, Cours-les-Bains, Cudos, Cursan, Donzac, Escaudes, Escoussans, Faleyras, Fargues, Fontet, Gabarnac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Grignols, Guillos, Haux, Hostens, Hure, Illats, Isle-Saint-Georges, La Brède, La Sauve, Labescau, Ladaux, Lados, Landiras, Langoiran, Langon, Laroque, Lartigue, Latresne, Lavazan, Le Barp, Le Nizan, Le Pian-sur-Garonne, Le Pout, Le Tourne, Le Tuzan, Léogeats, Léognan, Lerm-et-Musset, Lestiac-sur-Garonne, Lignan-de-Bazas, Lignan-de-Bordeaux, Louchats, Loupes, Loupiac, Lucmau, Lugos, Madirac, Marimbault, Marions, Martillac, Masseilles, Mazères, Monprimblanc, Noaillan, Omet, Origne, Paillet, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols-sur-Ciron, Puybarban, Quinsac, Rimons, Rions, Roaillan, Romagne, Sadirac, Saint-André-du-Bois, Saint-Caprais-de-Bordeaux, Saint-Côme, Saint-Genès-de-Lombaud, Saint-Germain-de-Grave, Saint-Hilaire-du-Bois, Saint-Laurent-du-Bois, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Médard-d'Eyrans, Saint-Michel-de-Castelnau, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Selve, Saint-Symphorien, Sainte-Croix-du-Mont, Salles, Saucats, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulignac, Tabanac, Taillecavat, Targon, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-d'Ornon, Villenave-de-Rions, Virelade</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS d'Eysines</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS d'Eysines - Eysines</t>
+  </si>
+  <si>
+    <t>0556161814</t>
+  </si>
+  <si>
+    <t>https://www.eysines.fr/ma-ville/elus/le-ccas-2/</t>
+  </si>
+  <si>
+    <t>Eysines</t>
+  </si>
+  <si>
+    <t>ÜBI</t>
+  </si>
+  <si>
+    <t>ÜBI - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556002525</t>
+  </si>
+  <si>
+    <t>https://www.ubi-apr.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arbanats, Arès, Artigues-près-Bordeaux, Audenge, Ayguemorte-les-Graves, Balizac, Barsac, Bassens, Baurech, Bayon-sur-Gironde, Beautiran, Bègles, Béguey, Berson, Beychac-et-Caillau, Bieujac, Biganos, Blanquefort, Blaye, Bommes, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bouliac, Bourg, Bourideys, Branne, Braud-et-Saint-Louis, Bruges, Budos, Cabanac-et-Villagrains, Cabara, Cadaujac, Cadillac, Camarsac, Cambes, Camblanes-et-Meynac, Campugnan, Canéjan, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Cavignac, Cazalis, Cénac, Cenon, Cérons, Cestas, Cézac, Civrac-de-Blaye, Civrac-sur-Dordogne, Coimères, Comps, Coubeyrac, Cubnezais, Cubzac-les-Ponts, Donnezac, Donzac, Doulezon, Escoussans, Étauliers, Eysines, Fargues, Fargues-Saint-Hilaire, Flaujagues, Floirac, Fours, Gabarnac, Gauriac, Gauriaguet, Générac, Gensac, Gradignan, Grézillac, Guillac, Guillos, Hostens, Hourtin, Illats, Isle-Saint-Georges, Izon, Jugazan, Juillac, La Brède, Lacanau, Landiras, Langoiran, Langon, Lansac, Lanton, Laroque, Laruscade, Latresne, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Taillan-Médoc, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Les Salles-de-Castillon, Lestiac-sur-Garonne, Libourne, Lignan-de-Bordeaux, Lormont, Louchats, Loupiac, Lucmau, Lugaignac, Macau, Marcenais, Marcheprime, Marsas, Martignas-sur-Jalle, Martillac, Mazères, Mazion, Mérignac, Mérignas, Mios, Mombrier, Monprimblanc, Montussan, Mouliets-et-Villemartin, Naujan-et-Postiac, Noaillan, Omet, Origne, Paillet, Parempuyre, Pessac, Pessac-sur-Dordogne, Peujard, Plassac, Podensac, Pompéjac, Pompignac, Portets, Préchac, Preignac, Prignac-et-Marcamps, Pugnac, Pujols, Pujols-sur-Ciron, Quinsac, Rauzan, Rions, Roaillan, Ruch, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-Aubin-de-Branne, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Genès-de-Blaye, Saint-Germain-de-Grave, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Jean-d'Illac, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Léger-de-Balson, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Mariens, Saint-Martial, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-de-Castets, Saint-Pierre-de-Mons, Saint-Savin, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Florence, Sainte-Radegonde, Sallebœuf, Samonac, Saucats, Saugon, Sauternes, Semens, Tabanac, Talence, Tauriac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Vayres, Verdelais, Villandraut, Villenave-d'Ornon, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
     <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Floirac</t>
   </si>
   <si>
     <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Floirac - Floirac</t>
   </si>
   <si>
     <t>0557808710</t>
   </si>
   <si>
     <t>http://www.ville-floirac33.fr/la-solidarite/aides-</t>
   </si>
   <si>
     <t>Floirac</t>
   </si>
   <si>
-    <t>FREEDOM SENIOR COMPAGNIE</t>
-[...1639 lines deleted...]
-  <si>
     <t>SAAD du Centre de Soins du Réolais</t>
   </si>
   <si>
     <t>SAAD du Centre de Soins du Réolais - La Réole</t>
   </si>
   <si>
     <t>0556610425</t>
   </si>
   <si>
     <t>https://www.cds-reolais.org</t>
   </si>
   <si>
     <t>Bagas, Barie, Bassanne, Blaignac, Bourdelles, Camiran, Casseuil, Floudès, Fontet, Fossès-et-Baleyssac, Gironde-sur-Dropt, Hure, La Réole, Lamothe-Landerron, Les Esseintes, Loubens, Loupiac-de-la-Réole, Mongauzy, Montagoudin, Morizès, Noaillac, Pondaurat, Puybarban, Saint-Exupéry, Saint-Hilaire-de-la-Noaille, Saint-Laurent-du-Plan, Saint-Martin-de-Lerm, Saint-Michel-de-Lapujade, Saint-Sève</t>
   </si>
   <si>
-    <t>DESTIA Bordeaux</t>
-[...112 lines deleted...]
-  <si>
     <t>Service d'Aide et d'Accompagnement à Domicile du CCAS duTeich</t>
   </si>
   <si>
     <t>Service d'Aide et d'Accompagnement à Domicile du CCAS duTeich - Le Teich</t>
   </si>
   <si>
     <t>0556224502</t>
   </si>
   <si>
     <t>https://www.leteich.fr</t>
   </si>
   <si>
     <t>Le Teich</t>
   </si>
   <si>
-    <t>LA CLE DES AGES</t>
-[...130 lines deleted...]
-  <si>
     <t>ADASTRA</t>
   </si>
   <si>
     <t>ADASTRA - BORDEAUX</t>
   </si>
   <si>
     <t>0557359595</t>
   </si>
   <si>
     <t>http://www.adastra.care</t>
   </si>
   <si>
-    <t>Bègles, Bordeaux rive gauche, Bruges, Cadaujac, Eysines, Gradignan, La Brède, Le Bouscat, Le Haillan, Léognan, Mérignac, Pessac, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Selve, Talence, Villenave-d'Ornon</t>
-[...215 lines deleted...]
-    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arès, Artigues-près-Bordeaux, Arveyres, Asques, Audenge, Bassens, Bayas, Bègles, Biganos, Blanquefort, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Bruges, Cadarsac, Cadillac-en-Fronsadais, Camps-sur-l'Isle, Carbon-Blanc, Carcans, Cenon, Chamadelle, Coutras, Cubzac-les-Ponts, Daignac, Dardenac, Espiet, Eysines, Floirac, Fronsac, Galgon, Gauriaguet, Génissac, Gours, Gradignan, Grayan-et-l'Hôpital, Guîtres, Gujan-Mestras, Hourtin, Izon, Jau-Dignac-et-Loirac, La Lande-de-Fronsac, La Rivière, La Teste-de-Buch, Lacanau, Lagorce, Lalande-de-Pomerol, Lansac, Lanton, Lapouyade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Le Teich, Le Verdon-sur-Mer, Lège-Cap-Ferret, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Lugon-et-l'Île-du-Carnay, Maransin, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Mombrier, Mouillac, Moulon, Naujac-sur-Mer, Nérigean, Parempuyre, Périssac, Pessac, Peujard, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puynormand, Queyrac, Sablons, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Genès-de-Fronsac, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Laurent-d'Arce, Saint-Louis-de-Montferrand, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Fronsac, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Savignac-de-l'Isle, Soulac-sur-Mer, Talais, Talence, Tarnès, Tauriac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Villegouge, Villenave-d'Ornon, Virsac</t>
+    <t>Bègles, Bordeaux rive gauche, Bruges, Cadaujac, Eysines, Gradignan, La Brède, Le Bouscat, Le Haillan, Léognan, Martillac, Mérignac, Pessac, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Selve, Talence, Villenave-d'Ornon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2642,3036 +2645,3036 @@
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C7" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D8" t="s">
         <v>41</v>
       </c>
-      <c r="E8" t="s">
+      <c r="E8"/>
+      <c r="F8" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
         <v>44</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" t="s">
         <v>45</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>46</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
         <v>49</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" t="s">
         <v>50</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>51</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" t="s">
         <v>54</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
         <v>55</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>56</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" t="s">
         <v>59</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" t="s">
         <v>60</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>61</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
+        <v>63</v>
+      </c>
+      <c r="B13" t="s">
         <v>64</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
         <v>65</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>66</v>
       </c>
-      <c r="E13"/>
       <c r="F13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>68</v>
       </c>
       <c r="B14" t="s">
         <v>69</v>
       </c>
       <c r="C14" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
         <v>70</v>
       </c>
       <c r="E14" t="s">
         <v>71</v>
       </c>
       <c r="F14" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>73</v>
       </c>
       <c r="B15" t="s">
         <v>74</v>
       </c>
       <c r="C15" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D15" t="s">
         <v>75</v>
       </c>
       <c r="E15" t="s">
         <v>76</v>
       </c>
       <c r="F15" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>78</v>
       </c>
       <c r="B16" t="s">
         <v>79</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D16" t="s">
         <v>80</v>
       </c>
       <c r="E16" t="s">
         <v>81</v>
       </c>
       <c r="F16" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>83</v>
       </c>
       <c r="B17" t="s">
         <v>84</v>
       </c>
       <c r="C17" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D17" t="s">
         <v>85</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>87</v>
       </c>
       <c r="B18" t="s">
         <v>88</v>
       </c>
       <c r="C18" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
-      <c r="E18" t="s">
+      <c r="E18"/>
+      <c r="F18" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
+        <v>91</v>
+      </c>
+      <c r="B19" t="s">
         <v>92</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
+        <v>30</v>
+      </c>
+      <c r="D19" t="s">
         <v>93</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>94</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>96</v>
+      </c>
+      <c r="B20" t="s">
         <v>97</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
+        <v>19</v>
+      </c>
+      <c r="D20" t="s">
         <v>98</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F20" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>101</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D21" t="s">
         <v>103</v>
       </c>
       <c r="E21" t="s">
         <v>104</v>
       </c>
       <c r="F21" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>106</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D22" t="s">
         <v>108</v>
       </c>
       <c r="E22" t="s">
         <v>109</v>
       </c>
       <c r="F22" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>111</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D23" t="s">
         <v>113</v>
       </c>
       <c r="E23" t="s">
         <v>114</v>
       </c>
       <c r="F23" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>116</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>8</v>
       </c>
       <c r="D24" t="s">
         <v>118</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>120</v>
       </c>
       <c r="B25" t="s">
         <v>121</v>
       </c>
       <c r="C25" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D25" t="s">
         <v>122</v>
       </c>
       <c r="E25" t="s">
         <v>123</v>
       </c>
       <c r="F25" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>125</v>
       </c>
       <c r="B26" t="s">
         <v>126</v>
       </c>
       <c r="C26" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D26" t="s">
         <v>127</v>
       </c>
       <c r="E26" t="s">
         <v>128</v>
       </c>
       <c r="F26" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>130</v>
       </c>
       <c r="B27" t="s">
         <v>131</v>
       </c>
       <c r="C27" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D27" t="s">
         <v>132</v>
       </c>
-      <c r="E27"/>
+      <c r="E27" t="s">
+        <v>133</v>
+      </c>
       <c r="F27" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B28" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C28" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D28" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E28" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F28" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B29" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C29" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D29" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E29" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F29" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B30" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C30" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D30" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E30" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F30" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B31" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C31" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D31" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E31" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F31" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B32" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C32" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D32" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E32" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F32" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B33" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C33" t="s">
         <v>8</v>
       </c>
       <c r="D33" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="E33"/>
+        <v>162</v>
+      </c>
+      <c r="E33" t="s">
+        <v>163</v>
+      </c>
       <c r="F33" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B34" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C34" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D34" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E34" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F34" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B35" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C35" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D35" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E35" t="s">
-        <v>171</v>
+        <v>10</v>
       </c>
       <c r="F35" t="s">
-        <v>158</v>
+        <v>173</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B36" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C36" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D36" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E36" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="F36" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B37" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C37" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D37" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="E37" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="F37" t="s">
-        <v>158</v>
+        <v>183</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B38" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C38" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D38" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="E38"/>
       <c r="F38" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B39" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C39" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D39" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="E39"/>
+        <v>190</v>
+      </c>
+      <c r="E39" t="s">
+        <v>191</v>
+      </c>
       <c r="F39" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>6</v>
+        <v>193</v>
       </c>
       <c r="B40" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C40" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D40" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E40" t="s">
-        <v>10</v>
+        <v>196</v>
       </c>
       <c r="F40" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="B41" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C41" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D41" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="E41" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="F41" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B42" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C42" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D42" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="E42" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="F42" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B43" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C43" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D43" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="E43" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="F43" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B44" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C44" t="s">
-        <v>210</v>
+        <v>30</v>
       </c>
       <c r="D44" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="E44"/>
       <c r="F44" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B45" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C45" t="s">
         <v>8</v>
       </c>
       <c r="D45" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="E45"/>
+        <v>219</v>
+      </c>
+      <c r="E45" t="s">
+        <v>220</v>
+      </c>
       <c r="F45" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B46" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C46" t="s">
         <v>8</v>
       </c>
       <c r="D46" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="E46" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="F46" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B47" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C47" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D47" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="E47"/>
+        <v>229</v>
+      </c>
+      <c r="E47" t="s">
+        <v>230</v>
+      </c>
       <c r="F47" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="B48" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C48" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D48" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="E48" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="F48" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="B49" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C49" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D49" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="E49"/>
+        <v>239</v>
+      </c>
+      <c r="E49" t="s">
+        <v>240</v>
+      </c>
       <c r="F49" t="s">
-        <v>67</v>
+        <v>241</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="B50" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="C50" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D50" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="E50" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="F50" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="B51" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="C51" t="s">
         <v>8</v>
       </c>
       <c r="D51" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E51" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F51" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="B52" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C52" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D52" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="E52" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="F52" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="B53" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="C53" t="s">
         <v>8</v>
       </c>
       <c r="D53" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="E53" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="F53" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="B54" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="C54" t="s">
         <v>8</v>
       </c>
       <c r="D54" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="E54" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="F54" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="B55" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="C55" t="s">
         <v>8</v>
       </c>
       <c r="D55" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="E55" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="F55" t="s">
-        <v>264</v>
+        <v>119</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="B56" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="C56" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D56" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="E56" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="F56" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>6</v>
+        <v>276</v>
       </c>
       <c r="B57" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="C57" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D57" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="E57" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="F57" t="s">
-        <v>273</v>
+        <v>119</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="B58" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C58" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D58" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="E58" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="F58" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>6</v>
+        <v>285</v>
       </c>
       <c r="B59" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="C59" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D59" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="E59" t="s">
-        <v>272</v>
+        <v>288</v>
       </c>
       <c r="F59" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="B60" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="C60" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D60" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="E60"/>
       <c r="F60" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="B61" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="C61" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D61" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="E61" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="F61" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="B62" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="C62" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D62" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="E62" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="F62" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="B63" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="C63" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D63" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="E63" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="F63" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="B64" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="C64" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D64" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="E64" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="F64" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="B65" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="C65" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D65" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="E65" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="F65" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="B66" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="C66" t="s">
-        <v>314</v>
+        <v>8</v>
       </c>
       <c r="D66" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="E66"/>
+        <v>321</v>
+      </c>
+      <c r="E66" t="s">
+        <v>322</v>
+      </c>
       <c r="F66" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="B67" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="C67" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D67" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="E67" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="F67" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="B68" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="C68" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D68" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="E68"/>
       <c r="F68" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="B69" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="C69" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D69" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="E69" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="F69" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="B70" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="C70" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D70" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="E70" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="F70" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="B71" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="C71" t="s">
         <v>8</v>
       </c>
       <c r="D71" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="E71" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="F71" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>6</v>
+        <v>348</v>
       </c>
       <c r="B72" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="C72" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D72" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="E72" t="s">
-        <v>272</v>
+        <v>351</v>
       </c>
       <c r="F72" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="B73" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="C73" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D73" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="E73"/>
+        <v>355</v>
+      </c>
+      <c r="E73" t="s">
+        <v>356</v>
+      </c>
       <c r="F73" t="s">
-        <v>158</v>
+        <v>357</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="B74" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="C74" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D74" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="E74" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="F74" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="B75" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="C75" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D75" t="s">
-        <v>355</v>
-[...3 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="E75"/>
       <c r="F75" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="B76" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="C76" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D76" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="E76"/>
+        <v>369</v>
+      </c>
+      <c r="E76" t="s">
+        <v>370</v>
+      </c>
       <c r="F76" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="B77" t="s">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="C77" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D77" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="E77" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
       <c r="F77" t="s">
-        <v>366</v>
+        <v>376</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>367</v>
+        <v>377</v>
       </c>
       <c r="B78" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="C78" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D78" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="E78" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="F78" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="B79" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
       <c r="C79" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D79" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="E79" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="F79" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="B80" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="C80" t="s">
         <v>8</v>
       </c>
       <c r="D80" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="E80"/>
       <c r="F80" t="s">
-        <v>82</v>
+        <v>390</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="B81" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="C81" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D81" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="E81" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="F81" t="s">
-        <v>385</v>
+        <v>119</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="B82" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="C82" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D82" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="E82" t="s">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="F82" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>391</v>
+        <v>400</v>
       </c>
       <c r="B83" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="C83" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D83" t="s">
-        <v>393</v>
-[...3 lines deleted...]
-      </c>
+        <v>402</v>
+      </c>
+      <c r="E83"/>
       <c r="F83" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="B84" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="C84" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D84" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="E84" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="F84" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="B85" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C85" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D85" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="E85" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="F85" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="B86" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="C86" t="s">
         <v>8</v>
       </c>
       <c r="D86" t="s">
-        <v>408</v>
-[...1 lines deleted...]
-      <c r="E86"/>
+        <v>416</v>
+      </c>
+      <c r="E86" t="s">
+        <v>417</v>
+      </c>
       <c r="F86" t="s">
-        <v>409</v>
+        <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="B87" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="C87" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D87" t="s">
-        <v>412</v>
+        <v>420</v>
       </c>
       <c r="E87" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
       <c r="F87" t="s">
-        <v>414</v>
+        <v>119</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="B88" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="C88" t="s">
         <v>8</v>
       </c>
       <c r="D88" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="E88" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="F88" t="s">
-        <v>158</v>
+        <v>426</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="B89" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="C89" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D89" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="E89"/>
       <c r="F89" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="B90" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="C90" t="s">
-        <v>8</v>
+        <v>433</v>
       </c>
       <c r="D90" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="E90" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="F90" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="B91" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="C91" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D91" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="E91" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="F91" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="B92" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="C92" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D92" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="E92" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="F92" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="B93" t="s">
-        <v>440</v>
+        <v>448</v>
       </c>
       <c r="C93" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D93" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="E93" t="s">
-        <v>442</v>
+        <v>450</v>
       </c>
       <c r="F93" t="s">
-        <v>443</v>
+        <v>451</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>444</v>
+        <v>452</v>
       </c>
       <c r="B94" t="s">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="C94" t="s">
         <v>8</v>
       </c>
       <c r="D94" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="E94" t="s">
-        <v>447</v>
+        <v>66</v>
       </c>
       <c r="F94" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="B95" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="C95" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D95" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="E95" t="s">
-        <v>452</v>
+        <v>196</v>
       </c>
       <c r="F95" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="B96" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="C96" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D96" t="s">
-        <v>456</v>
-[...1 lines deleted...]
-      <c r="E96"/>
+        <v>462</v>
+      </c>
+      <c r="E96" t="s">
+        <v>463</v>
+      </c>
       <c r="F96" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>78</v>
+        <v>465</v>
       </c>
       <c r="B97" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="C97" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D97" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="E97" t="s">
-        <v>81</v>
+        <v>468</v>
       </c>
       <c r="F97" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="B98" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="C98" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D98" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>464</v>
+        <v>403</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="B99" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="C99" t="s">
         <v>8</v>
       </c>
       <c r="D99" t="s">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="E99"/>
+        <v>475</v>
+      </c>
+      <c r="E99" t="s">
+        <v>476</v>
+      </c>
       <c r="F99" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="B100" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="C100" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D100" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="E100" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="F100" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="B101" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="C101" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D101" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="E101" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="F101" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="B102" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="C102" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D102" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="E102"/>
       <c r="F102" t="s">
-        <v>483</v>
+        <v>491</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="B103" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="C103" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D103" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="E103" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="F103" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="B104" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="C104" t="s">
         <v>8</v>
       </c>
       <c r="D104" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="E104" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="F104" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>494</v>
+        <v>502</v>
       </c>
       <c r="B105" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="C105" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D105" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
       <c r="E105" t="s">
-        <v>497</v>
+        <v>505</v>
       </c>
       <c r="F105" t="s">
-        <v>158</v>
+        <v>506</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="B106" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C106" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D106" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="E106" t="s">
-        <v>501</v>
+        <v>510</v>
       </c>
       <c r="F106" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="B107" t="s">
-        <v>504</v>
+        <v>513</v>
       </c>
       <c r="C107" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D107" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="E107" t="s">
-        <v>370</v>
+        <v>515</v>
       </c>
       <c r="F107" t="s">
-        <v>506</v>
+        <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>507</v>
+        <v>414</v>
       </c>
       <c r="B108" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="C108" t="s">
         <v>8</v>
       </c>
       <c r="D108" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
       <c r="E108" t="s">
-        <v>510</v>
+        <v>417</v>
       </c>
       <c r="F108" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="B109" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="C109" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D109" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="B110" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="C110" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D110" t="s">
-        <v>518</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="E110"/>
       <c r="F110" t="s">
-        <v>158</v>
+        <v>526</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>520</v>
+        <v>145</v>
       </c>
       <c r="B111" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="C111" t="s">
         <v>8</v>
       </c>
       <c r="D111" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="E111" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="F111" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="B112" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="C112" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D112" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="E112" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="F112" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="B113" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="C113" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="D113" t="s">
-        <v>532</v>
-[...1 lines deleted...]
-      <c r="E113"/>
+        <v>538</v>
+      </c>
+      <c r="E113" t="s">
+        <v>539</v>
+      </c>
       <c r="F113" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="B114" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="C114" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D114" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="E114" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="F114" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>539</v>
+        <v>145</v>
       </c>
       <c r="B115" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="C115" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D115" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="E115" t="s">
-        <v>542</v>
+        <v>529</v>
       </c>
       <c r="F115" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="B116" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="C116" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D116" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="E116" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="F116" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="B117" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="C117" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D117" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="E117" t="s">
-        <v>552</v>
+        <v>133</v>
       </c>
       <c r="F117" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="B118" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="C118" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D118" t="s">
-        <v>556</v>
-[...3 lines deleted...]
-      </c>
+        <v>560</v>
+      </c>
+      <c r="E118"/>
       <c r="F118" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B119" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="C119" t="s">
         <v>8</v>
       </c>
       <c r="D119" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="E119" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="F119" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="B120" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="C120" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D120" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="E120" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="F120" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="B121" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="C121" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D121" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="E121" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F121" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="B122" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="C122" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D122" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="E122"/>
+        <v>579</v>
+      </c>
+      <c r="E122" t="s">
+        <v>580</v>
+      </c>
       <c r="F122" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="B123" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="C123" t="s">
-        <v>8</v>
+        <v>584</v>
       </c>
       <c r="D123" t="s">
-        <v>579</v>
-[...3 lines deleted...]
-      </c>
+        <v>585</v>
+      </c>
+      <c r="E123"/>
       <c r="F123" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="B124" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="C124" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D124" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="E124" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="F124" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B125" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="C125" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="D125" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="E125" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="F125" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="B126" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="C126" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D126" t="s">
-        <v>594</v>
-[...3 lines deleted...]
-      </c>
+        <v>599</v>
+      </c>
+      <c r="E126"/>
       <c r="F126" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="B127" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="C127" t="s">
-        <v>8</v>
+        <v>433</v>
       </c>
       <c r="D127" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="E127" t="s">
-        <v>600</v>
+        <v>435</v>
       </c>
       <c r="F127" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B128" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C128" t="s">
         <v>8</v>
       </c>
       <c r="D128" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="E128" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="F128" t="s">
-        <v>606</v>
+        <v>119</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B129" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C129" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D129" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="E129" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="F129" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B130" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C130" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="D130" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="E130" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="F130" t="s">
-        <v>616</v>
+        <v>119</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B131" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C131" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="D131" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="E131" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="F131" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>622</v>
+        <v>145</v>
       </c>
       <c r="B132" t="s">
         <v>623</v>
       </c>
       <c r="C132" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D132" t="s">
         <v>624</v>
       </c>
       <c r="E132" t="s">
+        <v>529</v>
+      </c>
+      <c r="F132" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
+        <v>145</v>
+      </c>
+      <c r="B133" t="s">
         <v>626</v>
       </c>
-      <c r="B133" t="s">
+      <c r="C133" t="s">
+        <v>30</v>
+      </c>
+      <c r="D133" t="s">
         <v>627</v>
       </c>
-      <c r="C133" t="s">
-[...2 lines deleted...]
-      <c r="D133" t="s">
+      <c r="E133" t="s">
+        <v>148</v>
+      </c>
+      <c r="F133" t="s">
         <v>628</v>
-      </c>
-[...4 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="B134" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="C134" t="s">
         <v>8</v>
       </c>
       <c r="D134" t="s">
+        <v>631</v>
+      </c>
+      <c r="E134" t="s">
+        <v>632</v>
+      </c>
+      <c r="F134" t="s">
         <v>633</v>
-      </c>
-[...4 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
+        <v>634</v>
+      </c>
+      <c r="B135" t="s">
+        <v>635</v>
+      </c>
+      <c r="C135" t="s">
+        <v>8</v>
+      </c>
+      <c r="D135" t="s">
         <v>636</v>
       </c>
-      <c r="B135" t="s">
+      <c r="E135" t="s">
         <v>637</v>
       </c>
-      <c r="C135" t="s">
-[...2 lines deleted...]
-      <c r="D135" t="s">
+      <c r="F135" t="s">
         <v>638</v>
-      </c>
-[...2 lines deleted...]
-        <v>639</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
+        <v>639</v>
+      </c>
+      <c r="B136" t="s">
         <v>640</v>
       </c>
-      <c r="B136" t="s">
+      <c r="C136" t="s">
+        <v>8</v>
+      </c>
+      <c r="D136" t="s">
         <v>641</v>
       </c>
-      <c r="C136" t="s">
-[...2 lines deleted...]
-      <c r="D136" t="s">
+      <c r="E136"/>
+      <c r="F136" t="s">
         <v>642</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
         <v>643</v>
       </c>
       <c r="B137" t="s">
         <v>644</v>
       </c>
       <c r="C137" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D137" t="s">
         <v>645</v>
       </c>
       <c r="E137" t="s">
         <v>646</v>
       </c>
       <c r="F137" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
         <v>648</v>
       </c>
       <c r="B138" t="s">
         <v>649</v>
       </c>
       <c r="C138" t="s">
-        <v>40</v>
+        <v>650</v>
       </c>
       <c r="D138" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="E138" t="s">
-        <v>634</v>
+        <v>652</v>
       </c>
       <c r="F138" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="B139" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="C139" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D139" t="s">
-        <v>654</v>
-[...1 lines deleted...]
-      <c r="E139"/>
+        <v>656</v>
+      </c>
+      <c r="E139" t="s">
+        <v>657</v>
+      </c>
       <c r="F139" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="B140" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="C140" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="D140" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="E140" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="F140" t="s">
-        <v>660</v>
+        <v>119</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="B141" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C141" t="s">
-        <v>210</v>
+        <v>30</v>
       </c>
       <c r="D141" t="s">
-        <v>663</v>
-[...3 lines deleted...]
-      </c>
+        <v>665</v>
+      </c>
+      <c r="E141"/>
       <c r="F141" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="B142" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="C142" t="s">
         <v>8</v>
       </c>
       <c r="D142" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="E142" t="s">
-        <v>668</v>
+        <v>283</v>
       </c>
       <c r="F142" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B143" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C143" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D143" t="s">
-        <v>672</v>
-[...1 lines deleted...]
-      <c r="E143" t="s">
         <v>673</v>
       </c>
+      <c r="E143"/>
       <c r="F143" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
         <v>675</v>
       </c>
       <c r="B144" t="s">
         <v>676</v>
       </c>
       <c r="C144" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="D144" t="s">
         <v>677</v>
       </c>
       <c r="E144" t="s">
         <v>678</v>
       </c>
       <c r="F144" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
         <v>680</v>
       </c>
       <c r="B145" t="s">
         <v>681</v>
       </c>
       <c r="C145" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="D145" t="s">
         <v>682</v>
       </c>
       <c r="E145" t="s">
         <v>683</v>
       </c>
       <c r="F145" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
         <v>685</v>
       </c>
       <c r="B146" t="s">
         <v>686</v>
       </c>
       <c r="C146" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D146" t="s">
         <v>687</v>
       </c>
       <c r="E146" t="s">
         <v>688</v>
       </c>
       <c r="F146" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
         <v>690</v>
       </c>
       <c r="B147" t="s">
         <v>691</v>
       </c>
       <c r="C147" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D147" t="s">
         <v>692</v>
       </c>
       <c r="E147" t="s">
         <v>693</v>
       </c>
       <c r="F147" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
         <v>695</v>
       </c>
       <c r="B148" t="s">
         <v>696</v>
       </c>
       <c r="C148" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D148" t="s">
         <v>697</v>
       </c>
       <c r="E148" t="s">
+        <v>10</v>
+      </c>
+      <c r="F148" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
+        <v>699</v>
+      </c>
+      <c r="B149" t="s">
         <v>700</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149" t="s">
+        <v>8</v>
+      </c>
+      <c r="D149" t="s">
         <v>701</v>
       </c>
-      <c r="C149" t="s">
-[...2 lines deleted...]
-      <c r="D149" t="s">
+      <c r="E149" t="s">
         <v>702</v>
       </c>
-      <c r="E149" t="s">
+      <c r="F149" t="s">
         <v>703</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
+        <v>704</v>
+      </c>
+      <c r="B150" t="s">
         <v>705</v>
       </c>
-      <c r="B150" t="s">
+      <c r="C150" t="s">
+        <v>30</v>
+      </c>
+      <c r="D150" t="s">
         <v>706</v>
       </c>
-      <c r="C150" t="s">
-[...2 lines deleted...]
-      <c r="D150" t="s">
+      <c r="E150" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="F150" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
         <v>709</v>
       </c>
       <c r="B151" t="s">
         <v>710</v>
       </c>
       <c r="C151" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D151" t="s">
         <v>711</v>
       </c>
       <c r="E151" t="s">
         <v>712</v>
       </c>
       <c r="F151" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>714</v>
       </c>
       <c r="B152" t="s">
         <v>715</v>
       </c>
       <c r="C152" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D152" t="s">
         <v>716</v>
       </c>
-      <c r="E152"/>
+      <c r="E152" t="s">
+        <v>717</v>
+      </c>
       <c r="F152" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B153" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C153" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="D153" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="E153" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="F153" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B154" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C154" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D154" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="E154" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="F154" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B155" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C155" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D155" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="E155" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="F155" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">