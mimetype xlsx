--- v4 (2026-02-04)
+++ v5 (2026-03-06)
@@ -12,2252 +12,2237 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Résultats" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="734">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="729">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Horaires</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Communes d'intervention</t>
   </si>
   <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Bazadais</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Bazadais - Bazas</t>
+  </si>
+  <si>
+    <t>Entre 7h et 20h</t>
+  </si>
+  <si>
+    <t>0556654951</t>
+  </si>
+  <si>
+    <t>https://www.cdcdubazadais.fr/solidarite/saad/</t>
+  </si>
+  <si>
+    <t>Aubiac, Bazas, Bernos-Beaulac, Birac, Captieux, Cauvignac, Cazats, Cours-les-Bains, Cudos, Escaudes, Gajac, Gans, Giscos, Goualade, Grignols, Labescau, Lados, Lartigue, Lavazan, Le Nizan, Lerm-et-Musset, Lignan-de-Bazas, Marimbault, Marions, Masseilles, Saint-Côme, Saint-Michel-de-Castelnau, Sauviac, Sendets, Sigalens, Sillas</t>
+  </si>
+  <si>
+    <t>Générale Des Services Bordeaux Rive Droite</t>
+  </si>
+  <si>
+    <t>Générale Des Services Bordeaux Rive Droite - Bordeaux</t>
+  </si>
+  <si>
+    <t>0524703270</t>
+  </si>
+  <si>
+    <t>http://bordeaux-rive-droite.generaledesservices.co</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Floirac, Lormont</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Bouscat</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Bouscat - Le Bouscat</t>
+  </si>
+  <si>
+    <t>0557222736</t>
+  </si>
+  <si>
+    <t>https://www.bouscat.fr/vie-municipale/les-services</t>
+  </si>
+  <si>
+    <t>Le Bouscat</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Blaye</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Blaye - Blaye</t>
+  </si>
+  <si>
+    <t>0557427523</t>
+  </si>
+  <si>
+    <t>https://ccb-blaye.com/service-a-la-personne/le-cen</t>
+  </si>
+  <si>
+    <t>Bayon-sur-Gironde, Berson, Blaye, Campugnan, Cars, Comps, Fours, Gauriac, Générac, Plassac, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Genès-de-Blaye, Saint-Girons-d'Aiguevives, Saint-Martin-Lacaussade, Saint-Paul, Saint-Seurin-de-Bourg, Samonac, Saugon, Villeneuve</t>
+  </si>
+  <si>
+    <t>DOMIDOM</t>
+  </si>
+  <si>
+    <t>DOMIDOM - Bordeaux</t>
+  </si>
+  <si>
+    <t>Avant 7h, Entre 7h et 20h, Après 20h</t>
+  </si>
+  <si>
+    <t>0557591330</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Arveyres, Audenge, Avensan, Ayguemorte-les-Graves, Bassens, Bayas, Beautiran, Bègles, Belin-Béliet, Beychac-et-Caillau, Biganos, Blanquefort, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Brach, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Camarsac, Camps-sur-l'Isle, Canéjan, Carbon-Blanc, Carignan-de-Bordeaux, Castelnau-de-Médoc, Castres-Gironde, Cavignac, Cenon, Cestas, Cézac, Chamadelle, Civrac-de-Blaye, Coutras, Cubnezais, Cubzac-les-Ponts, Cussac-Fort-Médoc, Daignac, Dardenac, Donnezac, Espiet, Eysines, Fargues-Saint-Hilaire, Floirac, Gauriaguet, Génissac, Gours, Gradignan, Guîtres, Gujan-Mestras, Isle-Saint-Georges, Izon, La Brède, La Teste-de-Buch, Labarde, Lagorce, Lalande-de-Pomerol, Lamarque, Lansac, Lanton, Lapouyade, Laruscade, Le Barp, Le Bouscat, Le Fieu, Le Haillan, Le Pian-Médoc, Le Porge, Le Taillan-Médoc, Le Teich, Le Temple, Lège-Cap-Ferret, Léognan, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Listrac-Médoc, Lormont, Ludon-Médoc, Lugos, Macau, Maransin, Marcenais, Marcheprime, Margaux-Cantenac, Marsas, Martignas-sur-Jalle, Martillac, Mérignac, Mios, Mombrier, Montussan, Moulis-en-Médoc, Moulon, Nérigean, Parempuyre, Pessac, Peujard, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puynormand, Sablons, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Gervais, Saint-Jean-d'Illac, Saint-Laurent-d'Arce, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Magne, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Selve, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Yzan-de-Soudiac, Sainte-Eulalie, Sainte-Hélène, Salaunes, Sallebœuf, Salles, Saucats, Saumos, Savignac-de-l'Isle, Soussans, Talence, Tauriac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Villenave-d'Ornon, Virsac, Yvrac</t>
+  </si>
+  <si>
     <t>DESTIA</t>
   </si>
   <si>
     <t>DESTIA - Gujan-Mestras</t>
   </si>
   <si>
-    <t>Avant 7h, Entre 7h et 20h, Après 20h</t>
-[...1 lines deleted...]
-  <si>
     <t>0557164159</t>
   </si>
   <si>
     <t>https://www.destia.fr</t>
   </si>
   <si>
     <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Belin-Béliet, Biganos, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Barp, Le Teich, Lège-Cap-Ferret, Lugos, Marcheprime, Mios, Saint-Magne, Salles</t>
   </si>
   <si>
+    <t>o2 Bordeaux Mérignac</t>
+  </si>
+  <si>
+    <t>o2 Bordeaux Mérignac - Mérignac</t>
+  </si>
+  <si>
+    <t>0787498234</t>
+  </si>
+  <si>
+    <t>https://www.o2.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bruges, Eysines, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Médard-en-Jalles, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS de Blanquefort</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS de Blanquefort - Blanquefort</t>
+  </si>
+  <si>
+    <t>0556574855</t>
+  </si>
+  <si>
+    <t>https://www.ville-blanquefort.fr/portfolio_page/ai</t>
+  </si>
+  <si>
+    <t>Blanquefort</t>
+  </si>
+  <si>
+    <t>AIDOMI</t>
+  </si>
+  <si>
+    <t>AIDOMI - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556019191</t>
+  </si>
+  <si>
+    <t>https://www.aidomi.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive droite, Bordeaux rive gauche</t>
+  </si>
+  <si>
+    <t>DOM'ILLAC</t>
+  </si>
+  <si>
+    <t>DOM'ILLAC - Saint-Jean-d'Illac</t>
+  </si>
+  <si>
+    <t>0556217633</t>
+  </si>
+  <si>
+    <t>http://www.ducdelorge.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Audenge, Bassens, Bègles, Béguey, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cadillac, Canéjan, Carbon-Blanc, Cardan, Cenon, Cérons, Cestas, Eysines, Floirac, Gradignan, Illats, Landiras, Lanton, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lestiac-sur-Garonne, Lormont, Loupiac, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Monprimblanc, Omet, Paillet, Parempuyre, Pessac, Podensac, Portets, Preignac, Rions, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Fronsadais</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Fronsadais - Saint-Germain-de-la-Rivière</t>
+  </si>
+  <si>
+    <t>0557840709</t>
+  </si>
+  <si>
+    <t>https://www.cdc-fronsadais.com</t>
+  </si>
+  <si>
+    <t>Asques, Cadillac-en-Fronsadais, Fronsac, Galgon, La Lande-de-Fronsac, La Rivière, Lugon-et-l'Île-du-Carnay, Mouillac, Périssac, Saillans, Saint-Aignan, Saint-Ciers-d'Abzac, Saint-Genès-de-Fronsac, Saint-Germain-de-la-Rivière, Saint-Michel-de-Fronsac, Saint-Romain-la-Virvée, Tarnès, Vérac, Villegouge</t>
+  </si>
+  <si>
+    <t>SEREN'AIDES</t>
+  </si>
+  <si>
+    <t>SEREN'AIDES - TALENCE</t>
+  </si>
+  <si>
+    <t>0619286153</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lormont, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Azaé Bassin d'Arcachon</t>
+  </si>
+  <si>
+    <t>Azaé Bassin d'Arcachon - Biganos</t>
+  </si>
+  <si>
+    <t>0556264150</t>
+  </si>
+  <si>
+    <t>https://www.azae.com/</t>
+  </si>
+  <si>
+    <t>Aillas, Andernos-les-Bains, Arbanats, Arbis, Arcachon, Arès, Aubiac, Audenge, Auros, Ayguemorte-les-Graves, Baigneaux, Balizac, Barie, Barsac, Bassanne, Bazas, Beautiran, Bègles, Béguey, Belin-Béliet, Bellebat, Bellefond, Bernos-Beaulac, Berthez, Bieujac, Biganos, Birac, Blaignac, Blasimon, Bommes, Bordeaux rive gauche, Bourdelles, Bourideys, Brannens, Brouqueyran, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Canéjan, Cantois, Captieux, Casseuil, Castelmoron-d'Albret, Castelviel, Castets et Castillon, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cérons, Cessac, Cestas, Cleyrac, Coimères, Coirac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutures, Cudos, Daubèze, Dieulivol, Escaudes, Faleyras, Fargues, Floudès, Fontet, Frontenac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gradignan, Grignols, Guillos, Gujan-Mestras, Hostens, Hure, Illats, Isle-Saint-Georges, La Brède, La Réole, La Teste-de-Buch, Labescau, Ladaux, Lados, Landerrouet-sur-Ségur, Landiras, Langon, Lanton, Lartigue, Lavazan, Le Barp, Le Nizan, Le Pian-sur-Garonne, Le Porge, Le Puy, Le Teich, Le Tuzan, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Lignan-de-Bazas, Louchats, Loupiac-de-la-Réole, Lucmau, Lugasson, Lugos, Marcheprime, Marimbault, Marions, Martillac, Martres, Masseilles, Mauriac, Mazères, Mesterrieux, Mios, Montignac, Mourens, Neuffons, Noaillac, Noaillan, Origne, Pessac, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols-sur-Ciron, Puybarban, Rimons, Rions, Roaillan, Romagne, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Côme, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Jean-d'Illac, Saint-Laurent-du-Bois, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Médard-d'Eyrans, Saint-Michel-de-Castelnau, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Selve, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Symphorien, Sainte-Croix-du-Mont, Sainte-Gemme, Salles, Saucats, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Sendets, Sigalens, Sillas, Soulignac, Soussac, Taillecavat, Talence, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-d'Ornon, Virelade</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cadaujac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cadaujac - Cadaujac</t>
+  </si>
+  <si>
+    <t>0557838218</t>
+  </si>
+  <si>
+    <t>http://www.mairie-cadaujac.fr/solidarite/action-so</t>
+  </si>
+  <si>
+    <t>Cadaujac</t>
+  </si>
+  <si>
+    <t>Unadev</t>
+  </si>
+  <si>
+    <t>Unadev - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556338581</t>
+  </si>
+  <si>
+    <t>https://www.unadev.fr</t>
+  </si>
+  <si>
+    <t>SOS SOLUTION SERVICES</t>
+  </si>
+  <si>
+    <t>SOS SOLUTION SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0967778322</t>
+  </si>
+  <si>
+    <t>http://sossolutionservices.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Cenon, Eysines, Gradignan, Le Bouscat, Lormont, Mérignac, Pessac, Talence</t>
+  </si>
+  <si>
+    <t>DOMA VITAE</t>
+  </si>
+  <si>
+    <t>DOMA VITAE - Biganos</t>
+  </si>
+  <si>
+    <t>0557161021</t>
+  </si>
+  <si>
+    <t>https://www.maintien-adom.com</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Belin-Béliet, Biganos, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Barp, Le Teich, Lège-Cap-Ferret, Lugos, Marcheprime, Mios, Salles</t>
+  </si>
+  <si>
+    <t>Et Après Services 33</t>
+  </si>
+  <si>
+    <t>Et Après Services 33 - Eysines</t>
+  </si>
+  <si>
+    <t>0648094378</t>
+  </si>
+  <si>
+    <t>https://www.etapres-services.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Arveyres, Asques, Aubiac, Audenge, Auriolles, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Balizac, Barie, Bassanne, Bassens, Baurech, Bayas, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Belin-Béliet, Belvès-de-Castillon, Bernos-Beaulac, Berson, Berthez, Bieujac, Biganos, Birac, Blaignac, Blaignan, Blanquefort, Blaye, Bommes, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Braud-et-Saint-Louis, Brouqueyran, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Cadillac-en-Fronsadais, Cambes, Camblanes-et-Meynac, Camiran, Camps-sur-l'Isle, Campugnan, Canéjan, Caplong, Captieux, Carbon-Blanc, Carcans, Cars, Cartelègue, Casseuil, Castelnau-de-Médoc, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cénac, Cenon, Cestas, Chamadelle, Cissac-Médoc, Civrac-en-Médoc, Coimères, Comps, Couquèques, Cours-les-Bains, Coutras, Cubzac-les-Ponts, Cudos, Cussac-Fort-Médoc, Daignac, Dardenac, Escaudes, Espiet, Étauliers, Eynesse, Eyrans, Eysines, Fargues, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Francs, Fronsac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gironde-sur-Dropt, Giscos, Goualade, Gours, Gradignan, Grayan-et-l'Hôpital, Grignols, Guîtres, Hostens, Hourtin, Hure, Isle-Saint-Georges, Izon, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Roquille, Labarde, Labescau, Lacanau, Lados, Lagorce, Lalande-de-Pomerol, Lamarque, Lamothe-Landerron, Landerrouat, Langoiran, Langon, Lansac, Lanton, Lapouyade, Lartigue, Latresne, Lavazan, Le Barp, Le Bouscat, Le Fieu, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Taillan-Médoc, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Esseintes, Les Lèves-et-Thoumeyragues, Les Peintures, Lesparre-Médoc, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugon-et-l'Île-du-Carnay, Lugos, Lussac, Macau, Maransin, Marcheprime, Marcillac, Margaux-Cantenac, Margueron, Marimbault, Marions, Martignas-sur-Jalle, Martillac, Masseilles, Massugas, Mazères, Mazion, Mérignac, Mios, Mombrier, Mongauzy, Monségur, Montagne, Montagoudin, Morizès, Mouillac, Moulis-en-Médoc, Moulon, Naujac-sur-Mer, Néac, Nérigean, Noaillac, Noaillan, Ordonnac, Origne, Parempuyre, Pauillac, Pellegrue, Périssac, Pessac, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Pomerol, Pompéjac, Pondaurat, Porchères, Préchac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Puisseguin, Puybarban, Puynormand, Queyrac, Quinsac, Reignac, Riocaud, Roaillan, Roquebrune, Sablons, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Estèphe, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Hippolyte, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Loubert, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martial, Saint-Martin-de-Laye, Saint-Martin-de-Sescas, Saint-Martin-du-Bois, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Morillon, Saint-Palais, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Sauveur-de-Puynormand, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzans-de-Médoc, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Hélène, Sainte-Terre, Salaunes, Salles, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauviac, Savignac, Savignac-de-l'Isle, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soussans, Tabanac, Talais, Talence, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Toulenne, Uzeste, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Vignonet, Villandraut, Villegouge, Villenave-d'Ornon, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Créon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Créon - Créon</t>
+  </si>
+  <si>
+    <t>0557345466</t>
+  </si>
+  <si>
+    <t>http://www.mairie-creon.fr/ccas/</t>
+  </si>
+  <si>
+    <t>Baron, Blésignac, Camiac-et-Saint-Denis, Créon, Croignon, Cursan, Haux, La Sauve, Le Pout, Madirac, Sadirac, Saint-Genès-de-Lombaud, Saint-Léon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Landiras</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Landiras - Landiras</t>
+  </si>
+  <si>
+    <t>0556625028</t>
+  </si>
+  <si>
+    <t>https://landiras.fr/c-c-a-s/</t>
+  </si>
+  <si>
+    <t>Landiras</t>
+  </si>
+  <si>
+    <t>AVEC ANFASIAD MES SERVICES A DOMICILE</t>
+  </si>
+  <si>
+    <t>AVEC ANFASIAD MES SERVICES A DOMICILE - Antenne Galgon</t>
+  </si>
+  <si>
+    <t>Entre 7h et 20h, Après 20h</t>
+  </si>
+  <si>
+    <t>0533094545</t>
+  </si>
+  <si>
+    <t>https://www.avec.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arès, Artigues-près-Bordeaux, Arveyres, Asques, Audenge, Bassens, Bayas, Bègles, Biganos, Blanquefort, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Bruges, Cadarsac, Cadillac-en-Fronsadais, Camps-sur-l'Isle, Carbon-Blanc, Carcans, Cenon, Chamadelle, Coutras, Cubzac-les-Ponts, Daignac, Dardenac, Espiet, Eysines, Floirac, Fronsac, Galgon, Gauriaguet, Génissac, Gours, Gradignan, Grayan-et-l'Hôpital, Guîtres, Gujan-Mestras, Hourtin, Izon, Jau-Dignac-et-Loirac, La Lande-de-Fronsac, La Rivière, La Teste-de-Buch, Lacanau, Lagorce, Lalande-de-Pomerol, Lansac, Lanton, Lapouyade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Le Teich, Le Verdon-sur-Mer, Lège-Cap-Ferret, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Lugon-et-l'Île-du-Carnay, Maransin, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Mombrier, Mouillac, Moulon, Naujac-sur-Mer, Nérigean, Parempuyre, Périssac, Pessac, Peujard, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puynormand, Queyrac, Sablons, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Genès-de-Fronsac, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Laurent-d'Arce, Saint-Louis-de-Montferrand, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Fronsac, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Savignac-de-l'Isle, Soulac-sur-Mer, Talais, Talence, Tarnès, Tauriac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Villegouge, Villenave-d'Ornon, Virsac</t>
+  </si>
+  <si>
+    <t>DOMIFASERVICES</t>
+  </si>
+  <si>
+    <t>DOMIFASERVICES - Cenon</t>
+  </si>
+  <si>
+    <t>0556409905</t>
+  </si>
+  <si>
+    <t>http://www.domifaservices.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bègles, Beychac-et-Caillau, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Camarsac, Carbon-Blanc, Carignan-de-Bordeaux, Cenon, Fargues-Saint-Hilaire, Floirac, Lormont, Montussan, Pompignac, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS duTeich</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS duTeich - Le Teich</t>
+  </si>
+  <si>
+    <t>0556224502</t>
+  </si>
+  <si>
+    <t>https://www.leteich.fr</t>
+  </si>
+  <si>
+    <t>Le Teich</t>
+  </si>
+  <si>
+    <t>DANAE</t>
+  </si>
+  <si>
+    <t>DANAE - Mérignac</t>
+  </si>
+  <si>
+    <t>0556281511</t>
+  </si>
+  <si>
+    <t>https://www.residences-danae.fr</t>
+  </si>
+  <si>
+    <t>SOS AIDES A DOMICILE</t>
+  </si>
+  <si>
+    <t>SOS AIDES A DOMICILE - Talence</t>
+  </si>
+  <si>
+    <t>0556290644</t>
+  </si>
+  <si>
+    <t>https://WWW.SOS-AIDES-A-DOMICILE.FR</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Gradignan, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Castillon-Pujols</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS de Castillon-Pujols - Castillon-la-Bataille</t>
+  </si>
+  <si>
+    <t>0564101292</t>
+  </si>
+  <si>
+    <t>https://www.castillonpujols.fr/</t>
+  </si>
+  <si>
+    <t>Branne, Cabara, Castillon-la-Bataille, Grézillac, Guillac, Jugazan, Lugaignac, Naujan-et-Postiac, Saint-Aubin-de-Branne, Sainte-Colombe</t>
+  </si>
+  <si>
+    <t>APAISAD du Nord et Est Libournais</t>
+  </si>
+  <si>
+    <t>APAISAD du Nord et Est Libournais - Abzac</t>
+  </si>
+  <si>
+    <t>0557693616</t>
+  </si>
+  <si>
+    <t>Abzac, Auriolles, Bayas, Belvès-de-Castillon, Bonzac, Bossugan, Camps-sur-l'Isle, Caplong, Castillon-la-Bataille, Chamadelle, Civrac-sur-Dordogne, Coubeyrac, Coutras, Doulezon, Eynesse, Flaujagues, Francs, Gardegan-et-Tourtirac, Gensac, Gours, Guîtres, Juillac, La Roquille, Lagorce, Landerrouat, Lapouyade, Le Fieu, Les Artigues-de-Lussac, Les Églisottes-et-Chalaures, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Ligueux, Listrac-de-Durèze, Lussac, Maransin, Margueron, Massugas, Montagne, Mouliets-et-Villemartin, Néac, Pellegrue, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Pineuilh, Porchères, Puisseguin, Pujols, Puynormand, Rauzan, Riocaud, Sablons, Saint-André-et-Appelles, Saint-Antoine-sur-l'Isle, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Magne-de-Castillon, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Radegonde, Sainte-Terre, Savignac-de-l'Isle, Tayac, Tizac-de-Lapouyade, Vignonet</t>
+  </si>
+  <si>
+    <t>AUXI LIFE</t>
+  </si>
+  <si>
+    <t>AUXI LIFE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556926277</t>
+  </si>
+  <si>
+    <t>https://www.auxilife.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Arbis, Artigues-près-Bordeaux, Arveyres, Asques, Baigneaux, Baron, Bassens, Baurech, Bayas, Bègles, Bellebat, Bellefond, Beychac-et-Caillau, Blanquefort, Blasimon, Blésignac, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bouliac, Branne, Bruges, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Cantois, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Castelmoron-d'Albret, Castelviel, Castillon-la-Bataille, Caumont, Cavignac, Cazaugitat, Cénac, Cenon, Cessac, Cézac, Chamadelle, Civrac-de-Blaye, Civrac-sur-Dordogne, Cleyrac, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubnezais, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donnezac, Doulezon, Espiet, Eysines, Faleyras, Fargues-Saint-Hilaire, Flaujagues, Floirac, Fronsac, Frontenac, Galgon, Génissac, Gensac, Gornac, Gours, Gradignan, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouet-sur-Ségur, Langoiran, Lapouyade, Laruscade, Latresne, Le Bouscat, Le Fieu, Le Haillan, Le Pout, Le Puy, Le Taillan-Médoc, Le Tourne, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Les Salles-de-Castillon, Libourne, Lignan-de-Bordeaux, Lormont, Loupes, Lugaignac, Lugasson, Lugon-et-l'Île-du-Carnay, Madirac, Maransin, Marcenais, Marsas, Martignas-sur-Jalle, Martres, Mauriac, Mérignac, Mérignas, Mesterrieux, Montignac, Montussan, Mouillac, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Nérigean, Neuffons, Parempuyre, Périssac, Pessac, Pessac-sur-Dordogne, Pomerol, Pompignac, Porchères, Pujols, Puynormand, Quinsac, Rauzan, Rimons, Romagne, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Aubin-de-Médoc, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Hilaire-du-Bois, Saint-Jean-de-Blaignac, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Magne-de-Castillon, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Michel-de-Fronsac, Saint-Pey-de-Castets, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Saint-Vincent-de-Pertignas, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Eulalie, Sainte-Florence, Sainte-Gemme, Sainte-Radegonde, Sallebœuf, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Talence, Targon, Tarnès, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Vérac, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>TCA</t>
+  </si>
+  <si>
+    <t>TCA - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556900297</t>
+  </si>
+  <si>
+    <t>http://tcasso.org/</t>
+  </si>
+  <si>
+    <t>A.A.S.</t>
+  </si>
+  <si>
+    <t>A.A.S. - Ambarès-et-Lagrave</t>
+  </si>
+  <si>
+    <t>0556060549</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Bassens, Carbon-Blanc, Saint-Louis-de-Montferrand, Saint-Vincent-de-Paul</t>
+  </si>
+  <si>
+    <t>AXEO SERVICES</t>
+  </si>
+  <si>
+    <t>AXEO SERVICES - Gradignan</t>
+  </si>
+  <si>
+    <t>0556490212</t>
+  </si>
+  <si>
+    <t>https://www.axeoservices.fr</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Bazas, Beautiran, Bègles, Belin-Béliet, Bordeaux rive gauche, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Grignols, Isle-Saint-Georges, La Brède, Langon, Le Bouscat, Léognan, Martillac, Mérignac, Pessac, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>ASAP MEDOC</t>
+  </si>
+  <si>
+    <t>ASAP MEDOC - Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>0556456797</t>
+  </si>
+  <si>
+    <t>https://www.asapdomicile-bordeauxmetropole.fr</t>
+  </si>
+  <si>
+    <t>Bégadan, Blaignan, Blanquefort, Carcans, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Gaillan-en-Médoc, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Lacanau, Le Haillan, Le Taillan-Médoc, Le Verdon-sur-Mer, Lesparre-Médoc, Martignas-sur-Jalle, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Prignac-en-Médoc, Queyrac, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Soulac-sur-Mer, Talais, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil</t>
+  </si>
+  <si>
+    <t>NERIGEA'DOM</t>
+  </si>
+  <si>
+    <t>NERIGEA'DOM - Nérigean</t>
+  </si>
+  <si>
+    <t>0557515913</t>
+  </si>
+  <si>
+    <t>https://nerigean.fr/nerigeadom/</t>
+  </si>
+  <si>
+    <t>Daignac, Dardenac, Espiet, Génissac, Moulon, Nérigean, Saint-Germain-du-Puch, Saint-Quentin-de-Baron, Tizac-de-Curton</t>
+  </si>
+  <si>
+    <t>CIAS DU PAYS FOYEN -- Service d'Aide et d'Accompagnement à Domicile</t>
+  </si>
+  <si>
+    <t>CIAS DU PAYS FOYEN -- Service d'Aide et d'Accompagnement à Domicile - Pineuilh</t>
+  </si>
+  <si>
+    <t>0524241503</t>
+  </si>
+  <si>
+    <t>https://www.paysfoyen.fr</t>
+  </si>
+  <si>
+    <t>Caplong, Eynesse, La Roquille, Les Lèves-et-Thoumeyragues, Ligueux, Margueron, Pineuilh, Riocaud, Saint-André-et-Appelles, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Sainte-Foy-la-Grande</t>
+  </si>
+  <si>
+    <t>CIAS LES RIVES DE LA LAURENCE</t>
+  </si>
+  <si>
+    <t>CIAS LES RIVES DE LA LAURENCE - Saint-Loubès</t>
+  </si>
+  <si>
+    <t>0556789111</t>
+  </si>
+  <si>
+    <t>http://www.cdcsaintloubes.fr/les-services/le-c-i-a</t>
+  </si>
+  <si>
+    <t>Beychac-et-Caillau, Montussan, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Yvrac</t>
+  </si>
+  <si>
+    <t>ADHM</t>
+  </si>
+  <si>
+    <t>ADHM - Saint-Aubin-de-Médoc</t>
+  </si>
+  <si>
+    <t>0556054584</t>
+  </si>
+  <si>
+    <t>http://www.adhm33.fr</t>
+  </si>
+  <si>
+    <t>Blanquefort, Eysines, Le Haillan, Le Pian-Médoc, Le Porge, Le Taillan-Médoc, Ludon-Médoc, Macau, Parempuyre, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>FREEDOM SENIOR COMPAGNIE</t>
+  </si>
+  <si>
+    <t>FREEDOM SENIOR COMPAGNIE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556523479</t>
+  </si>
+  <si>
+    <t>https://www.senior-compagnie.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Cenon, Eysines, Floirac, Le Bouscat, Lormont, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Les Mésanges Bleues</t>
+  </si>
+  <si>
+    <t>Les Mésanges Bleues - Créon</t>
+  </si>
+  <si>
+    <t>0556690794</t>
+  </si>
+  <si>
+    <t>Baron, Blésignac, Camiac-et-Saint-Denis, Capian, Créon, Croignon, Cursan, Haux, La Sauve, Le Pout, Loupes, Madirac, Sadirac, Saint-Genès-de-Lombaud, Saint-Léon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>SAD du C.C.A.S. de BEGLES</t>
+  </si>
+  <si>
+    <t>SAD du C.C.A.S. de BEGLES - Bègles</t>
+  </si>
+  <si>
+    <t>0556498845</t>
+  </si>
+  <si>
+    <t>https://www.mairie-begles.fr/</t>
+  </si>
+  <si>
+    <t>Bègles</t>
+  </si>
+  <si>
+    <t>DOMALIANCE</t>
+  </si>
+  <si>
+    <t>DOMALIANCE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557883677</t>
+  </si>
+  <si>
+    <t>https://www.domaliance.fr/index-des-agences-par-ville/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Haux, Izon, La Sauve, Langoiran, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Martignas-sur-Jalle, Mérignac, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>CCAS AMBARES ET LAGRAVE</t>
+  </si>
+  <si>
+    <t>CCAS AMBARES ET LAGRAVE - AMBARES ET LAGRAVE</t>
+  </si>
+  <si>
+    <t>0556773456</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave</t>
+  </si>
+  <si>
+    <t>SAAD du Centre de Soins du Réolais</t>
+  </si>
+  <si>
+    <t>SAAD du Centre de Soins du Réolais - La Réole</t>
+  </si>
+  <si>
+    <t>0556610425</t>
+  </si>
+  <si>
+    <t>https://www.cds-reolais.org</t>
+  </si>
+  <si>
+    <t>Bagas, Barie, Bassanne, Blaignac, Bourdelles, Camiran, Casseuil, Floudès, Fontet, Fossès-et-Baleyssac, Gironde-sur-Dropt, Hure, La Réole, Lamothe-Landerron, Les Esseintes, Loubens, Loupiac-de-la-Réole, Mongauzy, Montagoudin, Morizès, Noaillac, Pondaurat, Puybarban, Saint-Exupéry, Saint-Hilaire-de-la-Noaille, Saint-Laurent-du-Plan, Saint-Martin-de-Lerm, Saint-Michel-de-Lapujade, Saint-Sève</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS PESSAC</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS PESSAC - Pessac</t>
+  </si>
+  <si>
+    <t>0557936746</t>
+  </si>
+  <si>
+    <t>https://www.pessac.fr</t>
+  </si>
+  <si>
+    <t>Pessac</t>
+  </si>
+  <si>
+    <t>AZAE BORDEAUX NORD</t>
+  </si>
+  <si>
+    <t>AZAE BORDEAUX NORD - Bruges</t>
+  </si>
+  <si>
+    <t>0556587220</t>
+  </si>
+  <si>
+    <t>https://www.azae.com</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Brach, Carcans, Castelnau-de-Médoc, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Gaillan-en-Médoc, Gradignan, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Le Pian-Médoc, Le Temple, Le Verdon-sur-Mer, Lesparre-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Queyrac, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saumos, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Canéjan</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Canéjan - Canéjan</t>
+  </si>
+  <si>
+    <t>0556899676</t>
+  </si>
+  <si>
+    <t>https://www.canejan.fr/</t>
+  </si>
+  <si>
+    <t>Canéjan</t>
+  </si>
+  <si>
+    <t>SAAD DU CCAS DE CENON</t>
+  </si>
+  <si>
+    <t>SAAD DU CCAS DE CENON - Cenon</t>
+  </si>
+  <si>
+    <t>0547305060</t>
+  </si>
+  <si>
+    <t>https://www.cenon.fr</t>
+  </si>
+  <si>
+    <t>Cenon</t>
+  </si>
+  <si>
+    <t>ADHAP</t>
+  </si>
+  <si>
+    <t>ADHAP - Antenne Bordeaux</t>
+  </si>
+  <si>
+    <t>0556501221</t>
+  </si>
+  <si>
+    <t>https://www.adhap.fr/aide-a-domicile-bruges</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Parempuyre</t>
+  </si>
+  <si>
+    <t>ORMALI</t>
+  </si>
+  <si>
+    <t>ORMALI - Parempuyre</t>
+  </si>
+  <si>
+    <t>0556451156</t>
+  </si>
+  <si>
+    <t>https://ormali-service-33.fr/</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Blanquefort, Bordeaux rive gauche, Bruges, Castelnau-de-Médoc, Cussac-Fort-Médoc, Eysines, Labarde, Lamarque, Le Bouscat, Le Pian-Médoc, Le Taillan-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Parempuyre, Pauillac, Saint-Aubin-de-Médoc, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Soussans</t>
+  </si>
+  <si>
+    <t>DOMIS +</t>
+  </si>
+  <si>
+    <t>DOMIS + - Bazas</t>
+  </si>
+  <si>
+    <t>0556651200</t>
+  </si>
+  <si>
+    <t>https://www.domisplus.com</t>
+  </si>
+  <si>
+    <t>Aillas, Arbanats, Arbis, Aubiac, Auros, Ayguemorte-les-Graves, Baigneaux, Balizac, Barie, Baron, Barsac, Baurech, Bazas, Beautiran, Béguey, Belin-Béliet, Bellebat, Bellefond, Bernos-Beaulac, Berthez, Bieujac, Birac, Blésignac, Bommes, Bourideys, Brannens, Brouqueyran, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Canéjan, Cantois, Captieux, Cardan, Casseuil, Castelviel, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cénac, Cérons, Cestas, Coimères, Coirac, Courpiac, Cours-les-Bains, Cudos, Cursan, Donzac, Escaudes, Escoussans, Faleyras, Fargues, Fontet, Gabarnac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Grignols, Guillos, Haux, Hostens, Hure, Illats, Isle-Saint-Georges, La Brède, La Sauve, Labescau, Ladaux, Lados, Landiras, Langoiran, Langon, Laroque, Lartigue, Latresne, Lavazan, Le Barp, Le Nizan, Le Pian-sur-Garonne, Le Pout, Le Tourne, Le Tuzan, Léogeats, Léognan, Lerm-et-Musset, Lestiac-sur-Garonne, Lignan-de-Bazas, Lignan-de-Bordeaux, Louchats, Loupes, Loupiac, Lucmau, Lugos, Madirac, Marimbault, Marions, Martillac, Masseilles, Mazères, Monprimblanc, Noaillan, Omet, Origne, Paillet, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols-sur-Ciron, Puybarban, Quinsac, Rimons, Rions, Roaillan, Romagne, Sadirac, Saint-André-du-Bois, Saint-Caprais-de-Bordeaux, Saint-Côme, Saint-Genès-de-Lombaud, Saint-Germain-de-Grave, Saint-Hilaire-du-Bois, Saint-Laurent-du-Bois, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Médard-d'Eyrans, Saint-Michel-de-Castelnau, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Selve, Saint-Symphorien, Sainte-Croix-du-Mont, Salles, Saucats, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulignac, Tabanac, Taillecavat, Targon, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-d'Ornon, Villenave-de-Rions, Virelade</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Pierre d'Aurillac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Pierre d'Aurillac - Saint-Pierre-d'Aurillac</t>
+  </si>
+  <si>
+    <t>0556633027</t>
+  </si>
+  <si>
+    <t>Saint-André-du-Bois, Saint-Laurent-du-Plan, Saint-Martial, Saint-Martin-de-Sescas, Saint-Pierre-d'Aurillac, Semens, Verdelais</t>
+  </si>
+  <si>
+    <t>SUDGIMAD</t>
+  </si>
+  <si>
+    <t>SUDGIMAD - Caudrot</t>
+  </si>
+  <si>
+    <t>0556627500</t>
+  </si>
+  <si>
+    <t>Aillas, Arbanats, Arbis, Aubiac, Auriolles, Auros, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bazas, Béguey, Bellebat, Bellefond, Bernos-Beaulac, Berthez, Bieujac, Birac, Blaignac, Blasimon, Bommes, Bossugan, Bourdelles, Bourideys, Branne, Brannens, Brouqueyran, Budos, Cabara, Cadillac, Camiac-et-Saint-Denis, Camiran, Cantois, Capian, Captieux, Cardan, Casseuil, Castelmoron-d'Albret, Castelviel, Castets et Castillon, Castillon-la-Bataille, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cérons, Cessac, Civrac-sur-Dordogne, Cleyrac, Coimères, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutures, Cudos, Daignac, Dardenac, Daubèze, Dieulivol, Donzac, Doulezon, Escaudes, Escoussans, Espiet, Faleyras, Fargues, Flaujagues, Floudès, Fontet, Fossès-et-Baleyssac, Frontenac, Gabarnac, Gajac, Gans, Gensac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Grézillac, Grignols, Guillac, Guillos, Hostens, Hure, Illats, Jugazan, Juillac, La Réole, Labescau, Ladaux, Lados, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langon, Laroque, Lartigue, Lavazan, Le Nizan, Le Pian-sur-Garonne, Le Puy, Le Tuzan, Léogeats, Lerm-et-Musset, Les Esseintes, Les Salles-de-Castillon, Lestiac-sur-Garonne, Lignan-de-Bazas, Listrac-de-Durèze, Loubens, Louchats, Loupiac, Loupiac-de-la-Réole, Lucmau, Lugaignac, Lugasson, Marimbault, Marions, Martres, Masseilles, Massugas, Mauriac, Mazères, Mérignas, Mesterrieux, Mongauzy, Monprimblanc, Monségur, Montagoudin, Montignac, Morizès, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Origne, Paillet, Pellegrue, Pessac-sur-Dordogne, Podensac, Pompéjac, Pondaurat, Portets, Préchac, Preignac, Pujols, Pujols-sur-Ciron, Puybarban, Rauzan, Rimons, Rions, Roaillan, Romagne, Roquebrune, Ruch, Saint-André-du-Bois, Saint-Antoine-du-Queyret, Saint-Aubin-de-Branne, Saint-Brice, Saint-Côme, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Germain-de-Grave, Saint-Germain-du-Puch, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Jean-de-Blaignac, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Martial, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pey-de-Castets, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Sève, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Symphorien, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Monségur, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Florence, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Radegonde, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulignac, Soussac, Taillecavat, Targon, Tizac-de-Curton, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-de-Rions, Virelade</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Andernos</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Andernos - Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>0556828998</t>
+  </si>
+  <si>
+    <t>https://www.andernoslesbains.fr/listes/solidarite/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>o2 Libourne</t>
+  </si>
+  <si>
+    <t>o2 Libourne - Libourne</t>
+  </si>
+  <si>
+    <t>0557501788</t>
+  </si>
+  <si>
+    <t>Abzac, Arveyres, Asques, Baron, Bayas, Belvès-de-Castillon, Blésignac, Bonzac, Bossugan, Bourg, Branne, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Capian, Castillon-la-Bataille, Cavignac, Chamadelle, Civrac-sur-Dordogne, Coubeyrac, Coutras, Créon, Croignon, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Doulezon, Espiet, Flaujagues, Francs, Fronsac, Galgon, Gardegan-et-Tourtirac, Gauriaguet, Génissac, Gensac, Gours, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Sauve, Lagorce, Lalande-de-Pomerol, Lansac, Lapouyade, Laruscade, Le Fieu, Le Pout, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Les Salles-de-Castillon, Libourne, Loupes, Lugaignac, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Marcenais, Marsas, Mérignas, Mombrier, Montagne, Mouillac, Mouliets-et-Villemartin, Moulon, Naujan-et-Postiac, Néac, Nérigean, Périssac, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Peujard, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols, Puynormand, Rauzan, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Léon, Saint-Magne-de-Castillon, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Trojan, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Radegonde, Sainte-Terre, Savignac-de-l'Isle, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Virsac</t>
+  </si>
+  <si>
+    <t>AUXILEO SERVICES</t>
+  </si>
+  <si>
+    <t>AUXILEO SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556177808</t>
+  </si>
+  <si>
+    <t>https://www.auxileoservices.fr</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>CCAS DE BASSENS</t>
+  </si>
+  <si>
+    <t>CCAS DE BASSENS - Bassens</t>
+  </si>
+  <si>
+    <t>0557808150</t>
+  </si>
+  <si>
+    <t>Bassens</t>
+  </si>
+  <si>
+    <t>AMALLYA</t>
+  </si>
+  <si>
+    <t>AMALLYA - Langon</t>
+  </si>
+  <si>
+    <t>0556322010</t>
+  </si>
+  <si>
+    <t>http://www.amallya.fr</t>
+  </si>
+  <si>
+    <t>Aubiac, Bazas, Bieujac, Bommes, Castets et Castillon, Cazats, Coimères, Fargues, Gans, Lados, Langon, Le Nizan, Le Pian-sur-Garonne, Léogeats, Lignan-de-Bazas, Marimbault, Mazères, Noaillan, Roaillan, Saint-André-du-Bois, Saint-Germain-de-Grave, Saint-Macaire, Saint-Maixant, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Sauternes, Sauviac, Semens, Toulenne, Uzeste, Verdelais, Villandraut</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Barp</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS Le Barp - Le Barp</t>
+  </si>
+  <si>
+    <t>0557719859</t>
+  </si>
+  <si>
+    <t>http://www.ville-le-barp.fr/66-aide-au-maintien-a-</t>
+  </si>
+  <si>
+    <t>Le Barp</t>
+  </si>
+  <si>
     <t>ADHAP Services</t>
   </si>
   <si>
     <t>ADHAP Services - Libourne</t>
   </si>
   <si>
     <t>0557848282</t>
   </si>
   <si>
     <t>https://www.adhap.fr/aide-a-domicile-bordeaux-rive</t>
   </si>
   <si>
     <t>Abzac, Anglade, Arbis, Arveyres, Asques, Auriolles, Baigneaux, Baron, Baurech, Bayas, Bayon-sur-Gironde, Bellebat, Bellefond, Belvès-de-Castillon, Berson, Beychac-et-Caillau, Blasimon, Blaye, Blésignac, Bonnetan, Bonzac, Bossugan, Bourg, Branne, Braud-et-Saint-Louis, Cabara, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Campugnan, Cantois, Capian, Caplong, Carignan-de-Bordeaux, Cars, Cartelègue, Castelmoron-d'Albret, Castelviel, Castillon-la-Bataille, Caumont, Cavignac, Cazaugitat, Cénac, Cessac, Cézac, Chamadelle, Civrac-de-Blaye, Civrac-sur-Dordogne, Cleyrac, Coirac, Comps, Coubeyrac, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubnezais, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donnezac, Doulezon, Espiet, Étauliers, Eynesse, Eyrans, Faleyras, Fargues-Saint-Hilaire, Flaujagues, Fours, Francs, Fronsac, Frontenac, Galgon, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gensac, Gornac, Gours, Grézillac, Guillac, Guîtres, Haux, Izon, Jugazan, Juillac, La Lande-de-Fronsac, La Rivière, La Roquille, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouat, Landerrouet-sur-Ségur, Langoiran, Lansac, Lapouyade, Laruscade, Latresne, Le Fieu, Le Pout, Le Puy, Le Tourne, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Libourne, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Loupes, Lugaignac, Lugasson, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Marcenais, Marcillac, Margueron, Marsas, Martres, Massugas, Mauriac, Mazion, Mérignas, Mesterrieux, Mombrier, Montagne, Montignac, Montussan, Mouillac, Mouliets-et-Villemartin, Moulon, Mourens, Naujan-et-Postiac, Néac, Nérigean, Neuffons, Pellegrue, Périssac, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols, Puynormand, Quinsac, Rauzan, Reignac, Rimons, Riocaud, Romagne, Ruch, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Branne, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Magne-de-Castillon, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Palais, Saint-Paul, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Eulalie, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Gemme, Sainte-Radegonde, Sainte-Terre, Sallebœuf, Samonac, Saugon, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Villeneuve, Virsac, Yvrac</t>
   </si>
   <si>
-    <t>ADHAP</t>
-[...14 lines deleted...]
-    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Parempuyre</t>
+    <t>Le Patio Vaillant</t>
+  </si>
+  <si>
+    <t>Le Patio Vaillant - Bordeaux</t>
+  </si>
+  <si>
+    <t>0974197575</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche</t>
+  </si>
+  <si>
+    <t>AZAE LIBOURNE</t>
+  </si>
+  <si>
+    <t>AZAE LIBOURNE - Libourne</t>
+  </si>
+  <si>
+    <t>0557848501</t>
+  </si>
+  <si>
+    <t>Abzac, Arbis, Arveyres, Asques, Baigneaux, Baron, Baurech, Bayas, Bayon-sur-Gironde, Bellebat, Bellefond, Belvès-de-Castillon, Berson, Beychac-et-Caillau, Blasimon, Blaye, Blésignac, Bonnetan, Bonzac, Bourg, Cadarsac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camps-sur-l'Isle, Campugnan, Cantois, Capian, Carignan-de-Bordeaux, Cars, Castelmoron-d'Albret, Castelviel, Caumont, Cazaugitat, Cénac, Cessac, Chamadelle, Cleyrac, Coirac, Comps, Courpiac, Cours-de-Monségur, Coutras, Coutures, Créon, Croignon, Cubzac-les-Ponts, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Espiet, Faleyras, Fargues-Saint-Hilaire, Fours, Francs, Fronsac, Frontenac, Galgon, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gornac, Gours, Guîtres, Haux, Izon, La Lande-de-Fronsac, La Rivière, La Sauve, Ladaux, Lagorce, Lalande-de-Pomerol, Landerrouet-sur-Ségur, Langoiran, Lansac, Lapouyade, Latresne, Le Fieu, Le Pout, Le Puy, Le Tourne, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lignan-de-Bordeaux, Loupes, Lugasson, Lugon-et-l'Île-du-Carnay, Lussac, Madirac, Maransin, Martres, Mauriac, Mesterrieux, Mombrier, Montagne, Montignac, Montussan, Mouillac, Moulon, Mourens, Néac, Nérigean, Neuffons, Périssac, Petit-Palais-et-Cornemps, Peujard, Plassac, Pomerol, Pompignac, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Puynormand, Quinsac, Rimons, Romagne, Sablons, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-la-Rivière, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Michel-de-Fronsac, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Pierre-de-Bat, Saint-Quentin-de-Baron, Saint-Romain-la-Virvée, Saint-Sauveur-de-Puynormand, Saint-Seurin-de-Bourg, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Trojan, Saint-Vivien-de-Blaye, Sainte-Eulalie, Sainte-Gemme, Sainte-Terre, Sallebœuf, Samonac, Saugon, Sauveterre-de-Guyenne, Savignac-de-l'Isle, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tarnès, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Val de Virvée, Vayres, Vérac, Vignonet, Villegouge, Villenave-de-Rions, Villeneuve, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>CCAS AMBES</t>
+  </si>
+  <si>
+    <t>CCAS AMBES - AMBES</t>
+  </si>
+  <si>
+    <t>0556773540</t>
+  </si>
+  <si>
+    <t>https://www.villeambes.fr/</t>
+  </si>
+  <si>
+    <t>Ambès</t>
+  </si>
+  <si>
+    <t>ONELA</t>
+  </si>
+  <si>
+    <t>ONELA - BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>0140080811</t>
+  </si>
+  <si>
+    <t>https://www.onela.com</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arès, Artigues-près-Bordeaux, Arveyres, Audenge, Bassens, Bayas, Bayon-sur-Gironde, Bègles, Belvès-de-Castillon, Berson, Biganos, Blanquefort, Blaye, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourg, Braud-et-Saint-Louis, Bruges, Cadarsac, Camps-sur-l'Isle, Campugnan, Carbon-Blanc, Cars, Cartelègue, Cavignac, Cenon, Cézac, Chamadelle, Civrac-de-Blaye, Comps, Coutras, Cubnezais, Cubzac-les-Ponts, Daignac, Dardenac, Donnezac, Espiet, Étauliers, Eyrans, Eysines, Floirac, Fours, Francs, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Génissac, Gours, Gradignan, Guîtres, Izon, Lagorce, Lalande-de-Pomerol, Lansac, Lanton, Lapouyade, Laruscade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Lège-Cap-Ferret, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Lussac, Maransin, Marcenais, Marcillac, Marsas, Martignas-sur-Jalle, Mazion, Mérignac, Mombrier, Montagne, Moulon, Néac, Nérigean, Parempuyre, Pessac, Petit-Palais-et-Cornemps, Peujard, Plassac, Pleine-Selve, Pomerol, Porchères, Prignac-et-Marcamps, Pugnac, Puisseguin, Puynormand, Reignac, Sablons, Saint-André-de-Cubzac, Saint-Androny, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Caprais-de-Blaye, Saint-Christoly-de-Blaye, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Germain-du-Puch, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hippolyte, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Louis-de-Montferrand, Saint-Mariens, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Martin-Lacaussade, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Palais, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Seurin-sur-l'Isle, Saint-Sulpice-de-Faleyrens, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Terre, Samonac, Saugon, Savignac-de-l'Isle, Talence, Tauriac, Tayac, Teuillac, Tizac-de-Curton, Tizac-de-Lapouyade, Val de Virvée, Vayres, Vignonet, Villenave-d'Ornon, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Vayres</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Vayres - Vayres</t>
+  </si>
+  <si>
+    <t>0533030013</t>
+  </si>
+  <si>
+    <t>http://www.mairie-vayres.com/Centre-Communal-d-Action-Sociale</t>
+  </si>
+  <si>
+    <t>Vayres</t>
+  </si>
+  <si>
+    <t>Le Plaisir de s'Entraider</t>
+  </si>
+  <si>
+    <t>Le Plaisir de s'Entraider - Floirac</t>
+  </si>
+  <si>
+    <t>0556818036</t>
+  </si>
+  <si>
+    <t>https://www.leplaisirdesentraider.fr</t>
+  </si>
+  <si>
+    <t>Ademain</t>
+  </si>
+  <si>
+    <t>Ademain - Mérignac</t>
+  </si>
+  <si>
+    <t>0564100188</t>
+  </si>
+  <si>
+    <t>https://www.ademain.fr</t>
+  </si>
+  <si>
+    <t>Canéjan, Cestas, Gradignan, Le Haillan, Martignas-sur-Jalle, Mérignac, Pessac, Saint-Aubin-de-Médoc, Saint-Jean-d'Illac, Saint-Médard-en-Jalles, Talence</t>
+  </si>
+  <si>
+    <t>HANDI'HOME</t>
+  </si>
+  <si>
+    <t>HANDI'HOME - Talence</t>
+  </si>
+  <si>
+    <t>0556843910</t>
+  </si>
+  <si>
+    <t>http://handi-home.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Ayguemorte-les-Graves, Bassens, Baurech, Bayas, Beautiran, Bègles, Beychac-et-Caillau, Blanquefort, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cabanac-et-Villagrains, Cadarsac, Cadaujac, Camarsac, Cambes, Camblanes-et-Meynac, Camps-sur-l'Isle, Canéjan, Carbon-Blanc, Carignan-de-Bordeaux, Castres-Gironde, Cénac, Cenon, Cestas, Chamadelle, Coutras, Daignac, Dardenac, Espiet, Eysines, Fargues-Saint-Hilaire, Floirac, Génissac, Gours, Gradignan, Guîtres, Isle-Saint-Georges, Izon, La Brède, La Teste-de-Buch, Lagorce, Lalande-de-Pomerol, Langoiran, Lapouyade, Latresne, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Le Tourne, Léognan, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lignan-de-Bordeaux, Lormont, Maransin, Martignas-sur-Jalle, Martillac, Mérignac, Montussan, Moulon, Nérigean, Parempuyre, Pessac, Pomerol, Pompignac, Porchères, Puynormand, Quinsac, Sablons, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Jean-d'Illac, Saint-Loubès, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-d'Eyrans, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Selve, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Saucats, Savignac-de-l'Isle, Tabanac, Talence, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Floirac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Floirac - Floirac</t>
+  </si>
+  <si>
+    <t>0557808710</t>
+  </si>
+  <si>
+    <t>http://www.ville-floirac33.fr/la-solidarite/aides-</t>
+  </si>
+  <si>
+    <t>Floirac</t>
+  </si>
+  <si>
+    <t>SERVICE AIDE A DOMICILE</t>
+  </si>
+  <si>
+    <t>SERVICE AIDE A DOMICILE - Carbon-Blanc</t>
+  </si>
+  <si>
+    <t>0557774404</t>
+  </si>
+  <si>
+    <t>Carbon-Blanc</t>
+  </si>
+  <si>
+    <t>Franchise O2 Lège-Cap-Ferret</t>
+  </si>
+  <si>
+    <t>Franchise O2 Lège-Cap-Ferret - Arès</t>
+  </si>
+  <si>
+    <t>Avant 7h, Entre 7h et 20h</t>
+  </si>
+  <si>
+    <t>0557183995</t>
+  </si>
+  <si>
+    <t>https://www.o2.fr/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arès, Audenge, Carcans, Lacanau, Lanton, Lège-Cap-Ferret, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>ALSP Association Libournaise de Services aux Personnes</t>
+  </si>
+  <si>
+    <t>ALSP Association Libournaise de Services aux Personnes - Libourne</t>
+  </si>
+  <si>
+    <t>0557741301</t>
+  </si>
+  <si>
+    <t>https://alsp.fr</t>
+  </si>
+  <si>
+    <t>Arveyres, Lalande-de-Pomerol, Les Billaux, Les Peintures, Libourne, Montagne, Moulon, Nérigean, Pomerol, Saint-Denis-de-Pile, Saint-Émilion</t>
+  </si>
+  <si>
+    <t>ADOMICILE33</t>
+  </si>
+  <si>
+    <t>ADOMICILE33 - Eysines</t>
+  </si>
+  <si>
+    <t>Après 20h</t>
+  </si>
+  <si>
+    <t>0564371337</t>
+  </si>
+  <si>
+    <t>https://www.aide-a-domicile-33.com/</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles</t>
+  </si>
+  <si>
+    <t>PROSENIORS</t>
+  </si>
+  <si>
+    <t>PROSENIORS - Lesparre-Médoc</t>
+  </si>
+  <si>
+    <t>0556736075</t>
+  </si>
+  <si>
+    <t>https://pro-seniors.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcins, Arsac, Artigues-près-Bordeaux, Avensan, Ayguemorte-les-Graves, Bassens, Beautiran, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Brach, Bruges, Cabanac-et-Villagrains, Cadaujac, Canéjan, Carbon-Blanc, Carcans, Castelnau-de-Médoc, Castres-Gironde, Cenon, Cestas, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Eysines, Floirac, Gaillan-en-Médoc, Gradignan, Grayan-et-l'Hôpital, Hourtin, Isle-Saint-Georges, Jau-Dignac-et-Loirac, La Brède, Labarde, Lacanau, Lamarque, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Porge, Le Temple, Le Verdon-sur-Mer, Léognan, Lesparre-Médoc, Listrac-Médoc, Lormont, Ludon-Médoc, Macau, Margaux-Cantenac, Martignas-sur-Jalle, Martillac, Mérignac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Queyrac, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Sauveur, Saint-Selve, Saint-Seurin-de-Cadourne, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saucats, Saumos, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>SPASAD du Vivier du CCAS</t>
+  </si>
+  <si>
+    <t>SPASAD du Vivier du CCAS  - Mérignac</t>
+  </si>
+  <si>
+    <t>0556556656</t>
+  </si>
+  <si>
+    <t>Mérignac</t>
+  </si>
+  <si>
+    <t>Service d'Aide au Maintien à Domicile des Portes de l'Entre-Deux-Mers</t>
+  </si>
+  <si>
+    <t>Service d'Aide au Maintien à Domicile des Portes de l'Entre-Deux-Mers - Latresne</t>
+  </si>
+  <si>
+    <t>0556208360</t>
+  </si>
+  <si>
+    <t>http://www.cdc-portesentredeuxmers.fr/vie-quotidie</t>
+  </si>
+  <si>
+    <t>Baurech, Cambes, Camblanes-et-Meynac, Cénac, Langoiran, Latresne, Le Tourne, Lignan-de-Bordeaux, Loupes, Quinsac, Sadirac, Saint-Caprais-de-Bordeaux, Tabanac</t>
+  </si>
+  <si>
+    <t>AMALLYA - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556431804</t>
+  </si>
+  <si>
+    <t>https://www.amallya.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Bruges, Eysines, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Mérignac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DOMICILE SANTE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DOMICILE SANTE - Gradignan</t>
+  </si>
+  <si>
+    <t>0556895867</t>
+  </si>
+  <si>
+    <t>https://www.association-domicile-sante.com/</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Beautiran, Belin-Béliet, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Isle-Saint-Georges, La Brède, Le Barp, Léognan, Lugos, Martillac, Pessac, Saint-Magne, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Salles, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Soins Sante Domicile</t>
+  </si>
+  <si>
+    <t>Soins Sante Domicile - Pessac</t>
+  </si>
+  <si>
+    <t>0556450293</t>
+  </si>
+  <si>
+    <t>https://www.soinssantedomicile.fr</t>
+  </si>
+  <si>
+    <t>AD Seniors Merignac</t>
+  </si>
+  <si>
+    <t>AD Seniors Merignac - Mérignac</t>
+  </si>
+  <si>
+    <t>0631725079</t>
+  </si>
+  <si>
+    <t>https://www.adseniors.com</t>
+  </si>
+  <si>
+    <t>Eysines, Mérignac</t>
+  </si>
+  <si>
+    <t>LA VIE A DOMICILE - MAISON DE LA SANTE ET DES AIDANTS</t>
+  </si>
+  <si>
+    <t>LA VIE A DOMICILE - MAISON DE LA SANTE ET DES AIDANTS - Mérignac</t>
+  </si>
+  <si>
+    <t>0556550438</t>
+  </si>
+  <si>
+    <t>https://www.lavieadomicile33.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche, Martignas-sur-Jalle, Mérignac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Sud Gironde</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Sud Gironde - Villandraut</t>
+  </si>
+  <si>
+    <t>0556258555</t>
+  </si>
+  <si>
+    <t>https://www.cdcsudgironde.fr</t>
+  </si>
+  <si>
+    <t>Balizac, Bourideys, Cazalis, Hostens, Le Tuzan, Louchats, Lucmau, Noaillan, Origne, Pompéjac, Préchac, Saint-Léger-de-Balson, Saint-Symphorien, Uzeste, Villandraut</t>
+  </si>
+  <si>
+    <t>ÜBI</t>
+  </si>
+  <si>
+    <t>ÜBI - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556002525</t>
+  </si>
+  <si>
+    <t>https://www.ubi-apr.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arbanats, Arès, Artigues-près-Bordeaux, Audenge, Ayguemorte-les-Graves, Balizac, Barsac, Bassens, Baurech, Bayon-sur-Gironde, Beautiran, Bègles, Béguey, Berson, Beychac-et-Caillau, Bieujac, Biganos, Blanquefort, Blaye, Bommes, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bouliac, Bourg, Bourideys, Branne, Braud-et-Saint-Louis, Bruges, Budos, Cabanac-et-Villagrains, Cabara, Cadaujac, Cadillac, Camarsac, Cambes, Camblanes-et-Meynac, Campugnan, Canéjan, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Cavignac, Cazalis, Cénac, Cenon, Cérons, Cestas, Cézac, Civrac-de-Blaye, Civrac-sur-Dordogne, Coimères, Comps, Coubeyrac, Cubnezais, Cubzac-les-Ponts, Donnezac, Donzac, Doulezon, Escoussans, Étauliers, Eysines, Fargues, Fargues-Saint-Hilaire, Flaujagues, Floirac, Fours, Gabarnac, Gauriac, Gauriaguet, Générac, Gensac, Gradignan, Grézillac, Guillac, Guillos, Hostens, Hourtin, Illats, Isle-Saint-Georges, Izon, Jugazan, Juillac, La Brède, Lacanau, Landiras, Langoiran, Langon, Lansac, Lanton, Laroque, Laruscade, Latresne, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Taillan-Médoc, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Les Salles-de-Castillon, Lestiac-sur-Garonne, Libourne, Lignan-de-Bordeaux, Lormont, Louchats, Loupiac, Lucmau, Lugaignac, Macau, Marcenais, Marcheprime, Marsas, Martignas-sur-Jalle, Martillac, Mazères, Mazion, Mérignac, Mérignas, Mios, Mombrier, Monprimblanc, Montussan, Mouliets-et-Villemartin, Naujan-et-Postiac, Noaillan, Omet, Origne, Paillet, Parempuyre, Pessac, Pessac-sur-Dordogne, Peujard, Plassac, Podensac, Pompéjac, Pompignac, Portets, Préchac, Preignac, Prignac-et-Marcamps, Pugnac, Pujols, Pujols-sur-Ciron, Quinsac, Rauzan, Rions, Roaillan, Ruch, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-Aubin-de-Branne, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Genès-de-Blaye, Saint-Germain-de-Grave, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Jean-d'Illac, Saint-Jean-de-Blaignac, Saint-Laurent-d'Arce, Saint-Léger-de-Balson, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Mariens, Saint-Martial, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-de-Castets, Saint-Pierre-de-Mons, Saint-Savin, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Florence, Sainte-Radegonde, Sallebœuf, Samonac, Saucats, Saugon, Sauternes, Semens, Tabanac, Talence, Tauriac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Vayres, Verdelais, Villandraut, Villenave-d'Ornon, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>A.I.S.A.D.</t>
+  </si>
+  <si>
+    <t>A.I.S.A.D. - Mios</t>
+  </si>
+  <si>
+    <t>0556267594</t>
+  </si>
+  <si>
+    <t>Biganos, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>MELVEA</t>
+  </si>
+  <si>
+    <t>MELVEA - Andernos-les-Bains</t>
+  </si>
+  <si>
+    <t>0540430010</t>
+  </si>
+  <si>
+    <t>https://www.melvea.fr</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arcachon, Arès, Audenge, Biganos, Eysines, Gujan-Mestras, La Teste-de-Buch, Lanton, Le Bouscat, Le Haillan, Le Teich, Lège-Cap-Ferret, Marcheprime, Mérignac, Mios</t>
+  </si>
+  <si>
+    <t>AAD33</t>
+  </si>
+  <si>
+    <t>AAD33 - Bordeaux</t>
+  </si>
+  <si>
+    <t>0535311863</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Le Bouscat, Le Haillan, Lormont, Mérignac, Pessac, Saint-Aubin-de-Médoc, Saint-Médard-en-Jalles, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AMDPA</t>
+  </si>
+  <si>
+    <t>AMDPA - Pellegrue</t>
+  </si>
+  <si>
+    <t>0556613085</t>
+  </si>
+  <si>
+    <t>Auriolles, Caplong, Caumont, Cazaugitat, Eynesse, Landerrouat, Les Lèves-et-Thoumeyragues, Listrac-de-Durèze, Massugas, Pellegrue, Saint-André-et-Appelles, Saint-Antoine-du-Queyret, Saint-Ferme, Saint-Quentin-de-Caplong, Soussac, Taillecavat</t>
+  </si>
+  <si>
+    <t>AGE D'OR SERVICES BORDEAUX OUEST</t>
+  </si>
+  <si>
+    <t>AGE D'OR SERVICES BORDEAUX OUEST - Pessac</t>
+  </si>
+  <si>
+    <t>0556951256</t>
+  </si>
+  <si>
+    <t>https://www.agedorservices.com</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bruges, Eysines, Le Bouscat, Le Haillan, Le Taillan-Médoc, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Médard-en-Jalles, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AMALLYA - Arcachon</t>
+  </si>
+  <si>
+    <t>0556225206</t>
+  </si>
+  <si>
+    <t>Arcachon, Gujan-Mestras, La Teste-de-Buch, Le Teich</t>
+  </si>
+  <si>
+    <t>AMAD</t>
+  </si>
+  <si>
+    <t>AMAD - Martres</t>
+  </si>
+  <si>
+    <t>0556713202</t>
+  </si>
+  <si>
+    <t>https://www.amad33.fr</t>
+  </si>
+  <si>
+    <t>Arbis, Baigneaux, Bellebat, Bellefond, Blasimon, Cantois, Castelviel, Cessac, Cleyrac, Coirac, Courpiac, Cursan, Daubèze, Escoussans, Espiet, Faleyras, Frontenac, Gornac, Grézillac, Guillac, Jugazan, La Sauve, Ladaux, Lugasson, Martres, Mauriac, Mérignas, Montignac, Moulon, Mourens, Naujan-et-Postiac, Rauzan, Rions, Romagne, Ruch, Saint-Brice, Saint-Félix-de-Foncaude, Saint-Genis-du-Bois, Saint-Laurent-du-Bois, Saint-Léon, Saint-Martin-du-Puy, Saint-Pierre-de-Bat, Saint-Sulpice-de-Pommiers, Saint-Vincent-de-Pertignas, Sauveterre-de-Guyenne, Soulignac, Targon</t>
+  </si>
+  <si>
+    <t>PROSENIORS - Arcachon</t>
+  </si>
+  <si>
+    <t>0557521754</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Salles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Salles - Salles</t>
+  </si>
+  <si>
+    <t>0556883010</t>
+  </si>
+  <si>
+    <t>https://www.ville-de-salles.com/solidarite/ccas/</t>
+  </si>
+  <si>
+    <t>Lugos, Salles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Saint-Seurin-sur-l'Isle - Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>0557560105</t>
+  </si>
+  <si>
+    <t>http://www.stseurinsurlisle.com/vie_quotidienne/do</t>
+  </si>
+  <si>
+    <t>Saint-Seurin-sur-l'Isle</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Belin-Beliet</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Belin-Beliet - Belin-Béliet</t>
+  </si>
+  <si>
+    <t>0556888153</t>
+  </si>
+  <si>
+    <t>https://www.belin-beliet.fr/service-daides-a-domic</t>
+  </si>
+  <si>
+    <t>Belin-Béliet</t>
   </si>
   <si>
     <t>A DOM SERVICES</t>
   </si>
   <si>
     <t>A DOM SERVICES - Langon</t>
   </si>
   <si>
     <t>0556620440</t>
   </si>
   <si>
     <t>https://www.adom-services.fr</t>
   </si>
   <si>
     <t>Aillas, Aubiac, Auros, Bagas, Barie, Barsac, Bassanne, Bazas, Béguey, Bernos-Beaulac, Berthez, Bieujac, Birac, Blaignac, Bommes, Bourdelles, Bourideys, Brannens, Brouqueyran, Budos, Cadillac, Camiran, Captieux, Cardan, Casseuil, Castets et Castillon, Caudrot, Cauvignac, Cazats, Cérons, Coimères, Cours-les-Bains, Cudos, Donzac, Escaudes, Fargues, Floudès, Fontet, Fossès-et-Baleyssac, Gajac, Gans, Gironde-sur-Dropt, Giscos, Goualade, Grignols, Hure, Illats, La Réole, Labescau, Lados, Lamothe-Landerron, Landiras, Langon, Laroque, Lartigue, Lavazan, Le Nizan, Le Pian-sur-Garonne, Léogeats, Lerm-et-Musset, Les Esseintes, Lignan-de-Bazas, Loubens, Loupiac, Loupiac-de-la-Réole, Marimbault, Marions, Masseilles, Mazères, Mongauzy, Monprimblanc, Monségur, Montagoudin, Morizès, Noaillac, Noaillan, Paillet, Podensac, Pondaurat, Preignac, Pujols-sur-Ciron, Puybarban, Rions, Roaillan, Roquebrune, Saint-André-du-Bois, Saint-Côme, Saint-Exupéry, Saint-Hilaire-de-la-Noaille, Saint-Laurent-du-Plan, Saint-Loubert, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Sève, Saint-Symphorien, Saint-Vivien-de-Monségur, Sainte-Croix-du-Mont, Sainte-Foy-la-Longue, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Toulenne, Verdelais</t>
   </si>
   <si>
-    <t>ALSP Association Libournaise de Services aux Personnes</t>
-[...29 lines deleted...]
-    <t>Saint-Seurin-sur-l'Isle</t>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS d'Eysines</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile CCAS d'Eysines - Eysines</t>
+  </si>
+  <si>
+    <t>0556161814</t>
+  </si>
+  <si>
+    <t>https://www.eysines.fr/ma-ville/elus/le-ccas-2/</t>
+  </si>
+  <si>
+    <t>Eysines</t>
+  </si>
+  <si>
+    <t>AILE EMPLOIS FAMILIAUX</t>
+  </si>
+  <si>
+    <t>AILE EMPLOIS FAMILIAUX - Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>0557961011</t>
+  </si>
+  <si>
+    <t>Ayguemorte-les-Graves, Beautiran, Bègles, Cabanac-et-Villagrains, Cadaujac, Canéjan, Castres-Gironde, Cestas, Gradignan, Isle-Saint-Georges, La Brède, Léognan, Martillac, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Selve, Saucats, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>APEF MERIGNAC PESSAC</t>
+  </si>
+  <si>
+    <t>APEF MERIGNAC PESSAC - Mérignac</t>
+  </si>
+  <si>
+    <t>0556964395</t>
+  </si>
+  <si>
+    <t>https://www.apef.fr</t>
+  </si>
+  <si>
+    <t>Bordeaux rive droite, Cenon, Floirac, Mérignac, Pessac</t>
+  </si>
+  <si>
+    <t>PIVOINE</t>
+  </si>
+  <si>
+    <t>PIVOINE - Saint-Selve</t>
+  </si>
+  <si>
+    <t>0626798648</t>
+  </si>
+  <si>
+    <t>https://www.association-pivoine.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Balizac, Bassens, Bègles, Bieujac, Blanquefort, Bommes, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourideys, Bruges, Carbon-Blanc, Castets et Castillon, Cazalis, Cenon, Coimères, Eysines, Fargues, Floirac, Gradignan, Hostens, Langon, Le Bouscat, Le Haillan, Le Pian-sur-Garonne, Le Taillan-Médoc, Le Tuzan, Léogeats, Lormont, Louchats, Lucmau, Martignas-sur-Jalle, Mazères, Mérignac, Noaillan, Origne, Parempuyre, Pessac, Pompéjac, Préchac, Roaillan, Saint-André-du-Bois, Saint-Aubin-de-Médoc, Saint-Germain-de-Grave, Saint-Léger-de-Balson, Saint-Loubert, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Médard-en-Jalles, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Saint-Symphorien, Saint-Vincent-de-Paul, Sauternes, Semens, Talence, Toulenne, Uzeste, Verdelais, Villandraut, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Saint Macaire</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Saint Macaire - Saint-Macaire</t>
+  </si>
+  <si>
+    <t>0556638620</t>
+  </si>
+  <si>
+    <t>https://saintmacaire.fr/</t>
+  </si>
+  <si>
+    <t>Saint-Macaire</t>
+  </si>
+  <si>
+    <t>CCAS de LORMONT</t>
+  </si>
+  <si>
+    <t>CCAS de LORMONT - LORMONT</t>
+  </si>
+  <si>
+    <t>0557776360</t>
+  </si>
+  <si>
+    <t>https://www.lormont.fr</t>
+  </si>
+  <si>
+    <t>Lormont</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Sainte Terre</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Sainte Terre - Sainte-Terre</t>
+  </si>
+  <si>
+    <t>0557471623</t>
+  </si>
+  <si>
+    <t>http://www.sainteterre.fr</t>
+  </si>
+  <si>
+    <t>Sainte-Terre</t>
+  </si>
+  <si>
+    <t>DOMUSVI DOMICILE</t>
+  </si>
+  <si>
+    <t>DOMUSVI DOMICILE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0533003179</t>
+  </si>
+  <si>
+    <t>https://www.domusvi.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcachon, Arès, Artigues-près-Bordeaux, Audenge, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Biganos, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Gujan-Mestras, Haux, La Sauve, La Teste-de-Buch, Langoiran, Lanton, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Teich, Le Tourne, Lège-Cap-Ferret, Libourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Marcheprime, Martignas-sur-Jalle, Mérignac, Mios, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions</t>
+  </si>
+  <si>
+    <t>Domicil + Membre du réseau Amelis</t>
+  </si>
+  <si>
+    <t>Domicil + Membre du réseau Amelis - Cenon</t>
+  </si>
+  <si>
+    <t>0556810582</t>
+  </si>
+  <si>
+    <t>https://www.amelis-services.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Fargues-Saint-Hilaire, Floirac, Lormont, Montussan, Saint-Loubès, Sainte-Eulalie, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>SAD de Libourne</t>
+  </si>
+  <si>
+    <t>SAD de Libourne - Libourne</t>
+  </si>
+  <si>
+    <t>0557553374</t>
+  </si>
+  <si>
+    <t>http://www.libourne.fr</t>
+  </si>
+  <si>
+    <t>Libourne, Pomerol</t>
+  </si>
+  <si>
+    <t>VIVRADOM</t>
+  </si>
+  <si>
+    <t>VIVRADOM - Latresne</t>
+  </si>
+  <si>
+    <t>0556200648</t>
+  </si>
+  <si>
+    <t>https://www.vivradom.fr/</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arbis, Artigues-près-Bordeaux, Baigneaux, Baron, Bassens, Baurech, Bègles, Bellebat, Bellefond, Beychac-et-Caillau, Blasimon, Blésignac, Bonnetan, Bordeaux rive droite, Bouliac, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Cantois, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Castelmoron-d'Albret, Castelviel, Caumont, Cazaugitat, Cénac, Cenon, Cessac, Cleyrac, Coirac, Courpiac, Cours-de-Monségur, Coutures, Créon, Croignon, Cursan, Daubèze, Dieulivol, Eysines, Faleyras, Fargues-Saint-Hilaire, Floirac, Frontenac, Gornac, Haux, La Sauve, Ladaux, Landerrouet-sur-Ségur, Langoiran, Latresne, Le Pout, Le Puy, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Lugasson, Madirac, Martres, Mauriac, Mesterrieux, Montignac, Montussan, Mourens, Neuffons, Pompignac, Quinsac, Rimons, Romagne, Sadirac, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Laurent-du-Bois, Saint-Léon, Saint-Loubès, Saint-Martin-de-Lerm, Saint-Martin-du-Puy, Saint-Pierre-de-Bat, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sainte-Gemme, Sallebœuf, Sauveterre-de-Guyenne, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
+  </si>
+  <si>
+    <t>Groupement ESAD - AEM Association d'Entraide Multiple</t>
+  </si>
+  <si>
+    <t>Groupement ESAD - AEM Association d'Entraide Multiple - Saint-Ciers-sur-Gironde</t>
+  </si>
+  <si>
+    <t>0557327320</t>
+  </si>
+  <si>
+    <t>Anglade, Braud-et-Saint-Louis, Cartelègue, Étauliers, Eyrans, Marcillac, Mazion, Pleine-Selve, Reignac, Saint-Androny, Saint-Aubin-de-Blaye, Saint-Caprais-de-Blaye, Saint-Ciers-sur-Gironde, Saint-Palais, Saint-Seurin-de-Cursac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'accompagnement à domicile du CCAS de Martignas-sur-Jalles</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'accompagnement à domicile du CCAS de Martignas-sur-Jalles - Martignas-sur-Jalle</t>
+  </si>
+  <si>
+    <t>0557970051</t>
+  </si>
+  <si>
+    <t>https://www.ville-martignas.fr/services-et-maintie</t>
+  </si>
+  <si>
+    <t>Martignas-sur-Jalle</t>
+  </si>
+  <si>
+    <t>AMELIS</t>
+  </si>
+  <si>
+    <t>AMELIS - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556080383</t>
+  </si>
+  <si>
+    <t>https://www.amelis-services.com/</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Le Bouscat, Mérignac, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Coup d'pouce33</t>
+  </si>
+  <si>
+    <t>Coup d'pouce33 - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557958349</t>
+  </si>
+  <si>
+    <t>https://coupdpouce33.wixsite.com/website</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>AAD  FRANCE  PRESENCE</t>
+  </si>
+  <si>
+    <t>AAD  FRANCE  PRESENCE - Bordeaux</t>
+  </si>
+  <si>
+    <t>0556008145</t>
+  </si>
+  <si>
+    <t>https://www.france-presence.fr</t>
+  </si>
+  <si>
+    <t>Abzac, Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Bassens, Bayas, Bègles, Beychac-et-Caillau, Blanquefort, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Cadarsac, Camps-sur-l'Isle, Carbon-Blanc, Carignan-de-Bordeaux, Cenon, Cestas, Chamadelle, Coutras, Daignac, Dardenac, Espiet, Eysines, Floirac, Génissac, Gours, Gradignan, Guîtres, Izon, Lagorce, Lalande-de-Pomerol, Lapouyade, Le Bouscat, Le Fieu, Le Haillan, Le Taillan-Médoc, Les Billaux, Les Églisottes-et-Chalaures, Les Peintures, Libourne, Lormont, Maransin, Martignas-sur-Jalle, Mérignac, Montussan, Moulon, Nérigean, Parempuyre, Pessac, Pomerol, Pompignac, Porchères, Puynormand, Sablons, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Médoc, Saint-Christophe-de-Double, Saint-Ciers-d'Abzac, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Saint-Médard-de-Guizières, Saint-Médard-en-Jalles, Saint-Quentin-de-Baron, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Savignac-de-l'Isle, Talence, Tizac-de-Curton, Tizac-de-Lapouyade, Tresses, Vayres, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>AMALLYA - Castillon-la-Bataille</t>
+  </si>
+  <si>
+    <t>0557483119</t>
+  </si>
+  <si>
+    <t>Belvès-de-Castillon, Caplong, Castillon-la-Bataille, Civrac-sur-Dordogne, Doulezon, Eynesse, Flaujagues, Gardegan-et-Tourtirac, Gensac, Juillac, La Roquille, Les Lèves-et-Thoumeyragues, Les Salles-de-Castillon, Ligueux, Massugas, Mérignas, Montagne, Mouliets-et-Villemartin, Pessac-sur-Dordogne, Pineuilh, Puisseguin, Pujols, Ruch, Saint-André-et-Appelles, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Christophe-des-Bardes, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Genès-de-Castillon, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Magne-de-Castillon, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Quentin-de-Caplong, Saint-Vincent-de-Pertignas, Sainte-Colombe, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Radegonde, Sainte-Terre, Vignonet</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Audenge</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Audenge - Audenge</t>
+  </si>
+  <si>
+    <t>0557170115</t>
+  </si>
+  <si>
+    <t>https://www.ville-audenge.fr/saad/</t>
+  </si>
+  <si>
+    <t>Audenge</t>
+  </si>
+  <si>
+    <t>SAAD - CCAS DE TALENCE</t>
+  </si>
+  <si>
+    <t>SAAD - CCAS DE TALENCE - Talence</t>
+  </si>
+  <si>
+    <t>0556847875</t>
+  </si>
+  <si>
+    <t>Talence</t>
+  </si>
+  <si>
+    <t>AGAPES</t>
+  </si>
+  <si>
+    <t>AGAPES - Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>0556491938</t>
+  </si>
+  <si>
+    <t>https://www.agapes-sad.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Cenon, Floirac, Lormont, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>DESTIA Bordeaux</t>
+  </si>
+  <si>
+    <t>DESTIA Bordeaux - Mérignac</t>
+  </si>
+  <si>
+    <t>0556238918</t>
+  </si>
+  <si>
+    <t>Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Saint-Médard-en-Jalles, Talence</t>
+  </si>
+  <si>
+    <t>UNICARE SERVICES</t>
+  </si>
+  <si>
+    <t>UNICARE SERVICES - Bordeaux</t>
+  </si>
+  <si>
+    <t>0535544975</t>
+  </si>
+  <si>
+    <t>https://www.unicareservices.fr</t>
+  </si>
+  <si>
+    <t>Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>VITAME BORDEAUX</t>
+  </si>
+  <si>
+    <t>VITAME BORDEAUX - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557107003</t>
+  </si>
+  <si>
+    <t>https://www.vitamebordeaux.fr/</t>
+  </si>
+  <si>
+    <t>VITAME SERVICES MEDOC</t>
+  </si>
+  <si>
+    <t>VITAME SERVICES MEDOC - Avensan</t>
+  </si>
+  <si>
+    <t>0557881589</t>
+  </si>
+  <si>
+    <t>https://www.vitame-medoc.fr</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Blanquefort, Brach, Carcans, Castelnau-de-Médoc, Cussac-Fort-Médoc, Eysines, Hourtin, Labarde, Lacanau, Lamarque, Le Haillan, Le Pian-Médoc, Le Porge, Le Taillan-Médoc, Le Temple, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Parempuyre, Pauillac, Saint-Aubin-de-Médoc, Saint-Estèphe, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Médard-en-Jalles, Saint-Sauveur, Sainte-Hélène, Salaunes, Saumos, Soussans</t>
+  </si>
+  <si>
+    <t>ESAD - CIAS de l'Estuaire</t>
+  </si>
+  <si>
+    <t>ESAD - CIAS de l'Estuaire - Saint-Ciers-sur-Gironde</t>
+  </si>
+  <si>
+    <t>0557326699</t>
+  </si>
+  <si>
+    <t>AMSADHG</t>
+  </si>
+  <si>
+    <t>AMSADHG - Saint-Savin</t>
+  </si>
+  <si>
+    <t>0557589733</t>
+  </si>
+  <si>
+    <t>https://www.amsad33.fr</t>
+  </si>
+  <si>
+    <t>Anglade, Bayon-sur-Gironde, Berson, Blaye, Bourg, Braud-et-Saint-Louis, Campugnan, Cars, Cartelègue, Cavignac, Cézac, Civrac-de-Blaye, Comps, Cubnezais, Cubzac-les-Ponts, Donnezac, Étauliers, Eyrans, Fours, Gauriac, Gauriaguet, Générac, Lansac, Laruscade, Marcenais, Marcillac, Marsas, Mazion, Mombrier, Peujard, Plassac, Pleine-Selve, Prignac-et-Marcamps, Pugnac, Reignac, Saint-André-de-Cubzac, Saint-Androny, Saint-Aubin-de-Blaye, Saint-Caprais-de-Blaye, Saint-Christoly-de-Blaye, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Genès-de-Blaye, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Laurent-d'Arce, Saint-Mariens, Saint-Martin-Lacaussade, Saint-Palais, Saint-Paul, Saint-Savin, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cursac, Saint-Trojan, Saint-Vivien-de-Blaye, Saint-Yzan-de-Soudiac, Samonac, Saugon, Tauriac, Teuillac, Val de Virvée, Villeneuve, Virsac</t>
+  </si>
+  <si>
+    <t>A.A.D.P.</t>
+  </si>
+  <si>
+    <t>A.A.D.P. - Langon</t>
+  </si>
+  <si>
+    <t>0556767878</t>
+  </si>
+  <si>
+    <t>Balizac, Bieujac, Bommes, Bourideys, Castets et Castillon, Cazalis, Coimères, Fargues, Hostens, Langon, Le Pian-sur-Garonne, Le Tuzan, Léogeats, Louchats, Lucmau, Mazères, Noaillan, Origne, Pompéjac, Préchac, Roaillan, Saint-André-du-Bois, Saint-Germain-de-Grave, Saint-Léger-de-Balson, Saint-Loubert, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Pardon-de-Conques, Saint-Pierre-de-Mons, Saint-Symphorien, Sauternes, Semens, Toulenne, Uzeste, Verdelais, Villandraut</t>
+  </si>
+  <si>
+    <t>LA CLE DES AGES</t>
+  </si>
+  <si>
+    <t>LA CLE DES AGES - Pessac</t>
+  </si>
+  <si>
+    <t>0556365555</t>
+  </si>
+  <si>
+    <t>https://www.apajh33.fr</t>
+  </si>
+  <si>
+    <t>Gradignan, La Brède, Léognan, Martillac, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>ADMR DE LA GIRONDE</t>
+  </si>
+  <si>
+    <t>ADMR DE LA GIRONDE - Langon</t>
+  </si>
+  <si>
+    <t>0556636095</t>
+  </si>
+  <si>
+    <t>https://www.fede33.admr.org/</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arbanats, Arbis, Arcachon, Arès, Artigues-près-Bordeaux, Arveyres, Aubiac, Audenge, Auriolles, Auros, Ayguemorte-les-Graves, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Bayas, Bazas, Beautiran, Béguey, Bellebat, Bellefond, Belvès-de-Castillon, Bernos-Beaulac, Berthez, Beychac-et-Caillau, Bieujac, Biganos, Birac, Blaignac, Blanquefort, Blasimon, Blésignac, Bommes, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bossugan, Bourdelles, Bourideys, Brach, Branne, Brannens, Brouqueyran, Bruges, Budos, Cabara, Cadarsac, Cadillac, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Camps-sur-l'Isle, Cantois, Capian, Caplong, Captieux, Carbon-Blanc, Carcans, Cardan, Casseuil, Castelmoron-d'Albret, Castelnau-de-Médoc, Castelviel, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cazalis, Cazats, Cazaugitat, Cénac, Cenon, Cérons, Cessac, Chamadelle, Civrac-sur-Dordogne, Cleyrac, Coimères, Coirac, Coubeyrac, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutras, Coutures, Créon, Croignon, Cudos, Cursan, Daignac, Dardenac, Daubèze, Dieulivol, Donzac, Doulezon, Escaudes, Escoussans, Espiet, Eynesse, Eysines, Faleyras, Fargues, Fargues-Saint-Hilaire, Flaujagues, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Francs, Frontenac, Gabarnac, Gajac, Gans, Gardegan-et-Tourtirac, Génissac, Gensac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gours, Grézillac, Grignols, Guillac, Guillos, Guîtres, Gujan-Mestras, Haux, Hostens, Hourtin, Hure, Illats, Izon, Jugazan, Juillac, La Réole, La Roquille, La Sauve, La Teste-de-Buch, Labescau, Lacanau, Ladaux, Lados, Lagorce, Lalande-de-Pomerol, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langoiran, Langon, Lanton, Lapouyade, Laroque, Lartigue, Lavazan, Le Bouscat, Le Fieu, Le Haillan, Le Nizan, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Puy, Le Teich, Le Temple, Le Tourne, Le Tuzan, Lège-Cap-Ferret, Léogeats, Lerm-et-Musset, Les Artigues-de-Lussac, Les Billaux, Les Églisottes-et-Chalaures, Les Esseintes, Les Lèves-et-Thoumeyragues, Les Peintures, Les Salles-de-Castillon, Lestiac-sur-Garonne, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Lugaignac, Lugasson, Lussac, Madirac, Maransin, Marcheprime, Margueron, Marimbault, Marions, Martres, Masseilles, Massugas, Mauriac, Mazères, Mérignac, Mérignas, Mesterrieux, Mios, Mongauzy, Monprimblanc, Monségur, Montagne, Montagoudin, Montignac, Montussan, Morizès, Mouliets-et-Villemartin, Moulon, Mourens, Naujac-sur-Mer, Naujan-et-Postiac, Néac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Origne, Paillet, Pellegrue, Pessac-sur-Dordogne, Petit-Palais-et-Cornemps, Pineuilh, Podensac, Pomerol, Pompéjac, Pondaurat, Porchères, Portets, Préchac, Preignac, Puisseguin, Pujols, Pujols-sur-Ciron, Puybarban, Puynormand, Rauzan, Rimons, Riocaud, Rions, Roaillan, Romagne, Roquebrune, Ruch, Sablons, Sadirac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Antoine-du-Queyret, Saint-Antoine-sur-l'Isle, Saint-Aubin-de-Branne, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Bordeaux, Saint-Christophe-de-Double, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-d'Abzac, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Castillon, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-de-Grave, Saint-Germain-du-Puch, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-de-Blaignac, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Macaire, Saint-Magne-de-Castillon, Saint-Maixant, Saint-Martial, Saint-Martin-de-Laye, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Bois, Saint-Martin-du-Puy, Saint-Médard-de-Guizières, Saint-Michel-de-Castelnau, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Pardon-de-Conques, Saint-Pey-d'Armens, Saint-Pey-de-Castets, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Baron, Saint-Quentin-de-Caplong, Saint-Sauveur-de-Puynormand, Saint-Seurin-sur-l'Isle, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Vincent-de-Pertignas, Saint-Vivien-de-Monségur, Sainte-Colombe, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Florence, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Hélène, Sainte-Radegonde, Sainte-Terre, Salaunes, Sallebœuf, Saumos, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Savignac-de-l'Isle, Semens, Sendets, Sigalens, Sillas, Soulignac, Soussac, Tabanac, Taillecavat, Targon, Tayac, Tizac-de-Curton, Tizac-de-Lapouyade, Toulenne, Tresses, Uzeste, Vayres, Verdelais, Vignonet, Villandraut, Villenave-de-Rions, Virelade, Yvrac</t>
+  </si>
+  <si>
+    <t>O2 BORDEAUX CENON</t>
+  </si>
+  <si>
+    <t>O2 BORDEAUX CENON - Cenon</t>
+  </si>
+  <si>
+    <t>0775204798</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Baurech, Bègles, Beychac-et-Caillau, Bonnetan, Bordeaux rive droite, Bouliac, Cadaujac, Cambes, Camblanes-et-Meynac, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Fargues-Saint-Hilaire, Floirac, Latresne, Léognan, Lignan-de-Bordeaux, Lormont, Martillac, Montussan, Pompignac, Quinsac, Sadirac, Saint-Caprais-de-Bordeaux, Saint-Loubès, Saint-Sulpice-et-Cameyrac, Sainte-Eulalie, Sallebœuf, Tabanac, Tresses, Villenave-d'Ornon, Yvrac</t>
+  </si>
+  <si>
+    <t>SIBIENCHEMOI</t>
+  </si>
+  <si>
+    <t>SIBIENCHEMOI - Mérignac</t>
+  </si>
+  <si>
+    <t>0624270376</t>
+  </si>
+  <si>
+    <t>https://www.sibienchemoi.com</t>
+  </si>
+  <si>
+    <t>Blanquefort, Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cestas</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Cestas - Cestas</t>
+  </si>
+  <si>
+    <t>0556788482</t>
+  </si>
+  <si>
+    <t>https://www.mairie-cestas.fr/les-seniors/</t>
+  </si>
+  <si>
+    <t>Cestas</t>
+  </si>
+  <si>
+    <t>AIDE@VENIR</t>
+  </si>
+  <si>
+    <t>AIDE@VENIR - Langon</t>
+  </si>
+  <si>
+    <t>0556631433</t>
+  </si>
+  <si>
+    <t>https://www.aide-a-venir.com</t>
+  </si>
+  <si>
+    <t>Aillas, Ambarès-et-Lagrave, Ambès, Arbanats, Arcins, Arsac, Artigues-près-Bordeaux, Asques, Aubiac, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Baurech, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Béguey, Bernos-Beaulac, Berson, Berthez, Beychac-et-Caillau, Bieujac, Birac, Blaignac, Blaignan, Blanquefort, Blaye, Blésignac, Bommes, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Brouqueyran, Bruges, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Campugnan, Canéjan, Capian, Captieux, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Casseuil, Castelnau-de-Médoc, Castets et Castillon, Castres-Gironde, Caudrot, Cauvignac, Cazalis, Cazats, Cénac, Cenon, Cérons, Cestas, Cissac-Médoc, Civrac-en-Médoc, Coimères, Comps, Couquèques, Cours-les-Bains, Créon, Croignon, Cubzac-les-Ponts, Cudos, Cursan, Cussac-Fort-Médoc, Donzac, Escaudes, Escoussans, Eysines, Fargues, Fargues-Saint-Hilaire, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Fronsac, Gabarnac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gauriac, Gauriaguet, Générac, Gironde-sur-Dropt, Giscos, Goualade, Gradignan, Grayan-et-l'Hôpital, Grignols, Guillos, Haux, Hostens, Hourtin, Hure, Illats, Isle-Saint-Georges, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Sauve, Labarde, Labescau, Lacanau, Lados, Lamarque, Lamothe-Landerron, Landiras, Langoiran, Langon, Lansac, Laroque, Lartigue, Latresne, Lavazan, Le Bouscat, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Taillan-Médoc, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Léogeats, Léognan, Lerm-et-Musset, Les Esseintes, Lesparre-Médoc, Lestiac-sur-Garonne, Lignan-de-Bazas, Lignan-de-Bordeaux, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugon-et-l'Île-du-Carnay, Macau, Madirac, Margaux-Cantenac, Marimbault, Marions, Martignas-sur-Jalle, Martillac, Masseilles, Mazères, Mérignac, Mombrier, Mongauzy, Monprimblanc, Monségur, Montagoudin, Montussan, Morizès, Mouillac, Moulis-en-Médoc, Naujac-sur-Mer, Noaillac, Noaillan, Omet, Ordonnac, Origne, Paillet, Parempuyre, Pauillac, Périssac, Pessac, Peujard, Plassac, Podensac, Pompéjac, Pompignac, Pondaurat, Portets, Préchac, Preignac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Pujols-sur-Ciron, Puybarban, Queyrac, Quinsac, Rions, Roaillan, Roquebrune, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Ciers-de-Canesse, Saint-Côme, Saint-Estèphe, Saint-Exupéry, Saint-Genès-de-Blaye, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Maixant, Saint-Martial, Saint-Martin-de-Sescas, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Mons, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Sève, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzans-de-Médoc, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Foy-la-Longue, Sainte-Hélène, Salaunes, Sallebœuf, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soussans, Tabanac, Talais, Talence, Tarnès, Tauriac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Valeyrac, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Villandraut, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>Association P'tit Plus</t>
+  </si>
+  <si>
+    <t>Association P'tit Plus - Tresses</t>
+  </si>
+  <si>
+    <t>0556749010</t>
+  </si>
+  <si>
+    <t>http://www.assoptitplus.fr</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Baurech, Bonnetan, Bordeaux rive droite, Bouliac, Camarsac, Cambes, Camblanes-et-Meynac, Carignan-de-Bordeaux, Cénac, Cenon, Fargues-Saint-Hilaire, Floirac, Langoiran, Latresne, Le Tourne, Lignan-de-Bordeaux, Lormont, Pompignac, Quinsac, Saint-Caprais-de-Bordeaux, Sallebœuf, Tabanac, Tresses</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de La Teste de Buch</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de La Teste de Buch - La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>0557736980</t>
+  </si>
+  <si>
+    <t>https://www.latestedebuch.fr/</t>
+  </si>
+  <si>
+    <t>La Teste-de-Buch</t>
   </si>
   <si>
     <t>SARL 33 AGGIR A DOM</t>
   </si>
   <si>
     <t>SARL 33 AGGIR A DOM - Floirac</t>
   </si>
   <si>
     <t>0536893795</t>
   </si>
   <si>
     <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Baron, Bassens, Baurech, Bègles, Beychac-et-Caillau, Blanquefort, Blésignac, Bonnetan, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Eysines, Fargues-Saint-Hilaire, Floirac, Gradignan, Haux, La Sauve, Langoiran, Latresne, Le Bouscat, Le Haillan, Le Pout, Le Taillan-Médoc, Le Tourne, Lignan-de-Bordeaux, Lormont, Loupes, Madirac, Martignas-sur-Jalle, Mérignac, Montussan, Parempuyre, Pessac, Pompignac, Quinsac, Sadirac, Saint-Aubin-de-Médoc, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Léon, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Sallebœuf, Tabanac, Talence, Tresses, Villenave-d'Ornon, Villenave-de-Rions, Yvrac</t>
   </si>
   <si>
-    <t>PIVOINE</t>
-[...116 lines deleted...]
-    <t>Blanquefort</t>
+    <t>CONFIEZ NOUS</t>
+  </si>
+  <si>
+    <t>CONFIEZ NOUS - Podensac</t>
+  </si>
+  <si>
+    <t>0556768841</t>
+  </si>
+  <si>
+    <t>http://www.confiez-nous.fr</t>
+  </si>
+  <si>
+    <t>Arbanats, Barsac, Béguey, Cadillac, Cérons, Illats, Loupiac, Paillet, Podensac, Portets, Preignac, Rions, Saint-Michel-de-Rieufret, Sainte-Croix-du-Mont, Virelade</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Lanton</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à domicile du CCAS de Lanton - Lanton</t>
+  </si>
+  <si>
+    <t>0556038625</t>
+  </si>
+  <si>
+    <t>https://www.mairie-lanton.fr/quotidien/solidarite/</t>
+  </si>
+  <si>
+    <t>Lanton</t>
+  </si>
+  <si>
+    <t>AIDE SERVICE</t>
+  </si>
+  <si>
+    <t>AIDE SERVICE - LORMONT</t>
+  </si>
+  <si>
+    <t>0556383840</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Artigues-près-Bordeaux, Bassens, Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Carbon-Blanc, Cenon, Floirac, Gradignan, Le Bouscat, Lormont, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Résidence Services Seniors Espace &amp; Vie</t>
+  </si>
+  <si>
+    <t>Résidence Services Seniors Espace &amp; Vie  - Saint-Aubin-de-Médoc</t>
+  </si>
+  <si>
+    <t>0557209200</t>
+  </si>
+  <si>
+    <t>https://www.espaceetvie.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Audenge, Bassens, Bègles, Biganos, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Carcans, Cenon, Cussac-Fort-Médoc, Eysines, Floirac, Gradignan, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Lanton, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Le Verdon-sur-Mer, Lège-Cap-Ferret, Lormont, Ludon-Médoc, Macau, Marcheprime, Margaux-Cantenac, Martignas-sur-Jalle, Mérignac, Mios, Naujac-sur-Mer, Parempuyre, Pessac, Queyrac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Saint-Vivien-de-Médoc, Soulac-sur-Mer, Soussans, Talais, Talence, Valeyrac, Vendays-Montalivet, Vensac, Villenave-d'Ornon</t>
   </si>
   <si>
     <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Guîtres</t>
   </si>
   <si>
     <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Guîtres - Guîtres</t>
   </si>
   <si>
     <t>0557561948</t>
   </si>
   <si>
     <t>Bonzac, Guîtres, Lagorce, Lapouyade, Maransin, Sablons, Saint-Martin-de-Laye, Saint-Martin-du-Bois, Savignac-de-l'Isle, Tizac-de-Lapouyade</t>
   </si>
   <si>
-    <t>Le Patio Vaillant</t>
-[...25 lines deleted...]
-  <si>
     <t>RESO EMPLOIS A DOMICILE</t>
   </si>
   <si>
     <t>RESO EMPLOIS A DOMICILE - Eysines</t>
   </si>
   <si>
     <t>0556159188</t>
   </si>
   <si>
     <t>https://resoadom33.org/</t>
   </si>
   <si>
     <t>Ambarès-et-Lagrave, Ambès, Arcins, Arsac, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Cussac-Fort-Médoc, Eysines, Floirac, Gradignan, Labarde, Lamarque, Le Bouscat, Le Haillan, Le Pian-Médoc, Le Taillan-Médoc, Lormont, Ludon-Médoc, Macau, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
   </si>
   <si>
-    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Sainte Terre</t>
-[...131 lines deleted...]
-    <t>AMALLYA</t>
+    <t>RESIDENCE COEUR DE BASSIN</t>
+  </si>
+  <si>
+    <t>RESIDENCE COEUR DE BASSIN - Audenge</t>
+  </si>
+  <si>
+    <t>0557177900</t>
+  </si>
+  <si>
+    <t>https://www.lestemplitudesaudenge.com/</t>
+  </si>
+  <si>
+    <t>Andernos-les-Bains, Arès, Audenge, Biganos, Lanton, Lège-Cap-Ferret, Marcheprime, Mios</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Bruges</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS de Bruges - Bruges</t>
+  </si>
+  <si>
+    <t>0556168081</t>
+  </si>
+  <si>
+    <t>https://www.mairie-bruges.fr</t>
+  </si>
+  <si>
+    <t>Bruges</t>
+  </si>
+  <si>
+    <t>ALOÏS</t>
+  </si>
+  <si>
+    <t>ALOÏS - Bordeaux</t>
+  </si>
+  <si>
+    <t>0557977165</t>
+  </si>
+  <si>
+    <t>http://alois.services/</t>
+  </si>
+  <si>
+    <t>ESPACE ET VIE LIBOURNE</t>
+  </si>
+  <si>
+    <t>ESPACE ET VIE LIBOURNE - Libourne</t>
+  </si>
+  <si>
+    <t>0557508000</t>
+  </si>
+  <si>
+    <t>https://www.residences-espaceetvie.fr</t>
+  </si>
+  <si>
+    <t>Libourne</t>
+  </si>
+  <si>
+    <t>ADASTRA</t>
+  </si>
+  <si>
+    <t>ADASTRA - BORDEAUX</t>
+  </si>
+  <si>
+    <t>0557359595</t>
+  </si>
+  <si>
+    <t>http://www.adastra.care</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive gauche, Bruges, Cadaujac, Eysines, Gradignan, La Brède, Le Bouscat, Le Haillan, Léognan, Martillac, Mérignac, Pessac, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Selve, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>FREE DOM' SENIOR COMPAGNIE BASSIN D'ARCACHON</t>
+  </si>
+  <si>
+    <t>FREE DOM' SENIOR COMPAGNIE BASSIN D'ARCACHON - La Teste-de-Buch</t>
+  </si>
+  <si>
+    <t>0557524749</t>
+  </si>
+  <si>
+    <t>https://bassindarcachon.senior-compagnie.fr/</t>
+  </si>
+  <si>
+    <t>DESTIA VILLENAVE D'ORNON</t>
+  </si>
+  <si>
+    <t>DESTIA VILLENAVE D'ORNON - Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>0556374909</t>
+  </si>
+  <si>
+    <t>Bègles, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Cenon, Floirac, Gradignan, Le Bouscat, Lormont, Mérignac, Pessac, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Arès</t>
+  </si>
+  <si>
+    <t>Service d'Aide et d'Accompagnement à Domicile du CCAS d'Arès - Arès</t>
+  </si>
+  <si>
+    <t>0557170101</t>
+  </si>
+  <si>
+    <t>https://ville-ares.fr/social-solidarite/</t>
+  </si>
+  <si>
+    <t>Arès</t>
+  </si>
+  <si>
+    <t>AAPAM</t>
+  </si>
+  <si>
+    <t>AAPAM - Blaignan-Prignac</t>
+  </si>
+  <si>
+    <t>0556731950</t>
+  </si>
+  <si>
+    <t>https://www.aapam-medoc.fr</t>
+  </si>
+  <si>
+    <t>Arcins, Arsac, Avensan, Bégadan, Blaignan, Brach, Carcans, Castelnau-de-Médoc, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Cussac-Fort-Médoc, Gaillan-en-Médoc, Grayan-et-l'Hôpital, Hourtin, Jau-Dignac-et-Loirac, Labarde, Lacanau, Lamarque, Le Pian-Médoc, Le Porge, Le Temple, Le Verdon-sur-Mer, Lesparre-Médoc, Listrac-Médoc, Ludon-Médoc, Macau, Margaux-Cantenac, Moulis-en-Médoc, Naujac-sur-Mer, Ordonnac, Pauillac, Prignac-en-Médoc, Queyrac, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vivien-de-Médoc, Saint-Yzans-de-Médoc, Sainte-Hélène, Salaunes, Saumos, Soulac-sur-Mer, Soussans, Talais, Valeyrac, Vendays-Montalivet, Vensac, Vertheuil</t>
+  </si>
+  <si>
+    <t>SENIOR PLUS 33</t>
+  </si>
+  <si>
+    <t>SENIOR PLUS 33 - Gujan-Mestras</t>
+  </si>
+  <si>
+    <t>0557522076</t>
+  </si>
+  <si>
+    <t>https://www.ass-seniorplus.com</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Arcachon, Artigues-près-Bordeaux, Bassens, Bègles, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Eysines, Floirac, Gradignan, Gujan-Mestras, La Teste-de-Buch, Le Bouscat, Le Haillan, Le Taillan-Médoc, Le Teich, Lormont, Martignas-sur-Jalle, Mérignac, Parempuyre, Pessac, Saint-Aubin-de-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Vincent-de-Paul, Talence, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>oligad</t>
+  </si>
+  <si>
+    <t>oligad - Libourne</t>
+  </si>
+  <si>
+    <t>0557740526</t>
+  </si>
+  <si>
+    <t>https://www.oligad.com</t>
+  </si>
+  <si>
+    <t>Abzac, Arveyres, Bonzac, Branne, Cabara, Cadarsac, Chamadelle, Coutras, Espiet, Génissac, Guîtres, Lagorce, Lalande-de-Pomerol, Les Billaux, Les Églisottes-et-Chalaures, Libourne, Moulon, Naujan-et-Postiac, Nérigean, Pomerol, Saint-Denis-de-Pile, Saint-Germain-du-Puch, Saint-Martin-du-Bois, Saint-Quentin-de-Baron, Tizac-de-Curton</t>
   </si>
   <si>
     <t>AMALLYA - Tresses</t>
   </si>
   <si>
     <t>0547336494</t>
   </si>
   <si>
-    <t>http://www.amallya.fr</t>
-[...1 lines deleted...]
-  <si>
     <t>Artigues-près-Bordeaux, Arveyres, Baigneaux, Baron, Bassens, Baurech, Bellebat, Blésignac, Bonnetan, Bordeaux rive droite, Bouliac, Branne, Cadarsac, Cambes, Camiac-et-Saint-Denis, Capian, Carbon-Blanc, Cardan, Carignan-de-Bordeaux, Cénac, Cenon, Créon, Croignon, Cursan, Daignac, Dardenac, Faleyras, Fargues-Saint-Hilaire, Floirac, Génissac, Grézillac, Guillac, Haux, La Sauve, Langoiran, Le Pout, Le Tourne, Lestiac-sur-Garonne, Lignan-de-Bordeaux, Lormont, Loupes, Lugaignac, Madirac, Montussan, Moulon, Naujan-et-Postiac, Nérigean, Paillet, Pompignac, Quinsac, Romagne, Sadirac, Saint-Aubin-de-Branne, Saint-Caprais-de-Bordeaux, Saint-Genès-de-Lombaud, Saint-Germain-du-Puch, Saint-Léon, Saint-Quentin-de-Baron, Sainte-Eulalie, Sallebœuf, Soulignac, Tabanac, Targon, Tizac-de-Curton, Tresses, Vayres, Villenave-de-Rions, Yvrac</t>
   </si>
   <si>
-    <t>Service d'Aide et d'Accompagnement à Domicile du CIAS du Sud Gironde</t>
-[...575 lines deleted...]
-    <t>Canéjan</t>
+    <t>MOSAIQUE SERVICES</t>
+  </si>
+  <si>
+    <t>MOSAIQUE SERVICES - Léognan</t>
+  </si>
+  <si>
+    <t>Avant 7h, Après 20h</t>
+  </si>
+  <si>
+    <t>0667353146</t>
+  </si>
+  <si>
+    <t>Arbis, Ayguemorte-les-Graves, Baigneaux, Beautiran, Bellebat, Bellefond, Blasimon, Cabanac-et-Villagrains, Cadaujac, Cantois, Castelmoron-d'Albret, Castelviel, Castres-Gironde, Caumont, Cazaugitat, Cessac, Cleyrac, Coirac, Courpiac, Cours-de-Monségur, Coutures, Daubèze, Dieulivol, Faleyras, Frontenac, Gornac, Isle-Saint-Georges, La Brède, Ladaux, Landerrouet-sur-Ségur, Le Puy, Léognan, Lugasson, Martillac, Martres, Mauriac, Mesterrieux, Montignac, Mourens, Neuffons, Rimons, Romagne, Saint-Antoine-du-Queyret, Saint-Brice, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genis-du-Bois, Saint-Hilaire-du-Bois, Saint-Laurent-du-Bois, Saint-Martin-de-Lerm, Saint-Martin-du-Puy, Saint-Médard-d'Eyrans, Saint-Morillon, Saint-Pierre-de-Bat, Saint-Selve, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Sainte-Gemme, Saucats, Sauveterre-de-Guyenne, Soulignac, Soussac, Taillecavat, Targon</t>
+  </si>
+  <si>
+    <t>Association Les Coteaux de Bordeaux</t>
+  </si>
+  <si>
+    <t>Association Les Coteaux de Bordeaux - Sallebœuf</t>
+  </si>
+  <si>
+    <t>0556728994</t>
+  </si>
+  <si>
+    <t>https://lescoteauxdebordeaux.fr</t>
+  </si>
+  <si>
+    <t>Artigues-près-Bordeaux, Beychac-et-Caillau, Bonnetan, Bouliac, Camarsac, Carignan-de-Bordeaux, Cenon, Croignon, Fargues-Saint-Hilaire, Floirac, Le Pout, Lignan-de-Bordeaux, Lormont, Loupes, Montussan, Pompignac, Sadirac, Saint-Sulpice-et-Cameyrac, Sallebœuf, Tresses, Yvrac</t>
+  </si>
+  <si>
+    <t>ASAP DOMICILE</t>
+  </si>
+  <si>
+    <t>ASAP DOMICILE - BORDEAUX</t>
+  </si>
+  <si>
+    <t>0556023560</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Bassens, Bégadan, Bègles, Blaignan, Blanquefort, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bruges, Carbon-Blanc, Cenon, Cissac-Médoc, Civrac-en-Médoc, Couquèques, Eysines, Floirac, Gaillan-en-Médoc, Gradignan, Le Bouscat, Le Haillan, Le Taillan-Médoc, Lesparre-Médoc, Lormont, Martignas-sur-Jalle, Mérignac, Ordonnac, Parempuyre, Pauillac, Pessac, Prignac-en-Médoc, Saint-Aubin-de-Médoc, Saint-Christoly-Médoc, Saint-Estèphe, Saint-Germain-d'Esteuil, Saint-Julien-Beychevelle, Saint-Laurent-Médoc, Saint-Louis-de-Montferrand, Saint-Médard-en-Jalles, Saint-Sauveur, Saint-Seurin-de-Cadourne, Saint-Vincent-de-Paul, Saint-Yzans-de-Médoc, Talence, Vertheuil, Villenave-d'Ornon</t>
+  </si>
+  <si>
+    <t>Vitalliance</t>
+  </si>
+  <si>
+    <t>Vitalliance - Eysines</t>
+  </si>
+  <si>
+    <t>0556505134</t>
+  </si>
+  <si>
+    <t>https://www.vitalliance.fr/agences/bordeaux-rive-gauche-KbPPN</t>
+  </si>
+  <si>
+    <t>Abzac, Aillas, Ambarès-et-Lagrave, Ambès, Andernos-les-Bains, Anglade, Arbanats, Arbis, Arcachon, Arcins, Arès, Arsac, Artigues-près-Bordeaux, Asques, Aubiac, Audenge, Auriolles, Auros, Avensan, Ayguemorte-les-Graves, Bagas, Baigneaux, Balizac, Barie, Baron, Barsac, Bassanne, Bassens, Baurech, Bayon-sur-Gironde, Bazas, Beautiran, Bégadan, Bègles, Béguey, Belin-Béliet, Bellebat, Bellefond, Belvès-de-Castillon, Bernos-Beaulac, Berson, Berthez, Beychac-et-Caillau, Bieujac, Biganos, Birac, Blaignac, Blaignan, Blanquefort, Blasimon, Blaye, Blésignac, Bommes, Bonnetan, Bonzac, Bordeaux rive droite, Bordeaux rive gauche, Bouliac, Bourdelles, Bourg, Bourideys, Brach, Brannens, Braud-et-Saint-Louis, Brouqueyran, Bruges, Budos, Cabanac-et-Villagrains, Cadaujac, Cadillac, Cadillac-en-Fronsadais, Camarsac, Cambes, Camblanes-et-Meynac, Camiac-et-Saint-Denis, Camiran, Campugnan, Canéjan, Cantois, Capian, Caplong, Captieux, Carbon-Blanc, Carcans, Cardan, Carignan-de-Bordeaux, Cars, Cartelègue, Casseuil, Castelmoron-d'Albret, Castelnau-de-Médoc, Castelviel, Castets et Castillon, Castillon-la-Bataille, Castres-Gironde, Caudrot, Caumont, Cauvignac, Cavignac, Cazalis, Cazats, Cazaugitat, Cénac, Cenon, Cérons, Cessac, Cestas, Cézac, Cissac-Médoc, Civrac-de-Blaye, Civrac-en-Médoc, Cleyrac, Coimères, Coirac, Comps, Couquèques, Courpiac, Cours-de-Monségur, Cours-les-Bains, Coutras, Coutures, Créon, Croignon, Cubnezais, Cubzac-les-Ponts, Cudos, Cursan, Cussac-Fort-Médoc, Daignac, Daubèze, Dieulivol, Donnezac, Donzac, Escaudes, Escoussans, Étauliers, Eynesse, Eyrans, Eysines, Faleyras, Fargues, Fargues-Saint-Hilaire, Floirac, Floudès, Fontet, Fossès-et-Baleyssac, Fours, Francs, Fronsac, Frontenac, Gabarnac, Gaillan-en-Médoc, Gajac, Galgon, Gans, Gardegan-et-Tourtirac, Gauriac, Gauriaguet, Générac, Gironde-sur-Dropt, Giscos, Gornac, Goualade, Gradignan, Grayan-et-l'Hôpital, Grézillac, Grignols, Guillos, Gujan-Mestras, Haux, Hostens, Hourtin, Hure, Illats, Isle-Saint-Georges, Izon, Jau-Dignac-et-Loirac, La Brède, La Lande-de-Fronsac, La Réole, La Rivière, La Roquille, La Sauve, La Teste-de-Buch, Labarde, Labescau, Lacanau, Ladaux, Lados, Lamarque, Lamothe-Landerron, Landerrouat, Landerrouet-sur-Ségur, Landiras, Langoiran, Langon, Lansac, Lanton, Laroque, Lartigue, Laruscade, Latresne, Lavazan, Le Barp, Le Bouscat, Le Haillan, Le Nizan, Le Pian-Médoc, Le Pian-sur-Garonne, Le Porge, Le Pout, Le Puy, Le Taillan-Médoc, Le Teich, Le Temple, Le Tourne, Le Tuzan, Le Verdon-sur-Mer, Lège-Cap-Ferret, Léogeats, Léognan, Lerm-et-Musset, Les Artigues-de-Lussac, Les Esseintes, Les Lèves-et-Thoumeyragues, Lesparre-Médoc, Lestiac-sur-Garonne, Libourne, Lignan-de-Bazas, Lignan-de-Bordeaux, Ligueux, Listrac-de-Durèze, Listrac-Médoc, Lormont, Loubens, Louchats, Loupes, Loupiac, Loupiac-de-la-Réole, Lucmau, Ludon-Médoc, Lugasson, Lugon-et-l'Île-du-Carnay, Lugos, Lussac, Macau, Madirac, Maransin, Marcenais, Marcheprime, Marcillac, Margaux-Cantenac, Margueron, Marimbault, Marions, Marsas, Martignas-sur-Jalle, Martillac, Martres, Masseilles, Massugas, Mauriac, Mazères, Mazion, Mérignac, Mesterrieux, Mios, Mombrier, Mongauzy, Monprimblanc, Monségur, Montagne, Montagoudin, Montignac, Montussan, Morizès, Mouillac, Moulis-en-Médoc, Mourens, Naujac-sur-Mer, Néac, Nérigean, Neuffons, Noaillac, Noaillan, Omet, Ordonnac, Origne, Paillet, Parempuyre, Pauillac, Pellegrue, Périssac, Pessac, Petit-Palais-et-Cornemps, Peujard, Pineuilh, Plassac, Pleine-Selve, Podensac, Pompéjac, Pompignac, Pondaurat, Portets, Préchac, Preignac, Prignac-en-Médoc, Prignac-et-Marcamps, Pugnac, Puisseguin, Pujols-sur-Ciron, Puybarban, Queyrac, Quinsac, Reignac, Rimons, Riocaud, Rions, Roaillan, Romagne, Roquebrune, Sadirac, Saillans, Saint-Aignan, Saint-André-de-Cubzac, Saint-André-du-Bois, Saint-André-et-Appelles, Saint-Androny, Saint-Antoine-du-Queyret, Saint-Aubin-de-Blaye, Saint-Aubin-de-Médoc, Saint-Avit-de-Soulège, Saint-Avit-Saint-Nazaire, Saint-Brice, Saint-Caprais-de-Blaye, Saint-Caprais-de-Bordeaux, Saint-Christoly-de-Blaye, Saint-Christoly-Médoc, Saint-Christophe-des-Bardes, Saint-Cibard, Saint-Ciers-de-Canesse, Saint-Ciers-sur-Gironde, Saint-Côme, Saint-Denis-de-Pile, Saint-Émilion, Saint-Estèphe, Saint-Étienne-de-Lisse, Saint-Exupéry, Saint-Félix-de-Foncaude, Saint-Ferme, Saint-Genès-de-Blaye, Saint-Genès-de-Castillon, Saint-Genès-de-Fronsac, Saint-Genès-de-Lombaud, Saint-Genis-du-Bois, Saint-Germain-d'Esteuil, Saint-Germain-de-Grave, Saint-Germain-de-la-Rivière, Saint-Gervais, Saint-Girons-d'Aiguevives, Saint-Hilaire-de-la-Noaille, Saint-Hilaire-du-Bois, Saint-Hippolyte, Saint-Jean-d'Illac, Saint-Julien-Beychevelle, Saint-Laurent-d'Arce, Saint-Laurent-des-Combes, Saint-Laurent-du-Bois, Saint-Laurent-du-Plan, Saint-Laurent-Médoc, Saint-Léger-de-Balson, Saint-Léon, Saint-Loubert, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Macaire, Saint-Magne, Saint-Maixant, Saint-Mariens, Saint-Martial, Saint-Martin-de-Lerm, Saint-Martin-de-Sescas, Saint-Martin-du-Puy, Saint-Martin-Lacaussade, Saint-Médard-d'Eyrans, Saint-Médard-en-Jalles, Saint-Michel-de-Castelnau, Saint-Michel-de-Fronsac, Saint-Michel-de-Lapujade, Saint-Michel-de-Rieufret, Saint-Morillon, Saint-Palais, Saint-Pardon-de-Conques, Saint-Paul, Saint-Pey-d'Armens, Saint-Philippe-d'Aiguille, Saint-Philippe-du-Seignal, Saint-Pierre-d'Aurillac, Saint-Pierre-de-Bat, Saint-Pierre-de-Mons, Saint-Quentin-de-Caplong, Saint-Romain-la-Virvée, Saint-Sauveur, Saint-Savin, Saint-Selve, Saint-Seurin-de-Bourg, Saint-Seurin-de-Cadourne, Saint-Seurin-de-Cursac, Saint-Sève, Saint-Sulpice-de-Faleyrens, Saint-Sulpice-de-Guilleragues, Saint-Sulpice-de-Pommiers, Saint-Sulpice-et-Cameyrac, Saint-Symphorien, Saint-Trojan, Saint-Vincent-de-Paul, Saint-Vivien-de-Blaye, Saint-Vivien-de-Médoc, Saint-Vivien-de-Monségur, Saint-Yzan-de-Soudiac, Saint-Yzans-de-Médoc, Sainte-Croix-du-Mont, Sainte-Eulalie, Sainte-Foy-la-Grande, Sainte-Foy-la-Longue, Sainte-Gemme, Sainte-Hélène, Sainte-Terre, Salaunes, Sallebœuf, Salles, Samonac, Saucats, Saugon, Saumos, Sauternes, Sauveterre-de-Guyenne, Sauviac, Savignac, Semens, Sendets, Sigalens, Sillas, Soulac-sur-Mer, Soulignac, Soussac, Soussans, Tabanac, Taillecavat, Talais, Talence, Targon, Tarnès, Tauriac, Tayac, Teuillac, Toulenne, Tresses, Uzeste, Val de Virvée, Valeyrac, Vayres, Vendays-Montalivet, Vensac, Vérac, Verdelais, Vertheuil, Vignonet, Villandraut, Villegouge, Villenave-d'Ornon, Villenave-de-Rions, Villeneuve, Virelade, Virsac, Yvrac</t>
+  </si>
+  <si>
+    <t>SPASAD LE TEMPS DE VIVRE</t>
+  </si>
+  <si>
+    <t>SPASAD LE TEMPS DE VIVRE - Saint-Loubès</t>
+  </si>
+  <si>
+    <t>0556686178</t>
+  </si>
+  <si>
+    <t>https://www.assoletempsdevivre.fr</t>
+  </si>
+  <si>
+    <t>Ambarès-et-Lagrave, Ambès, Artigues-près-Bordeaux, Arveyres, Bassens, Beychac-et-Caillau, Bordeaux rive droite, Bouliac, Carbon-Blanc, Cenon, Floirac, Izon, Lormont, Montussan, Saint-Loubès, Saint-Louis-de-Montferrand, Saint-Sulpice-et-Cameyrac, Saint-Vincent-de-Paul, Sainte-Eulalie, Tresses, Vayres, Yvrac</t>
   </si>
   <si>
     <t>AIDE ET SERVICE</t>
   </si>
   <si>
     <t>AIDE ET SERVICE - Eysines</t>
   </si>
   <si>
     <t>0556387154</t>
   </si>
   <si>
     <t>http://www.aideetservice.fr</t>
   </si>
   <si>
     <t>Bordeaux rive gauche, Bruges, Eysines, Le Bouscat, Le Haillan, Mérignac, Saint-Médard-en-Jalles</t>
-  </si>
-[...1156 lines deleted...]
-    <t>Bègles, Bordeaux rive gauche, Bruges, Cadaujac, Eysines, Gradignan, La Brède, Le Bouscat, Le Haillan, Léognan, Martillac, Mérignac, Pessac, Saint-Médard-en-Jalles, Saint-Morillon, Saint-Selve, Talence, Villenave-d'Ornon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2561,51 +2546,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F155"/>
+  <dimension ref="A1:F154"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="7618.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2645,3036 +2630,3016 @@
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" t="s">
         <v>24</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>25</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
         <v>28</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>29</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>30</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>31</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
         <v>34</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" t="s">
         <v>35</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>36</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
         <v>39</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" t="s">
         <v>40</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>41</v>
       </c>
-      <c r="E8"/>
       <c r="F8" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
       <c r="C9" t="s">
         <v>8</v>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>49</v>
       </c>
       <c r="C10" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>50</v>
       </c>
       <c r="E10" t="s">
         <v>51</v>
       </c>
       <c r="F10" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>53</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D11" t="s">
         <v>55</v>
       </c>
       <c r="E11" t="s">
         <v>56</v>
       </c>
       <c r="F11" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>58</v>
       </c>
       <c r="B12" t="s">
         <v>59</v>
       </c>
       <c r="C12" t="s">
         <v>8</v>
       </c>
       <c r="D12" t="s">
         <v>60</v>
       </c>
       <c r="E12" t="s">
         <v>61</v>
       </c>
       <c r="F12" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>63</v>
       </c>
       <c r="B13" t="s">
         <v>64</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
         <v>65</v>
       </c>
-      <c r="E13" t="s">
+      <c r="E13"/>
+      <c r="F13" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
+        <v>67</v>
+      </c>
+      <c r="B14" t="s">
         <v>68</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" t="s">
         <v>69</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>70</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B15" t="s">
         <v>73</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" t="s">
         <v>74</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>75</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" t="s">
         <v>78</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" t="s">
         <v>79</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>80</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" t="s">
         <v>83</v>
       </c>
-      <c r="B17" t="s">
+      <c r="E17" t="s">
         <v>84</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="F17" t="s">
         <v>85</v>
-      </c>
-[...2 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
+        <v>86</v>
+      </c>
+      <c r="B18" t="s">
         <v>87</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
+        <v>29</v>
+      </c>
+      <c r="D18" t="s">
         <v>88</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>89</v>
       </c>
-      <c r="E18"/>
       <c r="F18" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>91</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D19" t="s">
         <v>93</v>
       </c>
       <c r="E19" t="s">
         <v>94</v>
       </c>
       <c r="F19" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>96</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D20" t="s">
         <v>98</v>
       </c>
       <c r="E20" t="s">
         <v>99</v>
       </c>
       <c r="F20" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>101</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D21" t="s">
         <v>103</v>
       </c>
       <c r="E21" t="s">
         <v>104</v>
       </c>
       <c r="F21" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>106</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="D22" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E22" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F22" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B23" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C23" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="D23" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E23" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F23" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B24" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C24" t="s">
         <v>8</v>
       </c>
       <c r="D24" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="E24"/>
+        <v>119</v>
+      </c>
+      <c r="E24" t="s">
+        <v>120</v>
+      </c>
       <c r="F24" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B25" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C25" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D25" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E25" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F25" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B26" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C26" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D26" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E26" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F26" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B27" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>8</v>
       </c>
       <c r="D27" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E27" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F27" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B28" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C28" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D28" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="E28" t="s">
         <v>138</v>
       </c>
+      <c r="E28"/>
       <c r="F28" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>140</v>
       </c>
       <c r="B29" t="s">
         <v>141</v>
       </c>
       <c r="C29" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D29" t="s">
         <v>142</v>
       </c>
       <c r="E29" t="s">
         <v>143</v>
       </c>
       <c r="F29" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>145</v>
       </c>
       <c r="B30" t="s">
         <v>146</v>
       </c>
       <c r="C30" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D30" t="s">
         <v>147</v>
       </c>
       <c r="E30" t="s">
         <v>148</v>
       </c>
       <c r="F30" t="s">
-        <v>149</v>
+        <v>66</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
+        <v>149</v>
+      </c>
+      <c r="B31" t="s">
         <v>150</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
+        <v>29</v>
+      </c>
+      <c r="D31" t="s">
         <v>151</v>
       </c>
-      <c r="C31" t="s">
-[...2 lines deleted...]
-      <c r="D31" t="s">
+      <c r="E31"/>
+      <c r="F31" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
+        <v>153</v>
+      </c>
+      <c r="B32" t="s">
+        <v>154</v>
+      </c>
+      <c r="C32" t="s">
+        <v>29</v>
+      </c>
+      <c r="D32" t="s">
         <v>155</v>
       </c>
-      <c r="B32" t="s">
+      <c r="E32" t="s">
         <v>156</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+      <c r="F32" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
+        <v>158</v>
+      </c>
+      <c r="B33" t="s">
+        <v>159</v>
+      </c>
+      <c r="C33" t="s">
+        <v>29</v>
+      </c>
+      <c r="D33" t="s">
         <v>160</v>
       </c>
-      <c r="B33" t="s">
+      <c r="E33" t="s">
         <v>161</v>
       </c>
-      <c r="C33" t="s">
-[...2 lines deleted...]
-      <c r="D33" t="s">
+      <c r="F33" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
+        <v>163</v>
+      </c>
+      <c r="B34" t="s">
+        <v>164</v>
+      </c>
+      <c r="C34" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" t="s">
         <v>165</v>
       </c>
-      <c r="B34" t="s">
+      <c r="E34" t="s">
         <v>166</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+      <c r="F34" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
+        <v>168</v>
+      </c>
+      <c r="B35" t="s">
+        <v>169</v>
+      </c>
+      <c r="C35" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" t="s">
         <v>170</v>
       </c>
-      <c r="B35" t="s">
+      <c r="E35" t="s">
         <v>171</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="s">
+      <c r="F35" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
+        <v>173</v>
+      </c>
+      <c r="B36" t="s">
         <v>174</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" t="s">
         <v>175</v>
       </c>
-      <c r="C36" t="s">
-[...2 lines deleted...]
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>176</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
+        <v>178</v>
+      </c>
+      <c r="B37" t="s">
         <v>179</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" t="s">
         <v>180</v>
       </c>
-      <c r="C37" t="s">
-[...2 lines deleted...]
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>181</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
+        <v>183</v>
+      </c>
+      <c r="B38" t="s">
         <v>184</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" t="s">
         <v>185</v>
       </c>
-      <c r="C38" t="s">
-[...2 lines deleted...]
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>186</v>
       </c>
-      <c r="E38"/>
       <c r="F38" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>188</v>
       </c>
       <c r="B39" t="s">
         <v>189</v>
       </c>
       <c r="C39" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D39" t="s">
         <v>190</v>
       </c>
-      <c r="E39" t="s">
+      <c r="E39"/>
+      <c r="F39" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
+        <v>192</v>
+      </c>
+      <c r="B40" t="s">
         <v>193</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" t="s">
         <v>194</v>
       </c>
-      <c r="C40" t="s">
-[...2 lines deleted...]
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>195</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
+        <v>197</v>
+      </c>
+      <c r="B41" t="s">
         <v>198</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" t="s">
         <v>199</v>
       </c>
-      <c r="C41" t="s">
-[...2 lines deleted...]
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>200</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
+        <v>202</v>
+      </c>
+      <c r="B42" t="s">
         <v>203</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" t="s">
         <v>204</v>
       </c>
-      <c r="C42" t="s">
-[...2 lines deleted...]
-      <c r="D42" t="s">
+      <c r="E42"/>
+      <c r="F42" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
+        <v>206</v>
+      </c>
+      <c r="B43" t="s">
+        <v>207</v>
+      </c>
+      <c r="C43" t="s">
+        <v>108</v>
+      </c>
+      <c r="D43" t="s">
         <v>208</v>
       </c>
-      <c r="B43" t="s">
+      <c r="E43" t="s">
         <v>209</v>
       </c>
-      <c r="C43" t="s">
-[...2 lines deleted...]
-      <c r="D43" t="s">
+      <c r="F43" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
+        <v>211</v>
+      </c>
+      <c r="B44" t="s">
+        <v>212</v>
+      </c>
+      <c r="C44" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" t="s">
         <v>213</v>
       </c>
-      <c r="B44" t="s">
+      <c r="E44" t="s">
         <v>214</v>
       </c>
-      <c r="C44" t="s">
-[...2 lines deleted...]
-      <c r="D44" t="s">
+      <c r="F44" t="s">
         <v>215</v>
-      </c>
-[...2 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
+        <v>216</v>
+      </c>
+      <c r="B45" t="s">
         <v>217</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
+        <v>29</v>
+      </c>
+      <c r="D45" t="s">
         <v>218</v>
       </c>
-      <c r="C45" t="s">
-[...2 lines deleted...]
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>219</v>
       </c>
-      <c r="E45" t="s">
+      <c r="F45" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
+        <v>221</v>
+      </c>
+      <c r="B46" t="s">
         <v>222</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" t="s">
         <v>223</v>
       </c>
-      <c r="C46" t="s">
-[...2 lines deleted...]
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>224</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
+        <v>226</v>
+      </c>
+      <c r="B47" t="s">
         <v>227</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
+        <v>8</v>
+      </c>
+      <c r="D47" t="s">
         <v>228</v>
       </c>
-      <c r="C47" t="s">
-[...2 lines deleted...]
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>229</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
+        <v>231</v>
+      </c>
+      <c r="B48" t="s">
         <v>232</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
+        <v>108</v>
+      </c>
+      <c r="D48" t="s">
         <v>233</v>
       </c>
-      <c r="C48" t="s">
-[...2 lines deleted...]
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>234</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
+        <v>236</v>
+      </c>
+      <c r="B49" t="s">
         <v>237</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
+        <v>108</v>
+      </c>
+      <c r="D49" t="s">
         <v>238</v>
       </c>
-      <c r="C49" t="s">
-[...2 lines deleted...]
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>239</v>
       </c>
-      <c r="E49" t="s">
+      <c r="F49" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
+        <v>241</v>
+      </c>
+      <c r="B50" t="s">
         <v>242</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
+        <v>29</v>
+      </c>
+      <c r="D50" t="s">
         <v>243</v>
       </c>
-      <c r="C50" t="s">
-[...2 lines deleted...]
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>244</v>
       </c>
-      <c r="E50" t="s">
+      <c r="F50" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
+        <v>246</v>
+      </c>
+      <c r="B51" t="s">
         <v>247</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" t="s">
         <v>248</v>
       </c>
-      <c r="C51" t="s">
-[...2 lines deleted...]
-      <c r="D51" t="s">
+      <c r="E51"/>
+      <c r="F51" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
+        <v>250</v>
+      </c>
+      <c r="B52" t="s">
+        <v>251</v>
+      </c>
+      <c r="C52" t="s">
+        <v>29</v>
+      </c>
+      <c r="D52" t="s">
         <v>252</v>
       </c>
-      <c r="B52" t="s">
+      <c r="E52"/>
+      <c r="F52" t="s">
         <v>253</v>
-      </c>
-[...10 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
+        <v>254</v>
+      </c>
+      <c r="B53" t="s">
+        <v>255</v>
+      </c>
+      <c r="C53" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" t="s">
+        <v>256</v>
+      </c>
+      <c r="E53" t="s">
         <v>257</v>
       </c>
-      <c r="B53" t="s">
+      <c r="F53" t="s">
         <v>258</v>
-      </c>
-[...10 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
+        <v>259</v>
+      </c>
+      <c r="B54" t="s">
+        <v>260</v>
+      </c>
+      <c r="C54" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" t="s">
+        <v>261</v>
+      </c>
+      <c r="E54" t="s">
+        <v>41</v>
+      </c>
+      <c r="F54" t="s">
         <v>262</v>
-      </c>
-[...13 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
+        <v>263</v>
+      </c>
+      <c r="B55" t="s">
+        <v>264</v>
+      </c>
+      <c r="C55" t="s">
+        <v>29</v>
+      </c>
+      <c r="D55" t="s">
+        <v>265</v>
+      </c>
+      <c r="E55" t="s">
+        <v>266</v>
+      </c>
+      <c r="F55" t="s">
         <v>267</v>
-      </c>
-[...13 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
+        <v>268</v>
+      </c>
+      <c r="B56" t="s">
+        <v>269</v>
+      </c>
+      <c r="C56" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" t="s">
+        <v>270</v>
+      </c>
+      <c r="E56"/>
+      <c r="F56" t="s">
         <v>271</v>
-      </c>
-[...13 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
+        <v>272</v>
+      </c>
+      <c r="B57" t="s">
+        <v>273</v>
+      </c>
+      <c r="C57" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" t="s">
+        <v>274</v>
+      </c>
+      <c r="E57" t="s">
+        <v>275</v>
+      </c>
+      <c r="F57" t="s">
         <v>276</v>
-      </c>
-[...13 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
+        <v>277</v>
+      </c>
+      <c r="B58" t="s">
+        <v>278</v>
+      </c>
+      <c r="C58" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" t="s">
+        <v>279</v>
+      </c>
+      <c r="E58" t="s">
         <v>280</v>
       </c>
-      <c r="B58" t="s">
+      <c r="F58" t="s">
         <v>281</v>
-      </c>
-[...10 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
+        <v>282</v>
+      </c>
+      <c r="B59" t="s">
+        <v>283</v>
+      </c>
+      <c r="C59" t="s">
+        <v>29</v>
+      </c>
+      <c r="D59" t="s">
+        <v>284</v>
+      </c>
+      <c r="E59" t="s">
         <v>285</v>
       </c>
-      <c r="B59" t="s">
+      <c r="F59" t="s">
         <v>286</v>
-      </c>
-[...10 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B60" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C60" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D60" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
+        <v>291</v>
+      </c>
+      <c r="B61" t="s">
+        <v>292</v>
+      </c>
+      <c r="C61" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" t="s">
+        <v>293</v>
+      </c>
+      <c r="E61" t="s">
+        <v>219</v>
+      </c>
+      <c r="F61" t="s">
         <v>294</v>
-      </c>
-[...13 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
+        <v>295</v>
+      </c>
+      <c r="B62" t="s">
+        <v>296</v>
+      </c>
+      <c r="C62" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" t="s">
+        <v>297</v>
+      </c>
+      <c r="E62" t="s">
+        <v>298</v>
+      </c>
+      <c r="F62" t="s">
         <v>299</v>
-      </c>
-[...13 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
+        <v>300</v>
+      </c>
+      <c r="B63" t="s">
+        <v>301</v>
+      </c>
+      <c r="C63" t="s">
+        <v>29</v>
+      </c>
+      <c r="D63" t="s">
+        <v>302</v>
+      </c>
+      <c r="E63" t="s">
+        <v>303</v>
+      </c>
+      <c r="F63" t="s">
         <v>304</v>
-      </c>
-[...13 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
+        <v>305</v>
+      </c>
+      <c r="B64" t="s">
+        <v>306</v>
+      </c>
+      <c r="C64" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" t="s">
+        <v>307</v>
+      </c>
+      <c r="E64" t="s">
+        <v>308</v>
+      </c>
+      <c r="F64" t="s">
         <v>309</v>
-      </c>
-[...13 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="B65" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C65" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="D65" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="E65" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="F65" t="s">
-        <v>318</v>
+        <v>66</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="B66" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="C66" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D66" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="E66" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="F66" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="B67" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="C67" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D67" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="E67" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="F67" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="B68" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="C68" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D68" t="s">
-        <v>331</v>
-[...1 lines deleted...]
-      <c r="E68"/>
+        <v>326</v>
+      </c>
+      <c r="E68" t="s">
+        <v>327</v>
+      </c>
       <c r="F68" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="B69" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C69" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D69" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="E69"/>
       <c r="F69" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
+        <v>333</v>
+      </c>
+      <c r="B70" t="s">
+        <v>334</v>
+      </c>
+      <c r="C70" t="s">
+        <v>335</v>
+      </c>
+      <c r="D70" t="s">
+        <v>336</v>
+      </c>
+      <c r="E70" t="s">
+        <v>337</v>
+      </c>
+      <c r="F70" t="s">
         <v>338</v>
-      </c>
-[...13 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
+        <v>339</v>
+      </c>
+      <c r="B71" t="s">
+        <v>340</v>
+      </c>
+      <c r="C71" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" t="s">
+        <v>341</v>
+      </c>
+      <c r="E71" t="s">
+        <v>342</v>
+      </c>
+      <c r="F71" t="s">
         <v>343</v>
-      </c>
-[...13 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
+        <v>344</v>
+      </c>
+      <c r="B72" t="s">
+        <v>345</v>
+      </c>
+      <c r="C72" t="s">
+        <v>346</v>
+      </c>
+      <c r="D72" t="s">
+        <v>347</v>
+      </c>
+      <c r="E72" t="s">
         <v>348</v>
       </c>
-      <c r="B72" t="s">
+      <c r="F72" t="s">
         <v>349</v>
-      </c>
-[...10 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
+        <v>350</v>
+      </c>
+      <c r="B73" t="s">
+        <v>351</v>
+      </c>
+      <c r="C73" t="s">
+        <v>29</v>
+      </c>
+      <c r="D73" t="s">
+        <v>352</v>
+      </c>
+      <c r="E73" t="s">
         <v>353</v>
       </c>
-      <c r="B73" t="s">
+      <c r="F73" t="s">
         <v>354</v>
-      </c>
-[...10 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
+        <v>355</v>
+      </c>
+      <c r="B74" t="s">
+        <v>356</v>
+      </c>
+      <c r="C74" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" t="s">
+        <v>357</v>
+      </c>
+      <c r="E74"/>
+      <c r="F74" t="s">
         <v>358</v>
-      </c>
-[...13 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
+        <v>359</v>
+      </c>
+      <c r="B75" t="s">
+        <v>360</v>
+      </c>
+      <c r="C75" t="s">
+        <v>8</v>
+      </c>
+      <c r="D75" t="s">
+        <v>361</v>
+      </c>
+      <c r="E75" t="s">
+        <v>362</v>
+      </c>
+      <c r="F75" t="s">
         <v>363</v>
-      </c>
-[...11 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
+        <v>272</v>
+      </c>
+      <c r="B76" t="s">
+        <v>364</v>
+      </c>
+      <c r="C76" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" t="s">
+        <v>365</v>
+      </c>
+      <c r="E76" t="s">
+        <v>366</v>
+      </c>
+      <c r="F76" t="s">
         <v>367</v>
-      </c>
-[...13 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
+        <v>368</v>
+      </c>
+      <c r="B77" t="s">
+        <v>369</v>
+      </c>
+      <c r="C77" t="s">
+        <v>29</v>
+      </c>
+      <c r="D77" t="s">
+        <v>370</v>
+      </c>
+      <c r="E77" t="s">
+        <v>371</v>
+      </c>
+      <c r="F77" t="s">
         <v>372</v>
-      </c>
-[...13 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="B78" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C78" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D78" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="E78" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="F78" t="s">
-        <v>381</v>
+        <v>66</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B79" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="C79" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D79" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="E79" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="F79" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="B80" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="C80" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D80" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="E80"/>
+        <v>384</v>
+      </c>
+      <c r="E80" t="s">
+        <v>385</v>
+      </c>
       <c r="F80" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
+        <v>387</v>
+      </c>
+      <c r="B81" t="s">
+        <v>388</v>
+      </c>
+      <c r="C81" t="s">
+        <v>8</v>
+      </c>
+      <c r="D81" t="s">
+        <v>389</v>
+      </c>
+      <c r="E81" t="s">
+        <v>390</v>
+      </c>
+      <c r="F81" t="s">
         <v>391</v>
-      </c>
-[...13 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
+        <v>392</v>
+      </c>
+      <c r="B82" t="s">
+        <v>393</v>
+      </c>
+      <c r="C82" t="s">
+        <v>8</v>
+      </c>
+      <c r="D82" t="s">
+        <v>394</v>
+      </c>
+      <c r="E82" t="s">
         <v>395</v>
       </c>
-      <c r="B82" t="s">
+      <c r="F82" t="s">
         <v>396</v>
-      </c>
-[...10 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="B83" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C83" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D83" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
+        <v>401</v>
+      </c>
+      <c r="B84" t="s">
+        <v>402</v>
+      </c>
+      <c r="C84" t="s">
+        <v>108</v>
+      </c>
+      <c r="D84" t="s">
+        <v>403</v>
+      </c>
+      <c r="E84" t="s">
         <v>404</v>
       </c>
-      <c r="B84" t="s">
+      <c r="F84" t="s">
         <v>405</v>
-      </c>
-[...10 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
+        <v>406</v>
+      </c>
+      <c r="B85" t="s">
+        <v>407</v>
+      </c>
+      <c r="C85" t="s">
+        <v>29</v>
+      </c>
+      <c r="D85" t="s">
+        <v>408</v>
+      </c>
+      <c r="E85"/>
+      <c r="F85" t="s">
         <v>409</v>
-      </c>
-[...13 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="B86" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="C86" t="s">
         <v>8</v>
       </c>
       <c r="D86" t="s">
-        <v>416</v>
-[...3 lines deleted...]
-      </c>
+        <v>412</v>
+      </c>
+      <c r="E86"/>
       <c r="F86" t="s">
-        <v>11</v>
+        <v>413</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
+        <v>414</v>
+      </c>
+      <c r="B87" t="s">
+        <v>415</v>
+      </c>
+      <c r="C87" t="s">
+        <v>8</v>
+      </c>
+      <c r="D87" t="s">
+        <v>416</v>
+      </c>
+      <c r="E87" t="s">
+        <v>417</v>
+      </c>
+      <c r="F87" t="s">
         <v>418</v>
-      </c>
-[...13 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>422</v>
+        <v>272</v>
       </c>
       <c r="B88" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="C88" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D88" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="E88" t="s">
-        <v>425</v>
+        <v>366</v>
       </c>
       <c r="F88" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="B89" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="C89" t="s">
         <v>8</v>
       </c>
       <c r="D89" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="E89"/>
+        <v>424</v>
+      </c>
+      <c r="E89" t="s">
+        <v>425</v>
+      </c>
       <c r="F89" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>431</v>
+        <v>350</v>
       </c>
       <c r="B90" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="C90" t="s">
-        <v>433</v>
+        <v>29</v>
       </c>
       <c r="D90" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="E90" t="s">
-        <v>435</v>
+        <v>353</v>
       </c>
       <c r="F90" t="s">
-        <v>436</v>
+        <v>37</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
       <c r="B91" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="C91" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D91" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="E91" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="F91" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B92" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="C92" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D92" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="E92" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="F92" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="B93" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="C93" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D93" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="E93" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="F93" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="B94" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="C94" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D94" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
       <c r="E94" t="s">
-        <v>66</v>
+        <v>447</v>
       </c>
       <c r="F94" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="B95" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
       <c r="C95" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D95" t="s">
-        <v>458</v>
+        <v>451</v>
       </c>
       <c r="E95" t="s">
-        <v>196</v>
+        <v>452</v>
       </c>
       <c r="F95" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="B96" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="C96" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D96" t="s">
-        <v>462</v>
-[...3 lines deleted...]
-      </c>
+        <v>456</v>
+      </c>
+      <c r="E96"/>
       <c r="F96" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="B97" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="C97" t="s">
         <v>8</v>
       </c>
       <c r="D97" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="E97" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="F97" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="B98" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="C98" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D98" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="E98"/>
+        <v>465</v>
+      </c>
+      <c r="E98" t="s">
+        <v>466</v>
+      </c>
       <c r="F98" t="s">
-        <v>403</v>
+        <v>467</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="B99" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C99" t="s">
         <v>8</v>
       </c>
       <c r="D99" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="E99" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="F99" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="B100" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="C100" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D100" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="E100" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="F100" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="B101" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="C101" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D101" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="E101" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="F101" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="B102" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="C102" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D102" t="s">
-        <v>490</v>
-[...1 lines deleted...]
-      <c r="E102"/>
+        <v>485</v>
+      </c>
+      <c r="E102" t="s">
+        <v>486</v>
+      </c>
       <c r="F102" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
+        <v>488</v>
+      </c>
+      <c r="B103" t="s">
+        <v>489</v>
+      </c>
+      <c r="C103" t="s">
+        <v>29</v>
+      </c>
+      <c r="D103" t="s">
+        <v>490</v>
+      </c>
+      <c r="E103" t="s">
+        <v>491</v>
+      </c>
+      <c r="F103" t="s">
         <v>492</v>
-      </c>
-[...13 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
+        <v>493</v>
+      </c>
+      <c r="B104" t="s">
+        <v>494</v>
+      </c>
+      <c r="C104" t="s">
+        <v>8</v>
+      </c>
+      <c r="D104" t="s">
+        <v>495</v>
+      </c>
+      <c r="E104" t="s">
+        <v>496</v>
+      </c>
+      <c r="F104" t="s">
         <v>497</v>
-      </c>
-[...13 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
+        <v>498</v>
+      </c>
+      <c r="B105" t="s">
+        <v>499</v>
+      </c>
+      <c r="C105" t="s">
+        <v>29</v>
+      </c>
+      <c r="D105" t="s">
+        <v>500</v>
+      </c>
+      <c r="E105" t="s">
+        <v>501</v>
+      </c>
+      <c r="F105" t="s">
         <v>502</v>
-      </c>
-[...13 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="B106" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="C106" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D106" t="s">
-        <v>509</v>
-[...3 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="E106"/>
       <c r="F106" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="B107" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="C107" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D107" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="E107" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="F107" t="s">
-        <v>11</v>
+        <v>511</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>414</v>
+        <v>512</v>
       </c>
       <c r="B108" t="s">
+        <v>513</v>
+      </c>
+      <c r="C108" t="s">
+        <v>29</v>
+      </c>
+      <c r="D108" t="s">
+        <v>514</v>
+      </c>
+      <c r="E108" t="s">
+        <v>515</v>
+      </c>
+      <c r="F108" t="s">
         <v>516</v>
-      </c>
-[...10 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
+        <v>517</v>
+      </c>
+      <c r="B109" t="s">
+        <v>518</v>
+      </c>
+      <c r="C109" t="s">
+        <v>8</v>
+      </c>
+      <c r="D109" t="s">
         <v>519</v>
       </c>
-      <c r="B109" t="s">
+      <c r="E109" t="s">
         <v>520</v>
       </c>
-      <c r="C109" t="s">
-[...2 lines deleted...]
-      <c r="D109" t="s">
+      <c r="F109" t="s">
         <v>521</v>
-      </c>
-[...2 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
+        <v>522</v>
+      </c>
+      <c r="B110" t="s">
         <v>523</v>
       </c>
-      <c r="B110" t="s">
+      <c r="C110" t="s">
+        <v>29</v>
+      </c>
+      <c r="D110" t="s">
         <v>524</v>
       </c>
-      <c r="C110" t="s">
-[...2 lines deleted...]
-      <c r="D110" t="s">
+      <c r="E110" t="s">
         <v>525</v>
       </c>
-      <c r="E110"/>
       <c r="F110" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>145</v>
+        <v>272</v>
       </c>
       <c r="B111" t="s">
         <v>527</v>
       </c>
       <c r="C111" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D111" t="s">
         <v>528</v>
       </c>
       <c r="E111" t="s">
+        <v>366</v>
+      </c>
+      <c r="F111" t="s">
         <v>529</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
+        <v>530</v>
+      </c>
+      <c r="B112" t="s">
         <v>531</v>
       </c>
-      <c r="B112" t="s">
+      <c r="C112" t="s">
+        <v>8</v>
+      </c>
+      <c r="D112" t="s">
         <v>532</v>
       </c>
-      <c r="C112" t="s">
-[...2 lines deleted...]
-      <c r="D112" t="s">
+      <c r="E112" t="s">
         <v>533</v>
       </c>
-      <c r="E112" t="s">
+      <c r="F112" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
+        <v>535</v>
+      </c>
+      <c r="B113" t="s">
         <v>536</v>
       </c>
-      <c r="B113" t="s">
+      <c r="C113" t="s">
+        <v>8</v>
+      </c>
+      <c r="D113" t="s">
         <v>537</v>
       </c>
-      <c r="C113" t="s">
-[...2 lines deleted...]
-      <c r="D113" t="s">
+      <c r="E113"/>
+      <c r="F113" t="s">
         <v>538</v>
-      </c>
-[...4 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
+        <v>539</v>
+      </c>
+      <c r="B114" t="s">
+        <v>540</v>
+      </c>
+      <c r="C114" t="s">
+        <v>29</v>
+      </c>
+      <c r="D114" t="s">
         <v>541</v>
       </c>
-      <c r="B114" t="s">
+      <c r="E114" t="s">
         <v>542</v>
       </c>
-      <c r="C114" t="s">
-[...2 lines deleted...]
-      <c r="D114" t="s">
+      <c r="F114" t="s">
         <v>543</v>
-      </c>
-[...4 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>145</v>
+        <v>544</v>
       </c>
       <c r="B115" t="s">
+        <v>545</v>
+      </c>
+      <c r="C115" t="s">
+        <v>29</v>
+      </c>
+      <c r="D115" t="s">
         <v>546</v>
       </c>
-      <c r="C115" t="s">
-[...2 lines deleted...]
-      <c r="D115" t="s">
+      <c r="E115" t="s">
+        <v>36</v>
+      </c>
+      <c r="F115" t="s">
         <v>547</v>
-      </c>
-[...4 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
+        <v>548</v>
+      </c>
+      <c r="B116" t="s">
         <v>549</v>
       </c>
-      <c r="B116" t="s">
+      <c r="C116" t="s">
+        <v>8</v>
+      </c>
+      <c r="D116" t="s">
         <v>550</v>
       </c>
-      <c r="C116" t="s">
-[...2 lines deleted...]
-      <c r="D116" t="s">
+      <c r="E116" t="s">
         <v>551</v>
       </c>
-      <c r="E116" t="s">
+      <c r="F116" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
+        <v>553</v>
+      </c>
+      <c r="B117" t="s">
         <v>554</v>
       </c>
-      <c r="B117" t="s">
+      <c r="C117" t="s">
+        <v>8</v>
+      </c>
+      <c r="D117" t="s">
         <v>555</v>
       </c>
-      <c r="C117" t="s">
-[...2 lines deleted...]
-      <c r="D117" t="s">
+      <c r="E117" t="s">
         <v>556</v>
       </c>
-      <c r="E117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F117" t="s">
-        <v>557</v>
+        <v>66</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
+        <v>557</v>
+      </c>
+      <c r="B118" t="s">
         <v>558</v>
       </c>
-      <c r="B118" t="s">
+      <c r="C118" t="s">
+        <v>8</v>
+      </c>
+      <c r="D118" t="s">
         <v>559</v>
       </c>
-      <c r="C118" t="s">
-[...2 lines deleted...]
-      <c r="D118" t="s">
+      <c r="E118" t="s">
         <v>560</v>
       </c>
-      <c r="E118"/>
       <c r="F118" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
         <v>562</v>
       </c>
       <c r="B119" t="s">
         <v>563</v>
       </c>
       <c r="C119" t="s">
         <v>8</v>
       </c>
       <c r="D119" t="s">
         <v>564</v>
       </c>
-      <c r="E119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E119"/>
       <c r="F119" t="s">
-        <v>566</v>
+        <v>506</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
+        <v>565</v>
+      </c>
+      <c r="B120" t="s">
+        <v>566</v>
+      </c>
+      <c r="C120" t="s">
+        <v>108</v>
+      </c>
+      <c r="D120" t="s">
         <v>567</v>
       </c>
-      <c r="B120" t="s">
+      <c r="E120" t="s">
         <v>568</v>
       </c>
-      <c r="C120" t="s">
-[...2 lines deleted...]
-      <c r="D120" t="s">
+      <c r="F120" t="s">
         <v>569</v>
-      </c>
-[...4 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
+        <v>570</v>
+      </c>
+      <c r="B121" t="s">
+        <v>571</v>
+      </c>
+      <c r="C121" t="s">
+        <v>8</v>
+      </c>
+      <c r="D121" t="s">
         <v>572</v>
       </c>
-      <c r="B121" t="s">
+      <c r="E121"/>
+      <c r="F121" t="s">
         <v>573</v>
-      </c>
-[...10 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
+        <v>574</v>
+      </c>
+      <c r="B122" t="s">
+        <v>575</v>
+      </c>
+      <c r="C122" t="s">
+        <v>29</v>
+      </c>
+      <c r="D122" t="s">
+        <v>576</v>
+      </c>
+      <c r="E122" t="s">
         <v>577</v>
       </c>
-      <c r="B122" t="s">
+      <c r="F122" t="s">
         <v>578</v>
-      </c>
-[...10 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
+        <v>579</v>
+      </c>
+      <c r="B123" t="s">
+        <v>580</v>
+      </c>
+      <c r="C123" t="s">
+        <v>8</v>
+      </c>
+      <c r="D123" t="s">
+        <v>581</v>
+      </c>
+      <c r="E123" t="s">
         <v>582</v>
       </c>
-      <c r="B123" t="s">
+      <c r="F123" t="s">
         <v>583</v>
-      </c>
-[...8 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
+        <v>584</v>
+      </c>
+      <c r="B124" t="s">
+        <v>585</v>
+      </c>
+      <c r="C124" t="s">
+        <v>335</v>
+      </c>
+      <c r="D124" t="s">
+        <v>586</v>
+      </c>
+      <c r="E124" t="s">
+        <v>337</v>
+      </c>
+      <c r="F124" t="s">
         <v>587</v>
-      </c>
-[...13 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
+        <v>588</v>
+      </c>
+      <c r="B125" t="s">
+        <v>589</v>
+      </c>
+      <c r="C125" t="s">
+        <v>8</v>
+      </c>
+      <c r="D125" t="s">
+        <v>590</v>
+      </c>
+      <c r="E125" t="s">
+        <v>591</v>
+      </c>
+      <c r="F125" t="s">
         <v>592</v>
-      </c>
-[...13 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
+        <v>593</v>
+      </c>
+      <c r="B126" t="s">
+        <v>594</v>
+      </c>
+      <c r="C126" t="s">
+        <v>8</v>
+      </c>
+      <c r="D126" t="s">
+        <v>595</v>
+      </c>
+      <c r="E126" t="s">
+        <v>596</v>
+      </c>
+      <c r="F126" t="s">
         <v>597</v>
-      </c>
-[...11 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
+        <v>598</v>
+      </c>
+      <c r="B127" t="s">
+        <v>599</v>
+      </c>
+      <c r="C127" t="s">
+        <v>29</v>
+      </c>
+      <c r="D127" t="s">
+        <v>600</v>
+      </c>
+      <c r="E127" t="s">
         <v>601</v>
       </c>
-      <c r="B127" t="s">
+      <c r="F127" t="s">
         <v>602</v>
-      </c>
-[...10 lines deleted...]
-        <v>604</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
+        <v>603</v>
+      </c>
+      <c r="B128" t="s">
+        <v>604</v>
+      </c>
+      <c r="C128" t="s">
+        <v>8</v>
+      </c>
+      <c r="D128" t="s">
         <v>605</v>
       </c>
-      <c r="B128" t="s">
+      <c r="E128" t="s">
         <v>606</v>
       </c>
-      <c r="C128" t="s">
-[...2 lines deleted...]
-      <c r="D128" t="s">
+      <c r="F128" t="s">
         <v>607</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
+        <v>608</v>
+      </c>
+      <c r="B129" t="s">
         <v>609</v>
       </c>
-      <c r="B129" t="s">
+      <c r="C129" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" t="s">
         <v>610</v>
       </c>
-      <c r="C129" t="s">
-[...2 lines deleted...]
-      <c r="D129" t="s">
+      <c r="E129" t="s">
         <v>611</v>
       </c>
-      <c r="E129" t="s">
+      <c r="F129" t="s">
         <v>612</v>
-      </c>
-[...1 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
+        <v>613</v>
+      </c>
+      <c r="B130" t="s">
         <v>614</v>
       </c>
-      <c r="B130" t="s">
+      <c r="C130" t="s">
+        <v>29</v>
+      </c>
+      <c r="D130" t="s">
         <v>615</v>
       </c>
-      <c r="C130" t="s">
-[...2 lines deleted...]
-      <c r="D130" t="s">
+      <c r="E130"/>
+      <c r="F130" t="s">
         <v>616</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
+        <v>617</v>
+      </c>
+      <c r="B131" t="s">
         <v>618</v>
       </c>
-      <c r="B131" t="s">
+      <c r="C131" t="s">
+        <v>8</v>
+      </c>
+      <c r="D131" t="s">
         <v>619</v>
       </c>
-      <c r="C131" t="s">
-[...2 lines deleted...]
-      <c r="D131" t="s">
+      <c r="E131" t="s">
         <v>620</v>
       </c>
-      <c r="E131" t="s">
+      <c r="F131" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>145</v>
+        <v>622</v>
       </c>
       <c r="B132" t="s">
         <v>623</v>
       </c>
       <c r="C132" t="s">
         <v>8</v>
       </c>
       <c r="D132" t="s">
         <v>624</v>
       </c>
       <c r="E132" t="s">
-        <v>529</v>
+        <v>625</v>
       </c>
       <c r="F132" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>145</v>
+        <v>627</v>
       </c>
       <c r="B133" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C133" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D133" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="E133" t="s">
-        <v>148</v>
+        <v>417</v>
       </c>
       <c r="F133" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="B134" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C134" t="s">
-        <v>8</v>
+        <v>108</v>
       </c>
       <c r="D134" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="E134" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="F134" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B135" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C135" t="s">
         <v>8</v>
       </c>
       <c r="D135" t="s">
-        <v>636</v>
-[...3 lines deleted...]
-      </c>
+        <v>638</v>
+      </c>
+      <c r="E135"/>
       <c r="F135" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B136" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C136" t="s">
-        <v>8</v>
+        <v>108</v>
       </c>
       <c r="D136" t="s">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="E136"/>
+        <v>642</v>
+      </c>
+      <c r="E136" t="s">
+        <v>643</v>
+      </c>
       <c r="F136" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="B137" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C137" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D137" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="E137" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="F137" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="B138" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C138" t="s">
-        <v>650</v>
+        <v>8</v>
       </c>
       <c r="D138" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="E138" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F138" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B139" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C139" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D139" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E139" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="F139" t="s">
-        <v>658</v>
+        <v>66</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
         <v>659</v>
       </c>
       <c r="B140" t="s">
         <v>660</v>
       </c>
       <c r="C140" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D140" t="s">
         <v>661</v>
       </c>
       <c r="E140" t="s">
         <v>662</v>
       </c>
       <c r="F140" t="s">
-        <v>119</v>
+        <v>663</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B141" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C141" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="D141" t="s">
-        <v>665</v>
-[...1 lines deleted...]
-      <c r="E141"/>
+        <v>666</v>
+      </c>
+      <c r="E141" t="s">
+        <v>667</v>
+      </c>
       <c r="F141" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="B142" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C142" t="s">
         <v>8</v>
       </c>
       <c r="D142" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="E142" t="s">
-        <v>283</v>
+        <v>672</v>
       </c>
       <c r="F142" t="s">
-        <v>670</v>
+        <v>37</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B143" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C143" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D143" t="s">
-        <v>673</v>
-[...1 lines deleted...]
-      <c r="E143"/>
+        <v>675</v>
+      </c>
+      <c r="E143" t="s">
+        <v>36</v>
+      </c>
       <c r="F143" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="B144" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C144" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D144" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="E144" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="F144" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B145" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C145" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D145" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="E145" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="F145" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B146" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C146" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="D146" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="E146" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="F146" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="B147" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C147" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="D147" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="E147" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="F147" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>695</v>
+        <v>272</v>
       </c>
       <c r="B148" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C148" t="s">
         <v>8</v>
       </c>
       <c r="D148" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="E148" t="s">
-        <v>10</v>
+        <v>275</v>
       </c>
       <c r="F148" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B149" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C149" t="s">
-        <v>8</v>
+        <v>702</v>
       </c>
       <c r="D149" t="s">
-        <v>701</v>
-[...3 lines deleted...]
-      </c>
+        <v>703</v>
+      </c>
+      <c r="E149"/>
       <c r="F149" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B150" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C150" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D150" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="E150" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="F150" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B151" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C151" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D151" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="E151" t="s">
-        <v>712</v>
+        <v>161</v>
       </c>
       <c r="F151" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>714</v>
       </c>
       <c r="B152" t="s">
         <v>715</v>
       </c>
       <c r="C152" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D152" t="s">
         <v>716</v>
       </c>
       <c r="E152" t="s">
         <v>717</v>
       </c>
       <c r="F152" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>719</v>
       </c>
       <c r="B153" t="s">
         <v>720</v>
       </c>
       <c r="C153" t="s">
-        <v>19</v>
+        <v>108</v>
       </c>
       <c r="D153" t="s">
         <v>721</v>
       </c>
       <c r="E153" t="s">
         <v>722</v>
       </c>
       <c r="F153" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>724</v>
       </c>
       <c r="B154" t="s">
         <v>725</v>
       </c>
       <c r="C154" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D154" t="s">
         <v>726</v>
       </c>
       <c r="E154" t="s">
         <v>727</v>
       </c>
       <c r="F154" t="s">
         <v>728</v>
-      </c>
-[...18 lines deleted...]
-        <v>733</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">