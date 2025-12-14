--- v0 (2025-12-13)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Recherche" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="334">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="321">
   <si>
     <t>animation</t>
   </si>
   <si>
     <t>field_titre_visite</t>
   </si>
   <si>
     <t>thematique</t>
   </si>
   <si>
     <t>date</t>
   </si>
   <si>
     <t>debut</t>
   </si>
   <si>
     <t>fin</t>
   </si>
   <si>
     <t>depart_port</t>
   </si>
   <si>
     <t>description_animation</t>
   </si>
   <si>
@@ -213,270 +213,231 @@
     <t>Découvrez la nouvelle exposition des Archives départementales de la Gironde du 10 décembre 2025 au 26 avril 2026.
 Première prison française exclusivement pour femmes, la maison centrale de Cadillac accueille entre 1822 et 1891 près de 10000 condamnées, développant un modèle carcéral fondé sur la discipline par le travail au sein du château ducal acquis par l’Etat en 1818. Au tournant du XXesiècle, cette prison devient l’une des trois écoles de préservation publiques en France, destinée aux jeunes filles mineures acquittées par la justice pour avoir agi sans discernement, mais placées jusqu’à leur majorité.
 Les conditions de l’enfermement des femmes condamnées, puis des jeunes filles « préservées » sont au cœur du propos de cette exposition, révélant ainsi 130 années d’une histoire féminine mise sous silence.
 Le parcours présente près de deux cents documents d’archives inédits émanant en majorité des fonds des archives départementales de la Gironde, et intègre, en résonnance, les œuvres de l’artiste plasticienne Agnès Geoffray, inspirées de ces archives, créées dans le cadre d’une résidence d’artiste en 2021 et conservées dans les collections du Frac Nouvelle-Aquitaine MÉCA.
 Partenaires : l’exposition est réalisée en partenariat avec le Centre des monuments nationaux / château ducal de Cadillac et le Fonds régional d’art contemporain Nouvelle-Aquitaine MÉCA pour lequel elle s’inscrit dans un cycle d’expositions dédié à la jeunesse sur le territoire régional (2024-2026). Elle bénéficie du soutien du ministère de la Culture (DRAC Nouvelle-Aquitaine).
 Consultez ci-dessous le programme des manifestations autour de l'exposition.
 Découvrez le programme
 Informations pratiques
 Entrée libre et gratuite
 Du lundi au vendredi de 9h à 17h, samedi et dimanche de 14h à 18h
 Visite guidée - sans réservation, dans la limite de 20 personnes - les mardi et mercredi à 15h00, les samedi et dimanche à 14h15 et 16h15.</t>
   </si>
   <si>
     <t>Archives départementales de la Gironde</t>
   </si>
   <si>
     <t>Bordeaux</t>
   </si>
   <si>
     <t>05 56 99 66 00</t>
   </si>
   <si>
     <t>https://archives.gironde.fr/n/effacees-br-small-l-enfermement-au-feminin-au-cha…</t>
   </si>
   <si>
-    <t>Accueil naturaliste - Vos rendez-vous avec la Bernache</t>
-[...11 lines deleted...]
-    <t>62 Avenue de la Plage</t>
+    <t>Visite guidée de la Réserve</t>
+  </si>
+  <si>
+    <t>dim 14/12/2025 - 09:30</t>
+  </si>
+  <si>
+    <t>dim 14/12/2025 - 12:30</t>
+  </si>
+  <si>
+    <t>Venez découvrir l'histoire de la Réserve Naturelle Nationale des marais de Bruges, la faune et la flore qu'elle abrite, ainsi que la gestion de cet espace naturel protégé. </t>
+  </si>
+  <si>
+    <t>Réserve Naturelle Nationale des marais de Bruges</t>
+  </si>
+  <si>
+    <t>Bruges</t>
+  </si>
+  <si>
+    <t>SEPANSO RN BRUGES</t>
+  </si>
+  <si>
+    <t>05 56 57 09 89</t>
+  </si>
+  <si>
+    <t>Certes pour tout petits - Margot du cours d'eau</t>
+  </si>
+  <si>
+    <t>dim 14/12/2025 - 10:00</t>
+  </si>
+  <si>
+    <t>dim 14/12/2025 - 11:30</t>
+  </si>
+  <si>
+    <t>La loutre Margot du cours d’eau souhaiterait installer sa maison dans la forêt à côté du ruisseau. Mais est-ce le bon endroit ? Par le biais d’activités natures mêlant plusieurs approches sensibles, les enfants décideront si oui ou non Margot fait bien de s’installer ici.Bien que les adultes doivent être présents, ce sont les plus jeunes qui seront à l’honneur. Sortie pour les 3-6 ans.    </t>
+  </si>
+  <si>
+    <t>Domaine de Certes et Graveyron - Accueil</t>
+  </si>
+  <si>
+    <t>05 56 82 71 79</t>
+  </si>
+  <si>
+    <t>https://gironde.fr</t>
+  </si>
+  <si>
+    <t>Balade contée - Vos rendez-vous avec la Bernache</t>
+  </si>
+  <si>
+    <t>Découverte de l'univers de la Bernache cravant au coeur de l'hiver : un moment chaleureux porté par les mots de la conteuse Myriam, complété d'informations naturalistes.📍 Plage de la Hume à Gujan-Mestras (33470). Merci de vous présenter à 09h45 devant la capitainerie de la plage de la Hume.🕐 De 10h00 à 12h30. 5 € par personne : réserver ici.</t>
+  </si>
+  <si>
+    <t>Avenue de la Plage</t>
   </si>
   <si>
     <t>Gujan-Mestras</t>
   </si>
   <si>
     <t>SEPANSO RN ARGUIN</t>
   </si>
   <si>
     <t>06 51 97 27 88</t>
   </si>
   <si>
     <t>http://www.reserves-naturelles.org/banc-d-arguin</t>
   </si>
   <si>
+    <t>Accueil naturaliste sur le sentier du littoral à Lanton</t>
+  </si>
+  <si>
+    <t>dim 14/12/2025 - 13:30</t>
+  </si>
+  <si>
+    <t>Venez à la rencontre, pendant votre balade, du naturaliste posté au bord du sentier. Partagez ses observations et n’hésitez pas à utiliser la longue vue. Cette halte vous permettra de mieux comprendre les paysages, la faune et la flore du bassin! Les Bernaches cravant, petites oies sombres venues de Sibérie, seront mises à l'honneur à travers une exposition.Vous nous croiserez plage Suzette ou en baie de Lanton, appelez le 05 24 73 37 33 pour connaître le lieu.</t>
+  </si>
+  <si>
+    <t>Lanton</t>
+  </si>
+  <si>
+    <t>MAISON DE LA NATURE DU BASSIN D ARCACHON (PNRLG)</t>
+  </si>
+  <si>
+    <t>05 24 73 37 33</t>
+  </si>
+  <si>
+    <t>http://www.mnba-leteich.fr</t>
+  </si>
+  <si>
+    <t>Atelier « Origami sur les animaux de la mare » à Sadirac</t>
+  </si>
+  <si>
+    <t>dim 14/12/2025 - 15:00</t>
+  </si>
+  <si>
+    <t>Tous les dimanches entre 14 h 30 et 18 h, visite libre de la Maison du Patrimoine Naturel du Créonnais (MPNC) à Sadirac et à 15h activité ou balade de découverte de l’environnement pour toute la famille ( à Sadirac ou dans une autre commune de la CdC).Atelier « Origami sur les animaux de la mare » le dimanche 2 février à 15hApprenez à fabriquer les animaux de la mare en pliage de papier !Sans inscriptions nécessaire au préalable.Plus d'info : www.terreetocean.fr</t>
+  </si>
+  <si>
+    <t>Sadirac</t>
+  </si>
+  <si>
+    <t>TERRE ET OCÉAN</t>
+  </si>
+  <si>
+    <t>05 56 49 34 77</t>
+  </si>
+  <si>
+    <t>http://www.terreetocean.fr/</t>
+  </si>
+  <si>
+    <t>Balade d'inauguration du nouveau conte kamishibai !</t>
+  </si>
+  <si>
+    <t>mer 17/12/2025 - 14:00</t>
+  </si>
+  <si>
+    <t>mer 17/12/2025 - 16:00</t>
+  </si>
+  <si>
+    <t>Venez découvrir le littoral en suivant les aventures de notre petit gravelot, héros du nouveau conte kamishibai. La lecture sera ponctuée par de courts ateliers et un temps de rencontre/dessin avec l'illustrateur Alan Anras </t>
+  </si>
+  <si>
+    <t>Maison de Grave</t>
+  </si>
+  <si>
+    <t>Le Verdon-sur-Mer</t>
+  </si>
+  <si>
+    <t>05 56 09 00 72</t>
+  </si>
+  <si>
+    <t>https://www.gironde.fr/environnement/maison-de-grave</t>
+  </si>
+  <si>
+    <t>CPIE Médoc</t>
+  </si>
+  <si>
+    <t>05 56 09 65 57</t>
+  </si>
+  <si>
+    <t>La vie sauvage en hiver</t>
+  </si>
+  <si>
+    <t>sam 20/12/2025 - 10:00</t>
+  </si>
+  <si>
+    <t>sam 20/12/2025 - 12:00</t>
+  </si>
+  <si>
+    <t>L’hiver, nous pouvons rester au chaud en intérieur ou nous blottir dans nos vêtements pour ne pas grelotter. Ce n’est pas le cas des animaux et plantes sauvages. Cette sortie est l’occasion de creuser les manières dont les êtres vivants passent cette saison froide. </t>
+  </si>
+  <si>
+    <t>sam 20/12/2025 - 14:30</t>
+  </si>
+  <si>
+    <t>sam 20/12/2025 - 16:00</t>
+  </si>
+  <si>
+    <t>Domaine de Certes</t>
+  </si>
+  <si>
     <t>Accueil Posté "Grue cendrée" au dortoir</t>
   </si>
   <si>
-    <t>sam 13/12/2025 - 16:00</t>
-[...2 lines deleted...]
-    <t>sam 13/12/2025 - 19:00</t>
+    <t>sam 20/12/2025 - 19:00</t>
   </si>
   <si>
     <t>Accueil naturaliste sur la Grue cendrée. Un.e garde de la réserve répondra à vos questions sur le plus grand échassier d'Europe.Une mini exposition sera installée, du matériel d'observation sera également disponible sous l'encadrement du garde présent.Gratuit et sans réservation.</t>
   </si>
   <si>
     <t>Réserve Naturelle Nationale de l'Etang de Cousseau</t>
   </si>
   <si>
     <t>Lacanau</t>
   </si>
   <si>
     <t>Office de Tourisme Médoc Atlantique</t>
   </si>
   <si>
     <t>05.56.03.21.01</t>
   </si>
   <si>
     <t>http://www.reserves-naturelles.org/etang-du-cousseau</t>
-  </si>
-[...166 lines deleted...]
-    <t>sam 20/12/2025 - 19:00</t>
   </si>
   <si>
     <t>A la découverte du domaine de Certes</t>
   </si>
   <si>
     <t>dim 21/12/2025 - 10:00</t>
   </si>
   <si>
     <t>dim 21/12/2025 - 12:30</t>
   </si>
   <si>
     <t>Laissez-vous guider durant cette balade de 5 km aller-retour à travers le domaine de Certes. Au programme : grands espaces et observation de la nature </t>
   </si>
   <si>
     <t>domaine-certes@gironde.fr</t>
   </si>
   <si>
     <t>0556827179</t>
   </si>
   <si>
     <t>Les gîtes arboricoles</t>
   </si>
   <si>
     <t>lun 22/12/2025 - 10:00</t>
   </si>
@@ -1407,51 +1368,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z73"/>
+  <dimension ref="A1:Z70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="1220.845" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
@@ -1721,4127 +1682,3945 @@
       </c>
       <c r="B5"/>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
         <v>54</v>
       </c>
       <c r="F5" t="s">
         <v>55</v>
       </c>
       <c r="G5"/>
       <c r="H5" t="s">
         <v>56</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>57</v>
       </c>
       <c r="K5" t="s">
         <v>58</v>
       </c>
       <c r="L5"/>
       <c r="M5">
-        <v>44.645973</v>
+        <v>44.900967</v>
       </c>
       <c r="N5">
-        <v>-1.115477</v>
+        <v>-0.616736</v>
       </c>
       <c r="O5" t="s">
         <v>41</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
         <v>59</v>
       </c>
       <c r="R5" t="s">
         <v>60</v>
       </c>
-      <c r="S5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S5"/>
       <c r="T5" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="V5"/>
+        <v>41</v>
+      </c>
+      <c r="U5" t="s">
+        <v>57</v>
+      </c>
+      <c r="V5" t="s">
+        <v>60</v>
+      </c>
       <c r="W5" t="s">
         <v>32</v>
       </c>
       <c r="X5"/>
       <c r="Y5"/>
       <c r="Z5"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B6"/>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K6" t="s">
-        <v>67</v>
+        <v>40</v>
       </c>
       <c r="L6"/>
       <c r="M6">
-        <v>44.982414</v>
+        <v>44.687798</v>
       </c>
       <c r="N6">
-        <v>-1.094729</v>
+        <v>-1.021679</v>
       </c>
       <c r="O6" t="s">
         <v>41</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="R6" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="S6" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="T6" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6" t="s">
         <v>32</v>
       </c>
       <c r="X6"/>
       <c r="Y6"/>
       <c r="Z6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B7"/>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="F7" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="K7" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="L7"/>
       <c r="M7">
-        <v>45.553246</v>
+        <v>44.64162</v>
       </c>
       <c r="N7">
-        <v>-1.093004</v>
+        <v>-1.113988</v>
       </c>
       <c r="O7" t="s">
         <v>32</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
-      <c r="Q7"/>
+      <c r="Q7" t="s">
+        <v>72</v>
+      </c>
       <c r="R7" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="S7" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="T7" t="s">
         <v>41</v>
       </c>
-      <c r="U7" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="U7"/>
+      <c r="V7"/>
       <c r="W7" t="s">
         <v>32</v>
       </c>
       <c r="X7"/>
       <c r="Y7"/>
       <c r="Z7"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="B8"/>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>82</v>
+        <v>62</v>
       </c>
       <c r="F8" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="I8"/>
-      <c r="J8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J8"/>
       <c r="K8" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="L8"/>
       <c r="M8">
-        <v>44.900967</v>
+        <v>44.707462</v>
       </c>
       <c r="N8">
-        <v>-0.616736</v>
+        <v>-1.054193</v>
       </c>
       <c r="O8" t="s">
         <v>41</v>
       </c>
       <c r="P8" t="s">
         <v>32</v>
       </c>
       <c r="Q8" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="R8" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="S8"/>
+        <v>80</v>
+      </c>
+      <c r="S8" t="s">
+        <v>81</v>
+      </c>
       <c r="T8" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="U8"/>
+      <c r="V8"/>
       <c r="W8" t="s">
         <v>32</v>
       </c>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="B9"/>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="F9" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="I9"/>
-      <c r="J9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J9"/>
       <c r="K9" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="L9"/>
       <c r="M9">
-        <v>44.687798</v>
+        <v>44.783386</v>
       </c>
       <c r="N9">
-        <v>-1.021679</v>
+        <v>-0.39556</v>
       </c>
       <c r="O9" t="s">
         <v>41</v>
       </c>
       <c r="P9" t="s">
         <v>32</v>
       </c>
       <c r="Q9" t="s">
-        <v>42</v>
+        <v>86</v>
       </c>
       <c r="R9" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="S9" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="T9" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9" t="s">
         <v>32</v>
       </c>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>90</v>
       </c>
       <c r="F10" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="K10" t="s">
-        <v>58</v>
+        <v>94</v>
       </c>
       <c r="L10"/>
       <c r="M10">
-        <v>44.64162</v>
+        <v>45.553246</v>
       </c>
       <c r="N10">
-        <v>-1.113988</v>
+        <v>-1.093004</v>
       </c>
       <c r="O10" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="P10" t="s">
         <v>32</v>
       </c>
-      <c r="Q10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q10"/>
       <c r="R10" t="s">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="S10" t="s">
-        <v>61</v>
+        <v>96</v>
       </c>
       <c r="T10" t="s">
         <v>41</v>
       </c>
-      <c r="U10"/>
-      <c r="V10"/>
+      <c r="U10" t="s">
+        <v>97</v>
+      </c>
+      <c r="V10" t="s">
+        <v>98</v>
+      </c>
       <c r="W10" t="s">
         <v>32</v>
       </c>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>99</v>
       </c>
       <c r="B11"/>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="F11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I11"/>
-      <c r="J11"/>
+      <c r="J11" t="s">
+        <v>65</v>
+      </c>
       <c r="K11" t="s">
-        <v>102</v>
+        <v>40</v>
       </c>
       <c r="L11"/>
       <c r="M11">
-        <v>44.707462</v>
+        <v>44.687798</v>
       </c>
       <c r="N11">
-        <v>-1.054193</v>
+        <v>-1.021679</v>
       </c>
       <c r="O11" t="s">
         <v>41</v>
       </c>
       <c r="P11" t="s">
         <v>32</v>
       </c>
       <c r="Q11" t="s">
-        <v>103</v>
+        <v>42</v>
       </c>
       <c r="R11" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="S11" t="s">
-        <v>105</v>
+        <v>67</v>
       </c>
       <c r="T11" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11" t="s">
         <v>32</v>
       </c>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>106</v>
+        <v>61</v>
       </c>
       <c r="B12"/>
       <c r="C12" t="s">
         <v>27</v>
       </c>
       <c r="D12"/>
       <c r="E12" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="F12" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>108</v>
+        <v>64</v>
       </c>
       <c r="I12"/>
-      <c r="J12"/>
+      <c r="J12" t="s">
+        <v>105</v>
+      </c>
       <c r="K12" t="s">
-        <v>109</v>
+        <v>40</v>
       </c>
       <c r="L12"/>
       <c r="M12">
-        <v>44.783386</v>
+        <v>44.68799</v>
       </c>
       <c r="N12">
-        <v>-0.39556</v>
+        <v>-1.019415</v>
       </c>
       <c r="O12" t="s">
         <v>41</v>
       </c>
       <c r="P12" t="s">
         <v>32</v>
       </c>
       <c r="Q12" t="s">
-        <v>110</v>
+        <v>42</v>
       </c>
       <c r="R12" t="s">
-        <v>111</v>
+        <v>66</v>
       </c>
       <c r="S12" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
       <c r="T12" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12" t="s">
         <v>32</v>
       </c>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="B13"/>
       <c r="C13" t="s">
         <v>27</v>
       </c>
       <c r="D13"/>
       <c r="E13" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="F13" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="K13" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="L13"/>
       <c r="M13">
-        <v>45.553246</v>
+        <v>44.982414</v>
       </c>
       <c r="N13">
-        <v>-1.093004</v>
+        <v>-1.094729</v>
       </c>
       <c r="O13" t="s">
         <v>41</v>
       </c>
       <c r="P13" t="s">
         <v>32</v>
       </c>
-      <c r="Q13"/>
+      <c r="Q13" t="s">
+        <v>111</v>
+      </c>
       <c r="R13" t="s">
-        <v>77</v>
+        <v>112</v>
       </c>
       <c r="S13" t="s">
-        <v>78</v>
+        <v>113</v>
       </c>
       <c r="T13" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="U13"/>
+      <c r="V13"/>
       <c r="W13" t="s">
         <v>32</v>
       </c>
       <c r="X13"/>
       <c r="Y13"/>
       <c r="Z13"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s">
         <v>27</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F14" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="K14" t="s">
         <v>40</v>
       </c>
       <c r="L14"/>
       <c r="M14">
-        <v>44.687798</v>
+        <v>44.691753</v>
       </c>
       <c r="N14">
-        <v>-1.021679</v>
+        <v>-1.022308</v>
       </c>
       <c r="O14" t="s">
         <v>41</v>
       </c>
       <c r="P14" t="s">
         <v>32</v>
       </c>
       <c r="Q14" t="s">
         <v>42</v>
       </c>
       <c r="R14" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S14" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T14" t="s">
         <v>41</v>
       </c>
       <c r="U14"/>
       <c r="V14"/>
       <c r="W14" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="Y14"/>
+        <v>41</v>
+      </c>
+      <c r="X14" t="s">
+        <v>118</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>119</v>
+      </c>
       <c r="Z14"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
-        <v>89</v>
+        <v>120</v>
       </c>
       <c r="B15"/>
       <c r="C15" t="s">
         <v>27</v>
       </c>
       <c r="D15"/>
       <c r="E15" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="F15" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>92</v>
+        <v>123</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>125</v>
+        <v>65</v>
       </c>
       <c r="K15" t="s">
         <v>40</v>
       </c>
       <c r="L15"/>
       <c r="M15">
-        <v>44.68799</v>
+        <v>44.691463</v>
       </c>
       <c r="N15">
-        <v>-1.019415</v>
+        <v>-1.022587</v>
       </c>
       <c r="O15" t="s">
         <v>41</v>
       </c>
       <c r="P15" t="s">
         <v>32</v>
       </c>
       <c r="Q15" t="s">
         <v>42</v>
       </c>
       <c r="R15" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S15" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T15" t="s">
         <v>41</v>
       </c>
       <c r="U15"/>
       <c r="V15"/>
       <c r="W15" t="s">
         <v>32</v>
       </c>
       <c r="X15"/>
       <c r="Y15"/>
       <c r="Z15"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>62</v>
+        <v>124</v>
       </c>
       <c r="B16"/>
       <c r="C16" t="s">
-        <v>27</v>
+        <v>125</v>
       </c>
       <c r="D16"/>
       <c r="E16" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="F16" t="s">
         <v>126</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>65</v>
+        <v>127</v>
       </c>
       <c r="I16"/>
-      <c r="J16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J16"/>
       <c r="K16" t="s">
-        <v>67</v>
+        <v>128</v>
       </c>
       <c r="L16"/>
       <c r="M16">
-        <v>44.982414</v>
+        <v>44.73461</v>
       </c>
       <c r="N16">
-        <v>-1.094729</v>
+        <v>-1.092823</v>
       </c>
       <c r="O16" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="P16" t="s">
         <v>32</v>
       </c>
       <c r="Q16" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="R16"/>
       <c r="S16" t="s">
-        <v>70</v>
+        <v>130</v>
       </c>
       <c r="T16" t="s">
         <v>32</v>
       </c>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16" t="s">
         <v>32</v>
       </c>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B17"/>
       <c r="C17" t="s">
         <v>27</v>
       </c>
       <c r="D17"/>
       <c r="E17" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F17" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>125</v>
+        <v>65</v>
       </c>
       <c r="K17" t="s">
         <v>40</v>
       </c>
       <c r="L17"/>
       <c r="M17">
-        <v>44.691753</v>
+        <v>44.687798</v>
       </c>
       <c r="N17">
-        <v>-1.022308</v>
+        <v>-1.021679</v>
       </c>
       <c r="O17" t="s">
         <v>41</v>
       </c>
       <c r="P17" t="s">
         <v>32</v>
       </c>
       <c r="Q17" t="s">
         <v>42</v>
       </c>
       <c r="R17" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S17" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T17" t="s">
         <v>41</v>
       </c>
       <c r="U17"/>
       <c r="V17"/>
       <c r="W17" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="X17"/>
+      <c r="Y17"/>
       <c r="Z17"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s">
         <v>27</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="F18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="K18" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="L18"/>
       <c r="M18">
-        <v>44.691463</v>
+        <v>44.65432</v>
       </c>
       <c r="N18">
-        <v>-1.022587</v>
+        <v>-0.596899</v>
       </c>
       <c r="O18" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="P18" t="s">
         <v>32</v>
       </c>
       <c r="Q18" t="s">
-        <v>42</v>
+        <v>140</v>
       </c>
       <c r="R18" t="s">
-        <v>94</v>
+        <v>141</v>
       </c>
       <c r="S18" t="s">
-        <v>95</v>
+        <v>142</v>
       </c>
       <c r="T18" t="s">
         <v>41</v>
       </c>
       <c r="U18"/>
       <c r="V18"/>
       <c r="W18" t="s">
         <v>32</v>
       </c>
       <c r="X18"/>
       <c r="Y18"/>
       <c r="Z18"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B19"/>
       <c r="C19" t="s">
-        <v>138</v>
+        <v>27</v>
       </c>
       <c r="D19"/>
       <c r="E19" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="F19" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="I19"/>
-      <c r="J19"/>
+      <c r="J19" t="s">
+        <v>65</v>
+      </c>
       <c r="K19" t="s">
-        <v>141</v>
+        <v>40</v>
       </c>
       <c r="L19"/>
       <c r="M19">
-        <v>44.73461</v>
+        <v>44.691616</v>
       </c>
       <c r="N19">
-        <v>-1.092823</v>
+        <v>-1.022329</v>
       </c>
       <c r="O19" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="P19" t="s">
         <v>32</v>
       </c>
       <c r="Q19" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="R19"/>
+        <v>42</v>
+      </c>
+      <c r="R19" t="s">
+        <v>66</v>
+      </c>
       <c r="S19" t="s">
-        <v>143</v>
+        <v>67</v>
       </c>
       <c r="T19" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="U19"/>
       <c r="V19"/>
       <c r="W19" t="s">
         <v>32</v>
       </c>
       <c r="X19"/>
       <c r="Y19"/>
       <c r="Z19"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B20"/>
       <c r="C20" t="s">
         <v>27</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="F20" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="K20" t="s">
         <v>40</v>
       </c>
       <c r="L20"/>
       <c r="M20">
-        <v>44.687798</v>
+        <v>44.6916</v>
       </c>
       <c r="N20">
-        <v>-1.021679</v>
+        <v>-1.022286</v>
       </c>
       <c r="O20" t="s">
         <v>41</v>
       </c>
       <c r="P20" t="s">
         <v>32</v>
       </c>
       <c r="Q20" t="s">
         <v>42</v>
       </c>
       <c r="R20" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S20" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T20" t="s">
         <v>41</v>
       </c>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20" t="s">
         <v>32</v>
       </c>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B21"/>
       <c r="C21" t="s">
         <v>27</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="F21" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="K21" t="s">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="L21"/>
       <c r="M21">
-        <v>44.65432</v>
+        <v>44.653954</v>
       </c>
       <c r="N21">
-        <v>-0.596899</v>
+        <v>-0.596738</v>
       </c>
       <c r="O21" t="s">
         <v>32</v>
       </c>
       <c r="P21" t="s">
         <v>32</v>
       </c>
       <c r="Q21" t="s">
-        <v>153</v>
+        <v>140</v>
       </c>
       <c r="R21" t="s">
-        <v>154</v>
+        <v>141</v>
       </c>
       <c r="S21" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="T21" t="s">
         <v>41</v>
       </c>
       <c r="U21"/>
       <c r="V21"/>
       <c r="W21" t="s">
         <v>32</v>
       </c>
       <c r="X21"/>
       <c r="Y21"/>
       <c r="Z21"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s">
         <v>27</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="F22" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="K22" t="s">
         <v>40</v>
       </c>
       <c r="L22"/>
       <c r="M22">
-        <v>44.691616</v>
+        <v>44.69148</v>
       </c>
       <c r="N22">
-        <v>-1.022329</v>
+        <v>-1.022522</v>
       </c>
       <c r="O22" t="s">
         <v>41</v>
       </c>
       <c r="P22" t="s">
         <v>32</v>
       </c>
       <c r="Q22" t="s">
         <v>42</v>
       </c>
       <c r="R22" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S22" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T22" t="s">
         <v>41</v>
       </c>
       <c r="U22"/>
       <c r="V22"/>
       <c r="W22" t="s">
         <v>32</v>
       </c>
       <c r="X22"/>
       <c r="Y22"/>
       <c r="Z22"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
-        <v>160</v>
+        <v>114</v>
       </c>
       <c r="B23"/>
       <c r="C23" t="s">
         <v>27</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F23" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>162</v>
+        <v>117</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="K23" t="s">
         <v>40</v>
       </c>
       <c r="L23"/>
       <c r="M23">
-        <v>44.6916</v>
+        <v>44.691753</v>
       </c>
       <c r="N23">
-        <v>-1.022286</v>
+        <v>-1.022308</v>
       </c>
       <c r="O23" t="s">
         <v>41</v>
       </c>
       <c r="P23" t="s">
         <v>32</v>
       </c>
       <c r="Q23" t="s">
         <v>42</v>
       </c>
       <c r="R23" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S23" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T23" t="s">
         <v>41</v>
       </c>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="Y23"/>
+        <v>41</v>
+      </c>
+      <c r="X23" t="s">
+        <v>118</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>119</v>
+      </c>
       <c r="Z23"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B24"/>
       <c r="C24" t="s">
         <v>27</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="F24" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>151</v>
+        <v>65</v>
       </c>
       <c r="K24" t="s">
-        <v>152</v>
+        <v>40</v>
       </c>
       <c r="L24"/>
       <c r="M24">
-        <v>44.653954</v>
+        <v>44.687798</v>
       </c>
       <c r="N24">
-        <v>-0.596738</v>
+        <v>-1.021679</v>
       </c>
       <c r="O24" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="P24" t="s">
         <v>32</v>
       </c>
       <c r="Q24" t="s">
-        <v>153</v>
+        <v>42</v>
       </c>
       <c r="R24" t="s">
-        <v>154</v>
+        <v>66</v>
       </c>
       <c r="S24" t="s">
-        <v>155</v>
+        <v>67</v>
       </c>
       <c r="T24" t="s">
         <v>41</v>
       </c>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24" t="s">
         <v>32</v>
       </c>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
-        <v>167</v>
+        <v>147</v>
       </c>
       <c r="B25"/>
       <c r="C25" t="s">
         <v>27</v>
       </c>
       <c r="D25"/>
       <c r="E25" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="F25" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>170</v>
+        <v>149</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="K25" t="s">
         <v>40</v>
       </c>
       <c r="L25"/>
       <c r="M25">
-        <v>44.69148</v>
+        <v>44.68799</v>
       </c>
       <c r="N25">
-        <v>-1.022522</v>
+        <v>-1.019415</v>
       </c>
       <c r="O25" t="s">
         <v>41</v>
       </c>
       <c r="P25" t="s">
         <v>32</v>
       </c>
       <c r="Q25" t="s">
         <v>42</v>
       </c>
       <c r="R25" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S25" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T25" t="s">
         <v>41</v>
       </c>
       <c r="U25"/>
       <c r="V25"/>
       <c r="W25" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="Y25"/>
+        <v>41</v>
+      </c>
+      <c r="X25" t="s">
+        <v>118</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>119</v>
+      </c>
       <c r="Z25"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
-        <v>127</v>
+        <v>106</v>
       </c>
       <c r="B26"/>
       <c r="C26" t="s">
         <v>27</v>
       </c>
       <c r="D26"/>
       <c r="E26" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="F26" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>130</v>
+        <v>108</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>125</v>
+        <v>109</v>
       </c>
       <c r="K26" t="s">
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="L26"/>
       <c r="M26">
-        <v>44.691753</v>
+        <v>44.982414</v>
       </c>
       <c r="N26">
-        <v>-1.022308</v>
+        <v>-1.094729</v>
       </c>
       <c r="O26" t="s">
         <v>41</v>
       </c>
       <c r="P26" t="s">
         <v>32</v>
       </c>
       <c r="Q26" t="s">
-        <v>42</v>
+        <v>111</v>
       </c>
       <c r="R26" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
       <c r="S26" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="T26" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="U26"/>
       <c r="V26"/>
       <c r="W26" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="X26"/>
+      <c r="Y26"/>
       <c r="Z26"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
-        <v>173</v>
+        <v>154</v>
       </c>
       <c r="B27"/>
       <c r="C27" t="s">
         <v>27</v>
       </c>
       <c r="D27"/>
       <c r="E27" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="F27" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>176</v>
+        <v>157</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="K27" t="s">
         <v>40</v>
       </c>
       <c r="L27"/>
       <c r="M27">
-        <v>44.687798</v>
+        <v>44.69148</v>
       </c>
       <c r="N27">
-        <v>-1.021679</v>
+        <v>-1.022522</v>
       </c>
       <c r="O27" t="s">
         <v>41</v>
       </c>
       <c r="P27" t="s">
         <v>32</v>
       </c>
       <c r="Q27" t="s">
         <v>42</v>
       </c>
       <c r="R27" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S27" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T27" t="s">
         <v>41</v>
       </c>
       <c r="U27"/>
       <c r="V27"/>
       <c r="W27" t="s">
         <v>32</v>
       </c>
       <c r="X27"/>
       <c r="Y27"/>
       <c r="Z27"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="B28"/>
       <c r="C28" t="s">
         <v>27</v>
       </c>
       <c r="D28"/>
       <c r="E28" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="F28" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>125</v>
+        <v>65</v>
       </c>
       <c r="K28" t="s">
         <v>40</v>
       </c>
       <c r="L28"/>
       <c r="M28">
-        <v>44.68799</v>
+        <v>44.687798</v>
       </c>
       <c r="N28">
-        <v>-1.019415</v>
+        <v>-1.021679</v>
       </c>
       <c r="O28" t="s">
         <v>41</v>
       </c>
       <c r="P28" t="s">
         <v>32</v>
       </c>
       <c r="Q28" t="s">
         <v>42</v>
       </c>
       <c r="R28" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S28" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T28" t="s">
         <v>41</v>
       </c>
       <c r="U28"/>
       <c r="V28"/>
       <c r="W28" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="X28"/>
+      <c r="Y28"/>
       <c r="Z28"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>135</v>
       </c>
       <c r="B29"/>
       <c r="C29" t="s">
         <v>27</v>
       </c>
       <c r="D29"/>
       <c r="E29" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="F29" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>65</v>
+        <v>137</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>66</v>
+        <v>138</v>
       </c>
       <c r="K29" t="s">
-        <v>67</v>
+        <v>139</v>
       </c>
       <c r="L29"/>
       <c r="M29">
-        <v>44.982414</v>
+        <v>44.65432</v>
       </c>
       <c r="N29">
-        <v>-1.094729</v>
+        <v>-0.596899</v>
       </c>
       <c r="O29" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="P29" t="s">
         <v>32</v>
       </c>
       <c r="Q29" t="s">
-        <v>68</v>
+        <v>140</v>
       </c>
       <c r="R29" t="s">
-        <v>69</v>
+        <v>141</v>
       </c>
       <c r="S29" t="s">
-        <v>70</v>
+        <v>142</v>
       </c>
       <c r="T29" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29" t="s">
         <v>32</v>
       </c>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s">
         <v>27</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="F30" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>170</v>
+        <v>134</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
       <c r="L30"/>
       <c r="M30">
-        <v>44.69148</v>
+        <v>44.691708</v>
       </c>
       <c r="N30">
-        <v>-1.022522</v>
+        <v>-1.022372</v>
       </c>
       <c r="O30" t="s">
         <v>41</v>
       </c>
       <c r="P30" t="s">
         <v>32</v>
       </c>
       <c r="Q30" t="s">
         <v>42</v>
       </c>
       <c r="R30" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S30" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T30" t="s">
         <v>41</v>
       </c>
       <c r="U30"/>
       <c r="V30"/>
       <c r="W30" t="s">
         <v>32</v>
       </c>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="B31"/>
       <c r="C31" t="s">
         <v>27</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="F31" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="K31" t="s">
         <v>40</v>
       </c>
       <c r="L31"/>
       <c r="M31">
         <v>44.687798</v>
       </c>
       <c r="N31">
         <v>-1.021679</v>
       </c>
       <c r="O31" t="s">
         <v>41</v>
       </c>
       <c r="P31" t="s">
         <v>32</v>
       </c>
       <c r="Q31" t="s">
         <v>42</v>
       </c>
       <c r="R31" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S31" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T31" t="s">
         <v>41</v>
       </c>
       <c r="U31"/>
       <c r="V31"/>
       <c r="W31" t="s">
         <v>32</v>
       </c>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B32"/>
       <c r="C32" t="s">
         <v>27</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="F32" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="K32" t="s">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="L32"/>
       <c r="M32">
-        <v>44.65432</v>
+        <v>44.653954</v>
       </c>
       <c r="N32">
-        <v>-0.596899</v>
+        <v>-0.596738</v>
       </c>
       <c r="O32" t="s">
         <v>32</v>
       </c>
       <c r="P32" t="s">
         <v>32</v>
       </c>
       <c r="Q32" t="s">
-        <v>153</v>
+        <v>140</v>
       </c>
       <c r="R32" t="s">
-        <v>154</v>
+        <v>141</v>
       </c>
       <c r="S32" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="T32" t="s">
         <v>41</v>
       </c>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32" t="s">
         <v>32</v>
       </c>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
-        <v>144</v>
+        <v>182</v>
       </c>
       <c r="B33"/>
       <c r="C33" t="s">
         <v>27</v>
       </c>
       <c r="D33"/>
       <c r="E33" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="F33" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
-        <v>147</v>
+        <v>185</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="K33" t="s">
         <v>40</v>
       </c>
       <c r="L33"/>
       <c r="M33">
-        <v>44.691708</v>
+        <v>44.691784</v>
       </c>
       <c r="N33">
-        <v>-1.022372</v>
+        <v>-1.022308</v>
       </c>
       <c r="O33" t="s">
         <v>41</v>
       </c>
       <c r="P33" t="s">
         <v>32</v>
       </c>
       <c r="Q33" t="s">
         <v>42</v>
       </c>
       <c r="R33" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S33" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T33" t="s">
         <v>41</v>
       </c>
       <c r="U33"/>
       <c r="V33"/>
       <c r="W33" t="s">
         <v>32</v>
       </c>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33"/>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
-        <v>191</v>
+        <v>154</v>
       </c>
       <c r="B34"/>
       <c r="C34" t="s">
         <v>27</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="F34" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>193</v>
+        <v>157</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="K34" t="s">
         <v>40</v>
       </c>
       <c r="L34"/>
       <c r="M34">
-        <v>44.687798</v>
+        <v>44.69148</v>
       </c>
       <c r="N34">
-        <v>-1.021679</v>
+        <v>-1.022522</v>
       </c>
       <c r="O34" t="s">
         <v>41</v>
       </c>
       <c r="P34" t="s">
         <v>32</v>
       </c>
       <c r="Q34" t="s">
         <v>42</v>
       </c>
       <c r="R34" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S34" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T34" t="s">
         <v>41</v>
       </c>
       <c r="U34"/>
       <c r="V34"/>
       <c r="W34" t="s">
         <v>32</v>
       </c>
       <c r="X34"/>
       <c r="Y34"/>
       <c r="Z34"/>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
-        <v>163</v>
+        <v>143</v>
       </c>
       <c r="B35"/>
       <c r="C35" t="s">
         <v>27</v>
       </c>
       <c r="D35"/>
       <c r="E35" t="s">
+        <v>188</v>
+      </c>
+      <c r="F35" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>166</v>
+        <v>146</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>151</v>
+        <v>65</v>
       </c>
       <c r="K35" t="s">
-        <v>152</v>
+        <v>40</v>
       </c>
       <c r="L35"/>
       <c r="M35">
-        <v>44.653954</v>
+        <v>44.691616</v>
       </c>
       <c r="N35">
-        <v>-0.596738</v>
+        <v>-1.022329</v>
       </c>
       <c r="O35" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="P35" t="s">
         <v>32</v>
       </c>
       <c r="Q35" t="s">
-        <v>153</v>
+        <v>42</v>
       </c>
       <c r="R35" t="s">
-        <v>154</v>
+        <v>66</v>
       </c>
       <c r="S35" t="s">
-        <v>155</v>
+        <v>67</v>
       </c>
       <c r="T35" t="s">
         <v>41</v>
       </c>
       <c r="U35"/>
       <c r="V35"/>
       <c r="W35" t="s">
         <v>32</v>
       </c>
       <c r="X35"/>
       <c r="Y35"/>
       <c r="Z35"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B36"/>
       <c r="C36" t="s">
         <v>27</v>
       </c>
       <c r="D36"/>
       <c r="E36" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="F36" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="K36" t="s">
         <v>40</v>
       </c>
       <c r="L36"/>
       <c r="M36">
-        <v>44.691784</v>
+        <v>44.687798</v>
       </c>
       <c r="N36">
-        <v>-1.022308</v>
+        <v>-1.021679</v>
       </c>
       <c r="O36" t="s">
         <v>41</v>
       </c>
       <c r="P36" t="s">
         <v>32</v>
       </c>
       <c r="Q36" t="s">
         <v>42</v>
       </c>
       <c r="R36" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S36" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T36" t="s">
         <v>41</v>
       </c>
       <c r="U36"/>
       <c r="V36"/>
       <c r="W36" t="s">
         <v>32</v>
       </c>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
-        <v>167</v>
+        <v>99</v>
       </c>
       <c r="B37"/>
       <c r="C37" t="s">
         <v>27</v>
       </c>
       <c r="D37"/>
       <c r="E37" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="F37" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>170</v>
+        <v>102</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="K37" t="s">
         <v>40</v>
       </c>
       <c r="L37"/>
       <c r="M37">
-        <v>44.69148</v>
+        <v>44.691845</v>
       </c>
       <c r="N37">
-        <v>-1.022522</v>
+        <v>-1.022286</v>
       </c>
       <c r="O37" t="s">
         <v>41</v>
       </c>
       <c r="P37" t="s">
         <v>32</v>
       </c>
       <c r="Q37" t="s">
         <v>42</v>
       </c>
       <c r="R37" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S37" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T37" t="s">
         <v>41</v>
       </c>
       <c r="U37"/>
       <c r="V37"/>
       <c r="W37" t="s">
         <v>32</v>
       </c>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
-        <v>156</v>
+        <v>196</v>
       </c>
       <c r="B38"/>
       <c r="C38" t="s">
         <v>27</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="F38" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>159</v>
+        <v>199</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>93</v>
+        <v>200</v>
       </c>
       <c r="K38" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="L38"/>
       <c r="M38">
-        <v>44.691616</v>
+        <v>44.793324</v>
       </c>
       <c r="N38">
-        <v>-1.022329</v>
+        <v>-0.375294</v>
       </c>
       <c r="O38" t="s">
         <v>41</v>
       </c>
       <c r="P38" t="s">
         <v>32</v>
       </c>
       <c r="Q38" t="s">
-        <v>42</v>
+        <v>86</v>
       </c>
       <c r="R38" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="S38" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="T38" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="U38"/>
       <c r="V38"/>
       <c r="W38" t="s">
         <v>32</v>
       </c>
       <c r="X38"/>
       <c r="Y38"/>
       <c r="Z38"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B39"/>
       <c r="C39" t="s">
         <v>27</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="F39" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>93</v>
+        <v>205</v>
       </c>
       <c r="K39" t="s">
-        <v>40</v>
+        <v>206</v>
       </c>
       <c r="L39"/>
       <c r="M39">
-        <v>44.687798</v>
+        <v>44.802063</v>
       </c>
       <c r="N39">
-        <v>-1.021679</v>
+        <v>-0.551312</v>
       </c>
       <c r="O39" t="s">
         <v>41</v>
       </c>
       <c r="P39" t="s">
         <v>32</v>
       </c>
       <c r="Q39" t="s">
-        <v>42</v>
+        <v>86</v>
       </c>
       <c r="R39" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="S39" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="T39" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="U39"/>
       <c r="V39"/>
       <c r="W39" t="s">
         <v>32</v>
       </c>
       <c r="X39"/>
       <c r="Y39"/>
       <c r="Z39"/>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="B40"/>
       <c r="C40" t="s">
         <v>27</v>
       </c>
       <c r="D40"/>
       <c r="E40" t="s">
         <v>207</v>
       </c>
       <c r="F40" t="s">
         <v>208</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>122</v>
+        <v>146</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="K40" t="s">
         <v>40</v>
       </c>
       <c r="L40"/>
       <c r="M40">
-        <v>44.691845</v>
+        <v>44.691616</v>
       </c>
       <c r="N40">
-        <v>-1.022286</v>
+        <v>-1.022329</v>
       </c>
       <c r="O40" t="s">
         <v>41</v>
       </c>
       <c r="P40" t="s">
         <v>32</v>
       </c>
       <c r="Q40" t="s">
         <v>42</v>
       </c>
       <c r="R40" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S40" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T40" t="s">
         <v>41</v>
       </c>
       <c r="U40"/>
       <c r="V40"/>
       <c r="W40" t="s">
         <v>32</v>
       </c>
       <c r="X40"/>
       <c r="Y40"/>
       <c r="Z40"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
-        <v>209</v>
+        <v>182</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="s">
         <v>27</v>
       </c>
       <c r="D41"/>
       <c r="E41" t="s">
+        <v>209</v>
+      </c>
+      <c r="F41" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>212</v>
+        <v>185</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>213</v>
+        <v>65</v>
       </c>
       <c r="K41" t="s">
-        <v>109</v>
+        <v>40</v>
       </c>
       <c r="L41"/>
       <c r="M41">
-        <v>44.793324</v>
+        <v>44.691784</v>
       </c>
       <c r="N41">
-        <v>-0.375294</v>
+        <v>-1.022308</v>
       </c>
       <c r="O41" t="s">
         <v>41</v>
       </c>
       <c r="P41" t="s">
         <v>32</v>
       </c>
       <c r="Q41" t="s">
-        <v>110</v>
+        <v>42</v>
       </c>
       <c r="R41" t="s">
-        <v>111</v>
+        <v>66</v>
       </c>
       <c r="S41" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
       <c r="T41" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="U41"/>
       <c r="V41"/>
       <c r="W41" t="s">
         <v>32</v>
       </c>
       <c r="X41"/>
       <c r="Y41"/>
       <c r="Z41"/>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
-        <v>214</v>
+        <v>114</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s">
         <v>27</v>
       </c>
       <c r="D42"/>
       <c r="E42" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="F42" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>217</v>
+        <v>117</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>218</v>
+        <v>105</v>
       </c>
       <c r="K42" t="s">
-        <v>219</v>
+        <v>40</v>
       </c>
       <c r="L42"/>
       <c r="M42">
-        <v>44.802063</v>
+        <v>44.691753</v>
       </c>
       <c r="N42">
-        <v>-0.551312</v>
+        <v>-1.022308</v>
       </c>
       <c r="O42" t="s">
         <v>41</v>
       </c>
       <c r="P42" t="s">
         <v>32</v>
       </c>
       <c r="Q42" t="s">
-        <v>110</v>
+        <v>42</v>
       </c>
       <c r="R42" t="s">
-        <v>111</v>
+        <v>66</v>
       </c>
       <c r="S42" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
       <c r="T42" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="U42"/>
       <c r="V42"/>
       <c r="W42" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-      <c r="Y42"/>
+        <v>41</v>
+      </c>
+      <c r="X42" t="s">
+        <v>118</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>119</v>
+      </c>
       <c r="Z42"/>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
-        <v>156</v>
+        <v>135</v>
       </c>
       <c r="B43"/>
       <c r="C43" t="s">
         <v>27</v>
       </c>
       <c r="D43"/>
       <c r="E43" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="F43" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>159</v>
+        <v>137</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="K43" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="L43"/>
       <c r="M43">
-        <v>44.691616</v>
+        <v>44.65432</v>
       </c>
       <c r="N43">
-        <v>-1.022329</v>
+        <v>-0.596899</v>
       </c>
       <c r="O43" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="P43" t="s">
         <v>32</v>
       </c>
       <c r="Q43" t="s">
-        <v>42</v>
+        <v>140</v>
       </c>
       <c r="R43" t="s">
-        <v>94</v>
+        <v>141</v>
       </c>
       <c r="S43" t="s">
-        <v>95</v>
+        <v>142</v>
       </c>
       <c r="T43" t="s">
         <v>41</v>
       </c>
       <c r="U43"/>
       <c r="V43"/>
       <c r="W43" t="s">
         <v>32</v>
       </c>
       <c r="X43"/>
       <c r="Y43"/>
       <c r="Z43"/>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
-        <v>195</v>
+        <v>99</v>
       </c>
       <c r="B44"/>
       <c r="C44" t="s">
         <v>27</v>
       </c>
       <c r="D44"/>
       <c r="E44" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="F44" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>198</v>
+        <v>102</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="K44" t="s">
         <v>40</v>
       </c>
       <c r="L44"/>
       <c r="M44">
-        <v>44.691784</v>
+        <v>44.691845</v>
       </c>
       <c r="N44">
-        <v>-1.022308</v>
+        <v>-1.022286</v>
       </c>
       <c r="O44" t="s">
         <v>41</v>
       </c>
       <c r="P44" t="s">
         <v>32</v>
       </c>
       <c r="Q44" t="s">
         <v>42</v>
       </c>
       <c r="R44" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="S44" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="T44" t="s">
         <v>41</v>
       </c>
       <c r="U44"/>
       <c r="V44"/>
       <c r="W44" t="s">
         <v>32</v>
       </c>
       <c r="X44"/>
       <c r="Y44"/>
       <c r="Z44"/>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
-        <v>127</v>
+        <v>217</v>
       </c>
       <c r="B45"/>
       <c r="C45" t="s">
         <v>27</v>
       </c>
       <c r="D45"/>
       <c r="E45" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="F45" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>130</v>
+        <v>220</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>125</v>
+        <v>93</v>
       </c>
       <c r="K45" t="s">
-        <v>40</v>
+        <v>94</v>
       </c>
       <c r="L45"/>
       <c r="M45">
-        <v>44.691753</v>
+        <v>45.553246</v>
       </c>
       <c r="N45">
-        <v>-1.022308</v>
+        <v>-1.093004</v>
       </c>
       <c r="O45" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="P45" t="s">
         <v>32</v>
       </c>
-      <c r="Q45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q45"/>
       <c r="R45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="S45" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="T45" t="s">
         <v>41</v>
       </c>
       <c r="U45"/>
       <c r="V45"/>
       <c r="W45" t="s">
-        <v>41</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="X45"/>
+      <c r="Y45"/>
       <c r="Z45"/>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
-        <v>148</v>
+        <v>221</v>
       </c>
       <c r="B46"/>
       <c r="C46" t="s">
         <v>27</v>
       </c>
       <c r="D46"/>
       <c r="E46" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="F46" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>150</v>
+        <v>224</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>151</v>
+        <v>93</v>
       </c>
       <c r="K46" t="s">
-        <v>152</v>
+        <v>94</v>
       </c>
       <c r="L46"/>
       <c r="M46">
-        <v>44.65432</v>
+        <v>45.553246</v>
       </c>
       <c r="N46">
-        <v>-0.596899</v>
+        <v>-1.093004</v>
       </c>
       <c r="O46" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="P46" t="s">
         <v>32</v>
       </c>
-      <c r="Q46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q46"/>
       <c r="R46" t="s">
-        <v>154</v>
+        <v>95</v>
       </c>
       <c r="S46" t="s">
-        <v>155</v>
+        <v>96</v>
       </c>
       <c r="T46" t="s">
         <v>41</v>
       </c>
-      <c r="U46"/>
-      <c r="V46"/>
+      <c r="U46" t="s">
+        <v>97</v>
+      </c>
+      <c r="V46" t="s">
+        <v>98</v>
+      </c>
       <c r="W46" t="s">
         <v>32</v>
       </c>
       <c r="X46"/>
       <c r="Y46"/>
       <c r="Z46"/>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
-        <v>119</v>
+        <v>225</v>
       </c>
       <c r="B47"/>
       <c r="C47" t="s">
         <v>27</v>
       </c>
       <c r="D47"/>
       <c r="E47" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="F47" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>93</v>
       </c>
       <c r="K47" t="s">
-        <v>40</v>
+        <v>94</v>
       </c>
       <c r="L47"/>
       <c r="M47">
-        <v>44.691845</v>
+        <v>45.553246</v>
       </c>
       <c r="N47">
-        <v>-1.022286</v>
+        <v>-1.093004</v>
       </c>
       <c r="O47" t="s">
         <v>41</v>
       </c>
       <c r="P47" t="s">
         <v>32</v>
       </c>
-      <c r="Q47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q47"/>
       <c r="R47" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="S47" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="T47" t="s">
         <v>41</v>
       </c>
       <c r="U47"/>
       <c r="V47"/>
       <c r="W47" t="s">
         <v>32</v>
       </c>
       <c r="X47"/>
       <c r="Y47"/>
       <c r="Z47"/>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B48"/>
       <c r="C48" t="s">
         <v>27</v>
       </c>
       <c r="D48"/>
       <c r="E48" t="s">
+        <v>230</v>
+      </c>
+      <c r="F48" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="K48" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="L48"/>
       <c r="M48">
         <v>45.553246</v>
       </c>
       <c r="N48">
         <v>-1.093004</v>
       </c>
       <c r="O48" t="s">
         <v>32</v>
       </c>
       <c r="P48" t="s">
         <v>32</v>
       </c>
       <c r="Q48"/>
       <c r="R48" t="s">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="S48" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="T48" t="s">
         <v>41</v>
       </c>
       <c r="U48"/>
       <c r="V48"/>
       <c r="W48" t="s">
         <v>32</v>
       </c>
       <c r="X48"/>
       <c r="Y48"/>
       <c r="Z48"/>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B49"/>
       <c r="C49" t="s">
         <v>27</v>
       </c>
       <c r="D49"/>
       <c r="E49" t="s">
+        <v>234</v>
+      </c>
+      <c r="F49" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="K49" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="L49"/>
       <c r="M49">
         <v>45.553246</v>
       </c>
       <c r="N49">
         <v>-1.093004</v>
       </c>
       <c r="O49" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="P49" t="s">
         <v>32</v>
       </c>
       <c r="Q49"/>
       <c r="R49" t="s">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="S49" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="T49" t="s">
         <v>41</v>
       </c>
-      <c r="U49" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="U49"/>
+      <c r="V49"/>
       <c r="W49" t="s">
         <v>32</v>
       </c>
       <c r="X49"/>
       <c r="Y49"/>
       <c r="Z49"/>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
-        <v>238</v>
+        <v>225</v>
       </c>
       <c r="B50"/>
       <c r="C50" t="s">
         <v>27</v>
       </c>
       <c r="D50"/>
       <c r="E50" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F50" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>241</v>
+        <v>228</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="K50" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="L50"/>
       <c r="M50">
         <v>45.553246</v>
       </c>
       <c r="N50">
         <v>-1.093004</v>
       </c>
       <c r="O50" t="s">
         <v>41</v>
       </c>
       <c r="P50" t="s">
         <v>32</v>
       </c>
       <c r="Q50"/>
       <c r="R50" t="s">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="S50" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="T50" t="s">
         <v>41</v>
       </c>
       <c r="U50"/>
       <c r="V50"/>
       <c r="W50" t="s">
         <v>32</v>
       </c>
       <c r="X50"/>
       <c r="Y50"/>
       <c r="Z50"/>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B51"/>
       <c r="C51" t="s">
         <v>27</v>
       </c>
       <c r="D51"/>
       <c r="E51" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="F51" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="K51" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="L51"/>
       <c r="M51">
         <v>45.553246</v>
       </c>
       <c r="N51">
         <v>-1.093004</v>
       </c>
       <c r="O51" t="s">
         <v>32</v>
       </c>
       <c r="P51" t="s">
         <v>32</v>
       </c>
       <c r="Q51"/>
       <c r="R51" t="s">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="S51" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="T51" t="s">
         <v>41</v>
       </c>
       <c r="U51"/>
       <c r="V51"/>
       <c r="W51" t="s">
         <v>32</v>
       </c>
       <c r="X51"/>
       <c r="Y51"/>
       <c r="Z51"/>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B52"/>
       <c r="C52" t="s">
         <v>27</v>
       </c>
       <c r="D52"/>
       <c r="E52" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="F52" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="K52" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="L52"/>
       <c r="M52">
         <v>45.553246</v>
       </c>
       <c r="N52">
         <v>-1.093004</v>
       </c>
       <c r="O52" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="P52" t="s">
         <v>32</v>
       </c>
       <c r="Q52"/>
       <c r="R52" t="s">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="S52" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="T52" t="s">
         <v>41</v>
       </c>
       <c r="U52"/>
       <c r="V52"/>
       <c r="W52" t="s">
         <v>32</v>
       </c>
       <c r="X52"/>
       <c r="Y52"/>
       <c r="Z52"/>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="B53"/>
       <c r="C53" t="s">
         <v>27</v>
       </c>
       <c r="D53"/>
       <c r="E53" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="F53" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="I53"/>
-      <c r="J53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J53"/>
       <c r="K53" t="s">
-        <v>76</v>
+        <v>251</v>
       </c>
       <c r="L53"/>
       <c r="M53">
-        <v>45.553246</v>
+        <v>44.45193</v>
       </c>
       <c r="N53">
-        <v>-1.093004</v>
+        <v>-0.381864</v>
       </c>
       <c r="O53" t="s">
         <v>41</v>
       </c>
       <c r="P53" t="s">
         <v>32</v>
       </c>
-      <c r="Q53"/>
+      <c r="Q53" t="s">
+        <v>252</v>
+      </c>
       <c r="R53" t="s">
-        <v>77</v>
+        <v>253</v>
       </c>
       <c r="S53" t="s">
-        <v>78</v>
+        <v>254</v>
       </c>
       <c r="T53" t="s">
         <v>41</v>
       </c>
       <c r="U53"/>
       <c r="V53"/>
       <c r="W53" t="s">
         <v>32</v>
       </c>
       <c r="X53"/>
       <c r="Y53"/>
       <c r="Z53"/>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B54"/>
       <c r="C54" t="s">
         <v>27</v>
       </c>
       <c r="D54"/>
       <c r="E54" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="F54" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="I54"/>
-      <c r="J54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J54"/>
       <c r="K54" t="s">
-        <v>76</v>
+        <v>259</v>
       </c>
       <c r="L54"/>
       <c r="M54">
-        <v>45.553246</v>
+        <v>44.478672</v>
       </c>
       <c r="N54">
-        <v>-1.093004</v>
+        <v>-0.367266</v>
       </c>
       <c r="O54" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="P54" t="s">
         <v>32</v>
       </c>
-      <c r="Q54"/>
+      <c r="Q54" t="s">
+        <v>252</v>
+      </c>
       <c r="R54" t="s">
-        <v>77</v>
+        <v>253</v>
       </c>
       <c r="S54" t="s">
-        <v>78</v>
+        <v>254</v>
       </c>
       <c r="T54" t="s">
         <v>41</v>
       </c>
       <c r="U54"/>
       <c r="V54"/>
       <c r="W54" t="s">
         <v>32</v>
       </c>
       <c r="X54"/>
       <c r="Y54"/>
       <c r="Z54"/>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B55"/>
       <c r="C55" t="s">
         <v>27</v>
       </c>
       <c r="D55"/>
       <c r="E55" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F55" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="I55"/>
-      <c r="J55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J55"/>
       <c r="K55" t="s">
-        <v>76</v>
+        <v>264</v>
       </c>
       <c r="L55"/>
       <c r="M55">
-        <v>45.553246</v>
+        <v>44.5049</v>
       </c>
       <c r="N55">
-        <v>-1.093004</v>
+        <v>-0.282658</v>
       </c>
       <c r="O55" t="s">
         <v>41</v>
       </c>
       <c r="P55" t="s">
         <v>32</v>
       </c>
-      <c r="Q55"/>
+      <c r="Q55" t="s">
+        <v>252</v>
+      </c>
       <c r="R55" t="s">
-        <v>77</v>
+        <v>253</v>
       </c>
       <c r="S55" t="s">
-        <v>78</v>
+        <v>254</v>
       </c>
       <c r="T55" t="s">
         <v>41</v>
       </c>
       <c r="U55"/>
       <c r="V55"/>
       <c r="W55" t="s">
         <v>32</v>
       </c>
       <c r="X55"/>
       <c r="Y55"/>
       <c r="Z55"/>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B56"/>
       <c r="C56" t="s">
         <v>27</v>
       </c>
       <c r="D56"/>
       <c r="E56" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F56" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="I56"/>
       <c r="J56"/>
       <c r="K56" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="L56"/>
       <c r="M56">
-        <v>44.45193</v>
+        <v>44.521267</v>
       </c>
       <c r="N56">
-        <v>-0.381864</v>
+        <v>-0.108762</v>
       </c>
       <c r="O56" t="s">
         <v>41</v>
       </c>
       <c r="P56" t="s">
         <v>32</v>
       </c>
       <c r="Q56" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="R56" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="S56" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="T56" t="s">
         <v>41</v>
       </c>
       <c r="U56"/>
       <c r="V56"/>
       <c r="W56" t="s">
         <v>32</v>
       </c>
       <c r="X56"/>
       <c r="Y56"/>
       <c r="Z56"/>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B57"/>
       <c r="C57" t="s">
         <v>27</v>
       </c>
       <c r="D57"/>
       <c r="E57" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F57" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="I57"/>
       <c r="J57"/>
       <c r="K57" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="L57"/>
       <c r="M57">
-        <v>44.478672</v>
+        <v>44.655827</v>
       </c>
       <c r="N57">
-        <v>-0.367266</v>
+        <v>-0.110951</v>
       </c>
       <c r="O57" t="s">
         <v>41</v>
       </c>
       <c r="P57" t="s">
         <v>32</v>
       </c>
       <c r="Q57" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="R57" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="S57" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="T57" t="s">
         <v>41</v>
       </c>
       <c r="U57"/>
       <c r="V57"/>
       <c r="W57" t="s">
         <v>32</v>
       </c>
       <c r="X57"/>
       <c r="Y57"/>
       <c r="Z57"/>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B58"/>
       <c r="C58" t="s">
         <v>27</v>
       </c>
       <c r="D58"/>
       <c r="E58" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="F58" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="I58"/>
       <c r="J58"/>
       <c r="K58" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="L58"/>
       <c r="M58">
-        <v>44.5049</v>
+        <v>44.62174</v>
       </c>
       <c r="N58">
-        <v>-0.282658</v>
+        <v>-0.053507</v>
       </c>
       <c r="O58" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="P58" t="s">
         <v>32</v>
       </c>
       <c r="Q58" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="R58" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="S58" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="T58" t="s">
         <v>41</v>
       </c>
       <c r="U58"/>
       <c r="V58"/>
       <c r="W58" t="s">
         <v>32</v>
       </c>
       <c r="X58"/>
       <c r="Y58"/>
       <c r="Z58"/>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B59"/>
       <c r="C59" t="s">
         <v>27</v>
       </c>
       <c r="D59"/>
       <c r="E59" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F59" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="I59"/>
       <c r="J59"/>
       <c r="K59" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="L59"/>
       <c r="M59">
-        <v>44.521267</v>
+        <v>44.51111</v>
       </c>
       <c r="N59">
-        <v>-0.108762</v>
+        <v>-0.356205</v>
       </c>
       <c r="O59" t="s">
         <v>41</v>
       </c>
       <c r="P59" t="s">
         <v>32</v>
       </c>
       <c r="Q59" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="R59" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="S59" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="T59" t="s">
         <v>41</v>
       </c>
       <c r="U59"/>
       <c r="V59"/>
       <c r="W59" t="s">
         <v>32</v>
       </c>
       <c r="X59"/>
       <c r="Y59"/>
       <c r="Z59"/>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B60"/>
       <c r="C60" t="s">
         <v>27</v>
       </c>
       <c r="D60"/>
       <c r="E60" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="F60" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="I60"/>
       <c r="J60"/>
       <c r="K60" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="L60"/>
       <c r="M60">
-        <v>44.655827</v>
+        <v>44.377666</v>
       </c>
       <c r="N60">
-        <v>-0.110951</v>
+        <v>-0.253779</v>
       </c>
       <c r="O60" t="s">
         <v>41</v>
       </c>
       <c r="P60" t="s">
         <v>32</v>
       </c>
       <c r="Q60" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="R60" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="S60" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="T60" t="s">
         <v>41</v>
       </c>
       <c r="U60"/>
       <c r="V60"/>
       <c r="W60" t="s">
         <v>32</v>
       </c>
       <c r="X60"/>
       <c r="Y60"/>
       <c r="Z60"/>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
-        <v>288</v>
+        <v>260</v>
       </c>
       <c r="B61"/>
       <c r="C61" t="s">
         <v>27</v>
       </c>
       <c r="D61"/>
       <c r="E61" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F61" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>291</v>
+        <v>263</v>
       </c>
       <c r="I61"/>
       <c r="J61"/>
       <c r="K61" t="s">
-        <v>292</v>
+        <v>264</v>
       </c>
       <c r="L61"/>
       <c r="M61">
-        <v>44.62174</v>
+        <v>44.5049</v>
       </c>
       <c r="N61">
-        <v>-0.053507</v>
+        <v>-0.282658</v>
       </c>
       <c r="O61" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="P61" t="s">
         <v>32</v>
       </c>
       <c r="Q61" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="R61" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="S61" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="T61" t="s">
         <v>41</v>
       </c>
       <c r="U61"/>
       <c r="V61"/>
       <c r="W61" t="s">
         <v>32</v>
       </c>
       <c r="X61"/>
       <c r="Y61"/>
       <c r="Z61"/>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
-        <v>293</v>
+        <v>247</v>
       </c>
       <c r="B62"/>
       <c r="C62" t="s">
         <v>27</v>
       </c>
       <c r="D62"/>
       <c r="E62" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="F62" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>296</v>
+        <v>250</v>
       </c>
       <c r="I62"/>
       <c r="J62"/>
       <c r="K62" t="s">
-        <v>297</v>
+        <v>251</v>
       </c>
       <c r="L62"/>
       <c r="M62">
-        <v>44.51111</v>
+        <v>44.45193</v>
       </c>
       <c r="N62">
-        <v>-0.356205</v>
+        <v>-0.381864</v>
       </c>
       <c r="O62" t="s">
         <v>41</v>
       </c>
       <c r="P62" t="s">
         <v>32</v>
       </c>
       <c r="Q62" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="R62" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="S62" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="T62" t="s">
         <v>41</v>
       </c>
       <c r="U62"/>
       <c r="V62"/>
       <c r="W62" t="s">
         <v>32</v>
       </c>
       <c r="X62"/>
       <c r="Y62"/>
       <c r="Z62"/>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="B63"/>
       <c r="C63" t="s">
         <v>27</v>
       </c>
       <c r="D63"/>
       <c r="E63" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="F63" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="I63"/>
       <c r="J63"/>
       <c r="K63" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="L63"/>
       <c r="M63">
-        <v>44.377666</v>
+        <v>44.716557</v>
       </c>
       <c r="N63">
-        <v>-0.253779</v>
+        <v>-0.399357</v>
       </c>
       <c r="O63" t="s">
         <v>41</v>
       </c>
       <c r="P63" t="s">
         <v>32</v>
       </c>
       <c r="Q63" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="R63" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="S63" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="T63" t="s">
         <v>41</v>
       </c>
       <c r="U63"/>
       <c r="V63"/>
       <c r="W63" t="s">
         <v>32</v>
       </c>
       <c r="X63"/>
       <c r="Y63"/>
       <c r="Z63"/>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" t="s">
-        <v>273</v>
+        <v>255</v>
       </c>
       <c r="B64"/>
       <c r="C64" t="s">
         <v>27</v>
       </c>
       <c r="D64"/>
       <c r="E64" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="F64" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>276</v>
+        <v>258</v>
       </c>
       <c r="I64"/>
       <c r="J64"/>
       <c r="K64" t="s">
-        <v>277</v>
+        <v>259</v>
       </c>
       <c r="L64"/>
       <c r="M64">
-        <v>44.5049</v>
+        <v>44.478672</v>
       </c>
       <c r="N64">
-        <v>-0.282658</v>
+        <v>-0.367266</v>
       </c>
       <c r="O64" t="s">
         <v>41</v>
       </c>
       <c r="P64" t="s">
         <v>32</v>
       </c>
       <c r="Q64" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="R64" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="S64" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="T64" t="s">
         <v>41</v>
       </c>
       <c r="U64"/>
       <c r="V64"/>
       <c r="W64" t="s">
         <v>32</v>
       </c>
       <c r="X64"/>
       <c r="Y64"/>
       <c r="Z64"/>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="B65"/>
       <c r="C65" t="s">
         <v>27</v>
       </c>
       <c r="D65"/>
       <c r="E65" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="F65" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="I65"/>
       <c r="J65"/>
       <c r="K65" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="L65"/>
       <c r="M65">
-        <v>44.45193</v>
+        <v>44.655827</v>
       </c>
       <c r="N65">
-        <v>-0.381864</v>
+        <v>-0.110951</v>
       </c>
       <c r="O65" t="s">
         <v>41</v>
       </c>
       <c r="P65" t="s">
         <v>32</v>
       </c>
       <c r="Q65" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="R65" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="S65" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="T65" t="s">
         <v>41</v>
       </c>
       <c r="U65"/>
       <c r="V65"/>
       <c r="W65" t="s">
         <v>32</v>
       </c>
       <c r="X65"/>
       <c r="Y65"/>
       <c r="Z65"/>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="B66"/>
       <c r="C66" t="s">
-        <v>27</v>
+        <v>304</v>
       </c>
       <c r="D66"/>
       <c r="E66" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="F66" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="I66"/>
-      <c r="J66"/>
+      <c r="J66" t="s">
+        <v>308</v>
+      </c>
       <c r="K66" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="L66"/>
       <c r="M66">
-        <v>44.716557</v>
+        <v>44.556732</v>
       </c>
       <c r="N66">
-        <v>-0.399357</v>
+        <v>44.556732</v>
       </c>
       <c r="O66" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="P66" t="s">
         <v>32</v>
       </c>
       <c r="Q66" t="s">
-        <v>265</v>
+        <v>310</v>
       </c>
       <c r="R66" t="s">
-        <v>266</v>
+        <v>311</v>
       </c>
       <c r="S66" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="T66"/>
       <c r="U66"/>
       <c r="V66"/>
       <c r="W66" t="s">
         <v>32</v>
       </c>
       <c r="X66"/>
       <c r="Y66"/>
       <c r="Z66"/>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="B67"/>
       <c r="C67" t="s">
         <v>27</v>
       </c>
       <c r="D67"/>
       <c r="E67" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F67" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="I67"/>
       <c r="J67"/>
       <c r="K67" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="L67"/>
       <c r="M67">
-        <v>44.478672</v>
+        <v>44.51111</v>
       </c>
       <c r="N67">
-        <v>-0.367266</v>
+        <v>-0.356205</v>
       </c>
       <c r="O67" t="s">
         <v>41</v>
       </c>
       <c r="P67" t="s">
         <v>32</v>
       </c>
       <c r="Q67" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="R67" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="S67" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="T67" t="s">
         <v>41</v>
       </c>
       <c r="U67"/>
       <c r="V67"/>
       <c r="W67" t="s">
         <v>32</v>
       </c>
       <c r="X67"/>
       <c r="Y67"/>
       <c r="Z67"/>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B68"/>
       <c r="C68" t="s">
         <v>27</v>
       </c>
       <c r="D68"/>
       <c r="E68" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F68" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="I68"/>
       <c r="J68"/>
       <c r="K68" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="L68"/>
       <c r="M68">
-        <v>44.655827</v>
+        <v>44.377666</v>
       </c>
       <c r="N68">
-        <v>-0.110951</v>
+        <v>-0.253779</v>
       </c>
       <c r="O68" t="s">
         <v>41</v>
       </c>
       <c r="P68" t="s">
         <v>32</v>
       </c>
       <c r="Q68" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="R68" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="S68" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="T68" t="s">
         <v>41</v>
       </c>
       <c r="U68"/>
       <c r="V68"/>
       <c r="W68" t="s">
         <v>32</v>
       </c>
       <c r="X68"/>
       <c r="Y68"/>
       <c r="Z68"/>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
-        <v>316</v>
+        <v>294</v>
       </c>
       <c r="B69"/>
       <c r="C69" t="s">
-        <v>317</v>
+        <v>27</v>
       </c>
       <c r="D69"/>
       <c r="E69" t="s">
+        <v>317</v>
+      </c>
+      <c r="F69" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>320</v>
+        <v>297</v>
       </c>
       <c r="I69"/>
-      <c r="J69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J69"/>
       <c r="K69" t="s">
-        <v>322</v>
+        <v>298</v>
       </c>
       <c r="L69"/>
       <c r="M69">
-        <v>44.556732</v>
+        <v>44.716557</v>
       </c>
       <c r="N69">
-        <v>44.556732</v>
+        <v>-0.399357</v>
       </c>
       <c r="O69" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="P69" t="s">
         <v>32</v>
       </c>
       <c r="Q69" t="s">
-        <v>323</v>
+        <v>252</v>
       </c>
       <c r="R69" t="s">
-        <v>324</v>
+        <v>253</v>
       </c>
       <c r="S69" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="T69"/>
+        <v>254</v>
+      </c>
+      <c r="T69" t="s">
+        <v>41</v>
+      </c>
       <c r="U69"/>
       <c r="V69"/>
       <c r="W69" t="s">
         <v>32</v>
       </c>
       <c r="X69"/>
       <c r="Y69"/>
       <c r="Z69"/>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="B70"/>
       <c r="C70" t="s">
         <v>27</v>
       </c>
       <c r="D70"/>
       <c r="E70" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="F70" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>296</v>
+        <v>278</v>
       </c>
       <c r="I70"/>
       <c r="J70"/>
       <c r="K70" t="s">
-        <v>297</v>
+        <v>279</v>
       </c>
       <c r="L70"/>
       <c r="M70">
-        <v>44.51111</v>
+        <v>44.62174</v>
       </c>
       <c r="N70">
-        <v>-0.356205</v>
+        <v>-0.053507</v>
       </c>
       <c r="O70" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="P70" t="s">
         <v>32</v>
       </c>
       <c r="Q70" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="R70" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="S70" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="T70" t="s">
         <v>41</v>
       </c>
       <c r="U70"/>
       <c r="V70"/>
       <c r="W70" t="s">
         <v>32</v>
       </c>
       <c r="X70"/>
       <c r="Y70"/>
       <c r="Z70"/>
-    </row>
-[...172 lines deleted...]
-      <c r="Z73"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>